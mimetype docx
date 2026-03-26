--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1215,230 +1215,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04205559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mas d’Azil : un site façonné par l’eau, la glace et l’homme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des derniers grands froids à la période tempérée, une grotte occupée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Patrimoine : histoire, culture et création d'Occitanie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.44-49</w:t>
+              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.60-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205560v1</w:t>
+                <w:t xml:space="preserve">hal-04205558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des derniers grands froids à la période tempérée, une grotte occupée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mas d’Azil : un site façonné par l’eau, la glace et l’homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Patrimoine : histoire, culture et création d'Occitanie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.60-67</w:t>
+              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.44-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205558v1</w:t>
+                <w:t xml:space="preserve">hal-04205560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bear claw marks in clay: differential conservation in caves harboring bat colonies. Mas d'Azil, Sirach and Lare caves, France</w:t>
               </w:r>
@@ -2999,402 +2999,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02388608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des collections J.-J. Pouech aux fouilles récentes au Mas d’Azil : nouveaux regards sur l’outillage lithique magdalénien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t>
+                <w:t xml:space="preserve">De la géoarchéologie à la karstologie, le site du Castet à Montmaurin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+                <w:t xml:space="preserve">Fabien Callède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dayrens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'abbé Pouech et les débuts de la Préhistoire en Ariège. Retour sur les collections d'un précurseur appaméen méconnu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Pamiers, France</w:t>
+              <w:t xml:space="preserve">Paysages pour l'Homme, hommage à Paul Ambert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Laroche; Laurent Bruxelles; Philippe Galant; Martine Ambert, Oct 2019, Cabrières, France. pp.145-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910190v1</w:t>
+                <w:t xml:space="preserve">hal-02532419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une archéologie des vides et des pleins : l’Aurignacien au pied des Pyrénées</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Pallier</w:t>
+                <w:t xml:space="preserve">Des collections J.-J. Pouech aux fouilles récentes au Mas d’Azil : nouveaux regards sur l’outillage lithique magdalénien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Mensan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lars Anderson</w:t>
+                <w:t xml:space="preserve">Blanche Bündgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vivre pendant la dernière glaciation. Occupations humaines et paléoenvironnements : quelles spécificités dans les Pyrénées ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">L'abbé Pouech et les débuts de la Préhistoire en Ariège. Retour sur les collections d'un précurseur appaméen méconnu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Pamiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03914902v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la géoarchéologie à la karstologie, le site du Castet à Montmaurin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Cailhol</w:t>
+                <w:t xml:space="preserve">Pour une archéologie des vides et des pleins : l’Aurignacien au pied des Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mensan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dayrens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paysages pour l'Homme, hommage à Paul Ambert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie Laroche; Laurent Bruxelles; Philippe Galant; Martine Ambert, Oct 2019, Cabrières, France. pp.145-153</w:t>
+              <w:t xml:space="preserve">Vivre pendant la dernière glaciation. Occupations humaines et paléoenvironnements : quelles spécificités dans les Pyrénées ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02532419v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03914902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurignacians in the Mas d’Azil Cave (Ariège, Pyrénées, France)</w:t>
               </w:r>
@@ -3432,51 +3432,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Frison Institute/Geoarchaeology interest group symposium – Archaeology and Geoarchaeology of Rockshleters and Caves », symposium organisé au 80e colloque annuel de la Société américaine d’archéologie (San Francisco, Californie, États-Unis, 12-19 avril 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, San Francisco, United States</w:t>
@@ -3589,51 +3589,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Bündgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le sol en archéologie : pratiques de terrain et regards croisés / Reading the soil in archaeology: field practice and interdisciplinary perspectives</w:t>
@@ -4391,51 +4391,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques. Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Session Les espaces vides : preuves d’absences ou absences de preuves ?, Société préhistorique française, pp.65-84, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5682,349 +5682,349 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05241206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sauvian (34), ZAC Les Moulières - Tranche 3 : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Plos, Saint-Geniès-de-Fontedit, Hérault (34), Occitanie, Rapport d'opération de fouille, Tome 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Gandelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Vacheret</w:t>
+                <w:t xml:space="preserve">Ana Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Corbeel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Pallier</w:t>
+                <w:t xml:space="preserve">Florent Chateauneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chandevau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Pellé</w:t>
+                <w:t xml:space="preserve">Franck Decanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Nîmes : Inrap Midi-MED. 2025</w:t>
+              <w:t xml:space="preserve">Institut national de recherches archéologiques préventives. 2025, pp.514</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04967100v1</w:t>
+                <w:t xml:space="preserve">hal-05445661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Plos, Saint-Geniès-de-Fontedit, Hérault (34), Occitanie, Rapport d'opération de fouille, Tome 1</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sauvian (34), ZAC Les Moulières - Tranche 3 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Arzelier</w:t>
+                <w:t xml:space="preserve">Ariane Vacheret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Chateauneuf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Chandevau</w:t>
+                <w:t xml:space="preserve">Séverine Corbeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Decanter</w:t>
+                <w:t xml:space="preserve">Richard Pellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Institut national de recherches archéologiques préventives. 2025, pp.514</w:t>
+              <w:t xml:space="preserve">Nîmes : Inrap Midi-MED. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05445661v1</w:t>
+                <w:t xml:space="preserve">hal-04967100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Plos, Saint-Geniès-de-Fontedit, Hérault (34), Occitanie, Rapport d'opération de fouille, Tome 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chateauneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chandevau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Decanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut national de recherches archéologiques préventives. 2025, pp.605</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6158,250 +6158,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05445770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Aybrines. 5000 ans de présence humaine en bordure des Aspres (Occitanie, Pyrénées-Orientales).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Saint-Jean-de-la-Blaquière (34), Les Condamines : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Vacheret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Gandelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric da Costa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+                <w:t xml:space="preserve">Romain Marsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nîmes : Inrap Midi-MED. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04890143v1</w:t>
+                <w:t xml:space="preserve">hal-04966973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Jean-de-la-Blaquière (34), Les Condamines : rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Muriel Gandelin</w:t>
+                <w:t xml:space="preserve">Les Aybrines. 5000 ans de présence humaine en bordure des Aspres (Occitanie, Pyrénées-Orientales).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Marsac</w:t>
+                <w:t xml:space="preserve">Ingrid Dunyach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Nîmes : Inrap Midi-MED. 2024</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap midi-MED. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04966973v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04890143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montagnac (34), Les Allées de Laval - Obanis. Un chemin antique dans la vallée de l’Hérault. Rapport de fouille</w:t>
               </w:r>
@@ -6413,51 +6413,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Corbeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6610,90 +6610,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PRAE Paul Sabatier, La Sabatière, foyers néolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Decanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Marsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAP (Rapport final d'opération). 2023, pp.134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7165,51 +7165,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grotte du Mas d’Azil, Paroi le long de la RD119, rapport d’opération de fouille archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7287,51 +7287,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Grotte de La Vache, Alliat, Ariège, Occitanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Costamagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7379,51 +7379,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Grotte du Mas d'Azil, paroi le long de la RD119, Le Mas d'Azil, Ariège, Occitanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7471,51 +7471,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZAC Les Portes du Tarn, Tranche 3 : Les Ardelats, Les Ardelax, La Fagétie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Landou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Benquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7593,51 +7593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrière lieu-dit « Calamès »,Bédeilhac et Aynat (Ariège)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7702,51 +7702,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZAC Les Portes du Tarn, Tranche 2A, Saint-Sulpice-la-Pointe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7951,51 +7951,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gourdan-Polignan, Carrière de Gourdan, Colline du Bouchet (Haute-Garonne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Noheh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9122,51 +9122,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905788v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Stoetzel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lebreton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pallier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205559v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205560v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205558v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916411v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bigot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04109675v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201376v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Potin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Comelongue" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ramis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205768v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Bundgen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacombe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207500v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871475v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rabanit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778966v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14809" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838098v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017931v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Court-Picon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1912" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077015v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dayrens" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Helene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077024v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thirault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253830v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Van de Luitgaarden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388608v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jallet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sendra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Servelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Farge" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910190v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Am&#233;lie Lelouvier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche B&#252;ndgen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914902v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Anderson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02532419v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Call&#232;de" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980750v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04350490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/TVA7-9K96" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917455v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04916966v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Loison" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bui Thi Mai" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/apg2-ac82" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175754v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780139v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guilaine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840244v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537187v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537266v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Barriquand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Dardenne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266914v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205556v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.cnrs.fr/fr/atlas-des-sites-archeologiques-menaces" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921637v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Az&#233;ma" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775187v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126466v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Azema" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/55129" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.55129" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749628v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazi&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835676v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02868668v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241206v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chandevau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04967100v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vacheret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Corbeel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445661v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Arzelier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chateauneuf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445667v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445770v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890143v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric da Costa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966973v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marsac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04822710v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jung" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246256v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Polloni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Melmoux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909644v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupont" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246464v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Passarrius" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929700v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Bovagne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Gaf&#224;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246576v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Forest" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925430v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouchet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fourloubey" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540263v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arrighi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon Fran&#231;ois" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051865v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051870v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979681v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Landou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Grubert" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082754v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lagarrigue" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082766v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Noheh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991056v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082760v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991005v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pancin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990817v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043172v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Verg&#233;ly" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sanchez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740740v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990941v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marty" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025525v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523796v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Abel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leroy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayoud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04284434v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905788v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Stoetzel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lebreton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pallier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205559v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205558v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205560v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916411v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bigot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04109675v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201376v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Potin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Comelongue" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ramis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205768v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Bundgen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacombe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207500v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871475v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rabanit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778966v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14809" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838098v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017931v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Court-Picon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1912" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077015v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dayrens" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Helene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077024v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thirault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253830v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Van de Luitgaarden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388608v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jallet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sendra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Servelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Farge" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02532419v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Call&#232;de" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910190v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Am&#233;lie Lelouvier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche B&#252;ndgen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914902v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Anderson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980750v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04350490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/TVA7-9K96" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917455v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04916966v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Loison" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bui Thi Mai" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/apg2-ac82" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175754v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780139v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guilaine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840244v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537187v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537266v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Barriquand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Dardenne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266914v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205556v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.cnrs.fr/fr/atlas-des-sites-archeologiques-menaces" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921637v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Az&#233;ma" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775187v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126466v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Azema" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/55129" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.55129" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749628v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazi&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835676v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02868668v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241206v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chandevau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445661v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Arzelier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chateauneuf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04967100v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vacheret" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Corbeel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445667v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445770v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966973v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marsac" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890143v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric da Costa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04822710v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jung" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246256v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Polloni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Melmoux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909644v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupont" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246464v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Passarrius" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929700v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Bovagne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Gaf&#224;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246576v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Forest" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925430v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouchet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fourloubey" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540263v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arrighi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon Fran&#231;ois" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051865v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051870v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979681v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Landou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Grubert" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082754v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lagarrigue" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082766v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Noheh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991056v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082760v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991005v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pancin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990817v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043172v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Verg&#233;ly" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sanchez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740740v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990941v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marty" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025525v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523796v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Abel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leroy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayoud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04284434v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>