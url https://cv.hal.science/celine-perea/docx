--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -182,590 +182,590 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impact environnemental du numérique, un enjeu encore mal pris en compte par les entreprises</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Digital sobriety: From awareness of the negative impacts of IT usages to degrowth technology at work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Péréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Perea</w:t>
+                <w:t xml:space="preserve">Jessica Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Gérard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien De Benedittis</w:t>
+                <w:t xml:space="preserve">Julien de Benedittis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Technological Forecasting and Social Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 194, pp.122670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.techfore.2023.122670⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04146178v1</w:t>
+                <w:t xml:space="preserve">emse-04116949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital sobriety: From awareness of the negative impacts of IT usages to degrowth technology at work</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’impact environnemental du numérique, un enjeu encore mal pris en compte par les entreprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Perea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien de Benedittis</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien De Benedittis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technological Forecasting and Social Change</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-04116949v1</w:t>
+                <w:t xml:space="preserve">hal-04146178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'holacratie : une nouvelle gouvernance tournée vers la gestion des risques ?</w:t>
+                <w:t xml:space="preserve">Vers la caractérisation d’une gestion des ressources humaines bienveillante comme réponse au mal-être au travail. Une étude exploratoire au sein d’une PME labellisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Richard Richard</w:t>
+                <w:t xml:space="preserve">Rodolphe Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benbrahim Zouhair</w:t>
+                <w:t xml:space="preserve">Isabelle Corbett-Etchevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chabanet Didier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Christian Defélix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Question(s) de Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/qdm.202.0131⟩</w:t>
+              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (41), pp.53-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rimhe.041.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809854v1</w:t>
+                <w:t xml:space="preserve">hal-03982713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers la caractérisation d’une gestion des ressources humaines bienveillante comme réponse au mal-être au travail. Une étude exploratoire au sein d’une PME labellisée</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adoption of enterprise social networking: Revisiting the IT innovation adoption model of Hameed et al</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Corbett-Etchevers</w:t>
+                <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Defélix</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Nicolas Lesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Richard</w:t>
+                <w:t xml:space="preserve">Sarah Beyrouthy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (41), pp.53-76. </w:t>
+              <w:t xml:space="preserve">Journal of Engineering and Technology Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56, pp.101572 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rimhe.041.0053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jengtecman.2020.101572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03982713v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03490777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adoption of enterprise social networking: Revisiting the IT innovation adoption model of Hameed et al</w:t>
+                <w:t xml:space="preserve">L'holacratie : une nouvelle gouvernance tournée vers la gestion des risques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
+                <w:t xml:space="preserve">Damien Richard Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Lesca</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Benbrahim Zouhair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chabanet Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Beyrouthy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering and Technology Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56, pp.101572 -. </w:t>
+              <w:t xml:space="preserve">Question(s) de Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.131-139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jengtecman.2020.101572⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/qdm.202.0131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03490777v1</w:t>
+                <w:t xml:space="preserve">hal-04809854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freedom-form organizations, innovation and quality of work life: An exploratory case-study</w:t>
               </w:r>
@@ -777,77 +777,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Corbett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Defélix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Technology Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -885,90 +885,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freedom-form organisations, innovation and quality of work life: towards a new model of interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Corbett Etchevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Defélix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Technology Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 79 (3/4), pp.345-365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1087,291 +1087,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il était une fois les entreprises « libérées » : de la généalogie d’un modèle à l’identification de ses conditions de développement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innovation et qualité de vie au travail : les entreprises « libérées » tiennent-elles leurs promesses ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Colle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corbett-Etchevers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Chabanet</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Defelix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Péréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Richard Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Question(s) de Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/qdm.174.0055⟩</w:t>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 93 (3), pp.161-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.093.0161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01678304v1</w:t>
+                <w:t xml:space="preserve">hal-01983650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation et qualité de vie au travail : les entreprises « libérées » tiennent-elles leurs promesses ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Il était une fois les entreprises « libérées » : de la généalogie d’un modèle à l’identification de ses conditions de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Chabanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Defelix</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Corbett‐etchevers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Defélix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Perea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 93 (3), pp.161-183. </w:t>
+              <w:t xml:space="preserve">Question(s) de Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19, pp.55-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mav.093.0161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/qdm.174.0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983650v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01678304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contribution des TIC et du présentiel à l'efficacité de la coordination des équipes projets de NPD distribuées</w:t>
               </w:r>
@@ -1383,51 +1383,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 18 (4), pp.43-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1493,51 +1493,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing products for material simplifiers: antinomy or prospective for design?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Masclet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1584,64 +1584,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Lurker au Leader : Une exploration des profils Twitch et leur adoption de pratiques de sobriété numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien de Benedittis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Péréa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1679,77 +1679,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différents niveaux de maturité de sobriété numérique au sein des Entreprises de Services Numériques (ESN)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien De Benedittis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28ème édition du Colloque annuel de l’Association Information et Management (AIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1958,351 +1958,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freedom-form organization: New Management Initiative for the good organization and Quality of Work Life or neo-liberal project of the firm?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">La GRH bienveillante, alternative à la GRH traditionnelle ou habit neuf du manager ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Corbett-Etchevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Defelix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Richard Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd EGOS Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Copenhagen, Denmark</w:t>
+              <w:t xml:space="preserve">28e Congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02055445v1</w:t>
+                <w:t xml:space="preserve">hal-02055447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La GRH bienveillante, alternative à la GRH traditionnelle ou habit neuf du manager ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Freedom-form organization: New Management Initiative for the good organization and Quality of Work Life or neo-liberal project of the firm?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Corbett-Etchevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Defelix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Richard Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28e Congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">33rd EGOS Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02055447v1</w:t>
+                <w:t xml:space="preserve">hal-02055445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les entreprises « libérées » génèrent-elles vraiment de l’innovation et de la qualité de vie au travail ? Un cas exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Corbett-Etchevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Defelix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Richard Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e Congrès AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2359,64 +2359,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implémenter la sobriété numérique au sein des organisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien de Benedittis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Péréa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2936,51 +2936,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Hoareau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line P&#233;r&#233;a" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146178v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perea" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica G&#233;rard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien De Benedittis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04116949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Benedittis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2023.122670" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809854v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benbrahim Zouhair" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabanet Didier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.202.0131" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982713v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Colle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett-Etchevers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Def&#233;lix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.041.0053" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490777v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Caron-Fasan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beyrouthy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2020.101572" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815910v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Colle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982717v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett Etchevers" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTM.2019.099609" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012329v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max von Zedtwitz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2018.04.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678304v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabanet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett&#8208;etchevers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.174.0055" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983650v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Defelix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.093.0161" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01300931v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mothe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.134.0043" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589815v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2024.143" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690684v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382651v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Gerard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809520v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Mohcin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Carton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809510v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055445v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055447v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055440v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288540v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Fekih" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073791v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;r&#233;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816818v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00770166v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENA035" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Hoareau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line P&#233;r&#233;a" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04116949v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica G&#233;rard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Benedittis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2023.122670" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146178v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perea" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien De Benedittis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982713v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Colle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett-Etchevers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Def&#233;lix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.041.0053" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490777v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Caron-Fasan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beyrouthy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2020.101572" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809854v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benbrahim Zouhair" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabanet Didier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.202.0131" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815910v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Colle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982717v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett Etchevers" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTM.2019.099609" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012329v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max von Zedtwitz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2018.04.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983650v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Defelix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.093.0161" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678304v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabanet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corbett&#8208;etchevers" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.174.0055" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01300931v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mothe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.134.0043" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589815v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2024.143" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690684v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382651v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Gerard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809520v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Mohcin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Carton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809510v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055447v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055445v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055440v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288540v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Fekih" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073791v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;r&#233;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816818v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00770166v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENA035" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>