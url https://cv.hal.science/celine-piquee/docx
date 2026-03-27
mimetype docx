--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -166,51 +166,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation &amp; formations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 108, pp. 7-28. </w:t>
+              <w:t xml:space="preserve">, 2025, 108, pp.7-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48464/ef-108-01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -761,195 +761,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01797906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La mixité sociale à l’école. Tensions, enjeux, perspectives par Choukri Ben Ayed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Piquée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.210-212</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Évaluer l’influence des pratiques d’enseignement du lire-écrire sur les apprentissages des élèves : enjeux et choix méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Goigoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Jarlégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en Didactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 17, pp.33-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01136873v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-01692808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement de la compréhension dans les classes de CP aujourd’hui : temps consacré et choix didactiques</w:t>
               </w:r>
@@ -2304,165 +2304,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04101409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le temps d'enseignement de la lecture au CP et ses effets sur les apprentissages des élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Piquée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervention à l'ESPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESPE de Bretagne, Apr 2019, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02169380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Associer les approches et les disciplines pour monter en validité : De la volonté à la pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La question de la preuve dans les recherches didactiques : comparer les approches, prouver par comparaison</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association pour des recherches comparatives en didactique et Revue Education et Didactique, ENS Lyon,, Oct 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04101412v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02169380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets des pratiques d'enseignement de la lecture-écriture sur les apprentissages des élèves les plus faibles dans les cours préparatoires français</w:t>
               </w:r>
@@ -2714,266 +2714,266 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Efficacité des pratiques d’enseignement de la lecture et de l’écriture au cours préparatoire : climat, engagement et différenciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Piquée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque national Lire-Ecrire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFE; ENS, Sep 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les liens entre les caractéristiques socio-scolaires des adolescents, leurs pratiques culturelles et leurs loisirs : déterminants individuels et contextuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grimault-Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International Inégalités éducatives et espaces de vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Céline Piquée</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efficacité des pratiques d’enseignement de la lecture et de l’écriture au cours préparatoire : problématique, méthodologie et premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Goigoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national Lire-Ecrire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFE; ENS, Sep 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...80 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3048,51 +3048,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport à la norme scolaire et pratiques sociales des collégiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grimault-Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3357,165 +3357,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les effets-maîtres à l'école primaire : focus sur les élèves en difficulté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Piquée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Ce que l'école fait aux individus"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS; CENS; CREN, Jun 2008, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les conditions de l'efficacité de l'accompagnement à la scolarité : à la frontière entre « à l'école » et « hors l'école »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium Logique cognitives et logiques sociales du travail hors la classe. Actes (en cours de publication) du colloque International « Efficacité et équité en éducation »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CREAD; AECSE, Nov 2008, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692528v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01692578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets des pratiques à l’égard des élèves en difficulté au cours préparatoire</w:t>
               </w:r>
@@ -5387,51 +5387,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05340108v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Masy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dirani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geuring" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-108-01" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642752v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169375v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02567673v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Viriot-Goeldel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683290v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jarlegan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fontanieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Goigoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.5070" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692436v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797906v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136873v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jarl&#233;gan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692808v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235694v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bishop" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie C&#232;be" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.927" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856419v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856420v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sensevy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856421v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692504v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfp.2005.3277" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004916v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Suchaut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004922v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duru-Bellat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Le Bastard-Landrier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005225v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroy-Audouin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006821v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004851v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004849v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Hoareau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03736593v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03455571v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101409v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101412v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169380v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169372v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Eneau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692721v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692728v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grimault-Leprince" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692765v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692769v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692731v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151097v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692739v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Safourcade" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692778v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692748v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692528v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692578v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692541v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692788v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692794v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101406v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Landrier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692555v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692556v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jarousse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692797v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692561v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692592v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692602v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Oget" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101419v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101399v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion van Brederode" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692852v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692517v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389677v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Danner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212542v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692816v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692821v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692841v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692846v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05340108v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Masy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dirani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geuring" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-108-01" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642752v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169375v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02567673v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Viriot-Goeldel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683290v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jarlegan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fontanieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Goigoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.5070" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692436v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797906v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692808v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136873v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jarl&#233;gan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235694v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bishop" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie C&#232;be" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.927" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856419v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856420v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sensevy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856421v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692504v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfp.2005.3277" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004916v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Suchaut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004922v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duru-Bellat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Le Bastard-Landrier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005225v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroy-Audouin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006821v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004851v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004849v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Hoareau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03736593v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03455571v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101409v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169380v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101412v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169372v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Eneau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692721v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692765v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692728v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grimault-Leprince" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692769v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692731v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151097v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692739v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Safourcade" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692778v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692748v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692578v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692528v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692541v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692788v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692794v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101406v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Landrier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692555v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692556v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jarousse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692797v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692561v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692592v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692602v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Oget" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101419v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101399v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion van Brederode" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692852v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692517v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389677v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Danner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212542v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692816v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692821v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692841v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692846v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>