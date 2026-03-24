--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,10910 +100,11132 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pouvoir contre pouvoir : la constitution mixte dans L’Esprit des lois »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ariadna histórica. Lenguajes, conceptos, metáforas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Modération et indétermination politique dans L’Esprit des lois. L’interprétation de Bernard Manin »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politika : la politique à l'épreuve des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05383398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rousseau e a moral experimental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discurso. Revista do Departamento de Filosofia da Universidade de Sao Paulo </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 55 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05436586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Europe sociale et environnementale à l’épreuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paysans et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 404, pp.15-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle souveraineté ? Rôle et fonction de la philosophie politique dans les études européennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 83 (1), pp.96-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Pour ne pas en finir avec la souveraineté »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 96, pp.103-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05383450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 83 (1), pp.96-121</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La souveraineté à l’épreuve de l’Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 190, pp.23-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De nouveaux tribuns. Le ‘moment machiavélien’ de l’Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 308</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montesquieu and The Federalist. A Contested Legacy at the American Founding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Toudic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Early American Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 22 (1), pp.80-104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1353/eam.2024.a920460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...35 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La République peut-elle être européenne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 924, pp.82-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/criti.924.0082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">De nouveaux tribuns. Le ‘moment machiavélien’ de l’Europe</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« A liberdade politica em O Spirito das Leis de Montesquieu »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DoisPontos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05383434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Rousseau à Rawls. La théorie de la justice comme « utopie réaliste » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Tocqueville Review/La revue Tocqueville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Volume 43 (Issue 1), p. 51-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3138/ttr.43.1.51⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03687026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reclaiming Rousseau: National and European Identity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paradigmi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40 (3), pp.487-502</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04072422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résister à l'empire : De l'équilibre européen à la république fédérative.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers staëliens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Science de l’homme et raison des femmes : Rousseau et la division genrée du travail scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de la Société Jean-Jacques Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux sources du concept d'Etat de droit : la théorie des institutions libres dans L'Esprit des lois de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 657, pp.221-226</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03627145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu, les Fédéralistes américains et nous : la République fédérative européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.263-281</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Conférence sur l'avenir de l'Europe : un exercice démocratique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Affaires européennes/Law European &amp; Affairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.463-471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Lumières de Charles Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Métaphysique et de Morale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Charles Taylor, 108, pp.497-512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.204.0497⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La solidarité comme telos de l'Union européenne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Noésis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que reste de l’universel ? Les droits de l’homme à l’épreuve de la critique post-coloniale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Controverses sur les Lumières 2, 34, pp.45-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'échelle du peuple : une démocratie européenne est-elle possible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Grand Continent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une théorie de la justice peut-elle être réaliste ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of ancient philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Les amis et les disciples. Mélanges offerts à Francis Wolff, 1, p. 304-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/rfsp.1996.395054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux origines de la sociologie. « Le contrat social de Rousseau » d’Émile Durkheim (1918)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les études philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 184 (4), pp.535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/leph.184.0535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02187014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Europe »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 308</w:t>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Céline Spector</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté, égalité, fraternité : la théorie rawlsienne de la justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, L’imaginaire des inégalités, n°447, p. 95-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libéralisme et républicanisme à l’épreuve de l’histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Roulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rueff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 924, pp.82-94. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/criti.924.0082⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 851 (2018/4), pp.346-362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/criti.851.0346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi l'Europe a-t-elle besoin d'une généalogie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Noésis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°30-31, pp.357-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/noesis.4810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 20 (2)</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Europe (Esprit 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Le clos et l’ouvert. Abécédaire critique coordonné par Camille Riquier et Frédéric Worms, 07 (n°445), p. 80-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Science de l’homme et raison des femmes : Rousseau et la division genrée du travail scientifique</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des effets politiques de la musique : Montesquieu, les Grecs et l’éducation libérale des Modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Implications philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Culture et sentiments au XVIIIe siècle</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des effets politiques de la musique : Montesquieu, les Grecs et l’éducation libérale des modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Implications philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Culture et sentiments au XVIIIe siècle</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait du libéral en héros solitaire. Lecture de Coriolan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Dossier d’hommage à Michaël Walzer, avec les réponses de l’auteur, dirigé par Justine Lacroix, p. 439-451</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Civiliser la violence ? L’Europe comme “médiation évanouissante”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rue Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 85-86 (2), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdes.085.0036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Couper le maître en deux ? La lecture althussérienne de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Pensée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renoncer à l’empire ? Grandeur et décadence de l’idée d’Europe cosmopolitique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« The Mouthpiece of the Law? The Various Figures of the Judge in the Spirit of Laws »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montesquieu Law Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La bouche de la loi ? Les figures du juge dans L’Esprit des lois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montesquieu Law Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n°3, p. 87-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu ou les infortunes de la vertu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Rawls et le devoir de fair play »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical enquiries : revue des philosophies anglophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'union de l'âme et du corps à l'unité de la sensibilité : l'anthropologie méconnue de L'Esprit des lois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les études philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.383--396</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'union de l'âme et du corps à l'unité de la sensibilité. L'anthropologie méconnue de L'Esprit des lois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les études philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 106 (3), pp.383-396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/leph.133.0383⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu et la crise du droit naturel moderne. L'exégèse straussienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Métaphysique et de Morale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 77 (1), pp.65-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.131.0065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« De l’union de l’âme et du corps à l’unité de la sensibilité : l’anthropologie méconnue de L’Esprit des lois »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les études philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 106 (3), pp.383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/leph.133.0383⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Who is the author of the Abstract of Monsieur l'Abbé de Saint-Pierre's ‘Plan for Perpetual Peace'? From Saint-Pierre to Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">History of European Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 39/3, pp.371--393</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment peut-on être européen? L'orientalisme spéculaire des Lettres persanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essais : revue interdisciplinaire d'Humanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Hors série, pp.71-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment peut-on être européen ? L’orientalisme spéculaire des Lettres persanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essais : revue interdisciplinaire d'Humanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'homo øeconomicus peut-il être mélancolique ? De la Théorie des sentiments moraux à la Richesse des nations et retour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klesis - Revue philosophique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérité et subjectivité : des Essais aux Rêveries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de la Société Jean-Jacques Rousseau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 55</w:t>
+              <w:t xml:space="preserve">, 2012, 50, pp.321--350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 657, pp.221-226</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'interdiction de la prostitution est une chimère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Badinter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Deforges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Eliacheff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Heinich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Obs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2494, pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01611921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souveraineté populaire et droits de l’homme : Rousseau, aux sources de l’autonomie démocratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souveraineté et raison d’Etat. Du crime de lèse-majesté dans L’Esprit des lois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 40 (3), pp.487-502</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérité et subjectivité des Essais aux rêveries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Giocanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de la Société Jean-Jacques Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 50, pp.321-350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Montesquieu, les Fédéralistes américains et nous : la République fédérative européenne</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01177933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des effets politiques de la musique : Montesquieu, les Grecs et l’éducation libérale des Modernes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lumières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.263-281</w:t>
+              <w:t xml:space="preserve">, 2012, 6, pp.55-72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 3, pp.463-471</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sens de la justice. Une utopie réaliste ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raison Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser l’Europe au XVIIIe siècle : le miroir américain dans l’œuvre de William Robertson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 35-36</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 15, pp.7--16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Que reste de l’universel ? Les droits de l’homme à l’épreuve de la critique post-coloniale</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une cause perdue ? Spinozisme et féminisme au siècle des Lumières. Le cas Montesquieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lumières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Controverses sur les Lumières 2, 34, pp.45-60</w:t>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rousseau : éthique et économie. Le modèle de Clarens dans la Nouvelle Héloïse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/rfsp.1996.395054⟩</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujet de droit et sujet d’intérêt : Montesquieu lu par Foucault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astérion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Le philosophe et le marchand, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/asterion.766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, L’imaginaire des inégalités, n°447, p. 95-104</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu, l’Europe et les nouvelles figures de l’empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 8, pp.17-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cupidité ou charité ? L’ordre sans vertu, des moralistes du grand siècle à L’Esprit des lois de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corpus : revue de la philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Le clos et l’ouvert. Abécédaire critique coordonné par Camille Riquier et Frédéric Worms, 07 (n°445), p. 80-83</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu et la métaphysique dans les Pensées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...2585 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940539v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01940380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naturalisation des croyances, religion naturelle et histoire naturelle de la religion : le statut du fait religieux dans L’Esprit des lois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Montesquieu, l’Etat et la Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Sofia, Bulgarie. pp.40-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02475715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (18)</w:t>
+        <w:t xml:space="preserve">Ouvrages (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique écosystémique des droits humains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Grosbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Grosbon Codirige Avec Sabrina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Robert Codirige Avec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grosbon Sophie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Sabrina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026, 979-10-97578-35-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15s0e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Europe philosophique, Europe politique. L'héritage des Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Coignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03903321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émile. Rousseau et la morale expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Librairie Jean Vrin, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03903295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Europe philosophique, Europe politique. L'héritage des Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Coignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tristan Coignard. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classiques Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 978-2-406-12533-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12535-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rousseau et Locke. Dialogues critiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Lenne-Cornuez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Liverpool University Press, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03831816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No demos? Souveraineté et démocratie à l'épreuve de l'Europe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03608148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Polity Press, 2019, 9781509516490</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03903298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rousseau et la critique de l’économie politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Bordeaux, 2017, 979-1030001143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02479935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éloges de l’injustice. La philosophie face à la déraison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9782021190656</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02479934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloges de l'injustice. La philosophie face à la déraison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Seuil, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03903325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sens de la justice, une « utopie réaliste » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guérard de Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radica Gabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques-Garnier, 2015, 978-2-8124-3309-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02576358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu. Pouvoirs, richesses et sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann, pp.396, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au prisme de Rousseau: usages politiques contemporains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Voltaire Foundation, pp.XI-298, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La circulation entre les savoirs au siècle des Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hoquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Deleule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermann, pp.187, 2011, Histoire des sciences, 978-2-7056-8215-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01172369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Voltaire Foundation, pp.XI-298, 2011</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu. liberté, droit et histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modernités de Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Bordeaux, revue Lumières, 15, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C'est pas juste!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gallimard, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu et l'émergence de l'économie politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montesquieu. Pouvoirs, richesses et sociétés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hermann, pp.396, 2011</w:t>
+              <w:t xml:space="preserve">Presses Universitaires de France, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...309 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03903332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (67)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (68)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le climat contre le peuple? Repenser la démocratie à l’heure de l’urgence écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sophie Grosbon et Sabrina Robert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique écosystémiques des droits humains. Une introduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confluences des droits, DICE Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.39-48, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’autorité du sacré et le noble mensonge. Le rôle du législateur dans le Contrat social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Decultot et D. Weidner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nützt es dem Volk, betrogen zu werden. Eine Debatte zur Politik der Aufklärung</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Schwabe Verlag, pp.267-283, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le commerce entre les nations favorise-t-il la paix ? Le doux commerce selon L’Esprit des lois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Adrien Louis et Elena Partene. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La paix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jean Vrin, pp.177-197, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aufgeklärter Postkolonialismus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">I.-W. D’Aprile, A. Meyer et V. de Senarclens. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ressourcen der Aufklärung. 50 Probebohrungen ins 18. Jahrhundert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wallstein Verlag, pp.298-303, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05409311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il faut défendre la société, non la majesté : la théorie de la liberté civile dans L’Esprit des lois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Myrtille Méricam-Bourdet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser et écrire l’histoire à l’âge classique. Hommage à Catherine Volpilhac-Auger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Honoré Champion, pp.51-66, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05379983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Projet de paix perpétuelle, de Saint-Pierre à Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Bernardi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La paix perpétuelle?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jean Vrin, pp.73-127, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05383371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Wallstein Verlag, pp.298-303, 2025</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Rousseau’s Case against Democracy »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">David Lay Williams; Mathew Maguire. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Cambridge Companion to the Social Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge UNiversity Press, pp.252-272, 2024, 9781108989770</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Cambridge UNiversity Press, pp.252-272, 2024, 9781108989770</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Union européenne : une démocratie sans conflits ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gaëlle Marti et Loïc Robert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Conflictualité en droit de l’Union européenne : menace existentielle ou catalyseur d’intégration ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, pp.49-59, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, pp.49-59, 2024</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human Nature in Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphanie Buchenau; Ansgar Lyssy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanity and Humankind in the Philosophy of the Enlightenment. From Locke to Kant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury Academic, pp.29-41, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberty in Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sharon Krause; Keegan Callanan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Cambridge Companion to Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.147-161, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04031678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souveränität auf dem Europäischen Prüfstand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Spector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Maissen, Niels May, Rainer Maria Kiesow. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Souveränität im Wandel. Frankreich und Deutschland</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wallstein Verlag, pp.469-489, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Cambridge University Press, pp.147-161, 2023</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhétorique et pratique morale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Brahami, L. Guerpillon (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Fabrique de l’Émile. Commentaire du Manuscrit Favre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vrin, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Bloomsbury Academic, pp.29-41, 2023</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'inaliénabilité de la liberté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Céline Spector; Johanna Lenne-Cornuez. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rousseau et Locke. Dialogues critiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Liverpool University Press, pp.181-207, 2022, Oxford University Studies on the Enlightenment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La « voie rousseauiste » et les impasses de la critique souverainiste de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tristan Coignard; Céline Spector. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe philosophique, Europe politique. L’héritage des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 533, Classiques Garnier, pp.171-189, 2022, Rencontres, 978-2-406-12533-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12535-8.p.0171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marche de la nature et système du monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Fabrique de l’Émile. Commentaire du Manuscrit Favre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vrin, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'émergence de la civilisation au siècle des Lumières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vinciane Pirenne-Delforge, L. Quintana-Murci. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Civilisations : questionner l’identité et la diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Odile Jacob, pp.77-100, 2021, 9782415000301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/oj.piren.2021.01.0077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Esprit des lois de Montesquieu. Une science des moeurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elise Sultan, Laurie Breba, Séverine Denieul. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Science des mœurs au siècle des Lumières. Conception et expérimentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.137-151, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-11902-9.p.0137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/oj.piren.2021.01.0077⟩</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Pour vous, peuples modernes, vous n’avez point d’esclaves’. Le silence sur la traite dans le second Discours, Emile et le Contrat social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Weltman; O. Moustefai; P. Westmoreland. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Silence, implicite et non-dit chez Rousseau / Silence, the Implicit and the Unspoken in Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 438, Brill, pp.189-202, 2020, Faux Titre, 978-90-04-41141-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004411418_015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-11902-9.p.0137⟩</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pour vous, peuples modernes, vous n'avez point d'esclaves ». Le silence sur la traite dans le second Discours, Emile et le Contrat social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brigitte Weltman-Aron; Ourida Mostefai; Peter Westmoreland. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Silence, Implicite et Non-Dit chez Rousseau / Silence, the Implicit and the Unspoken in Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill | Rodopi, pp.189-202, 2020, 978-90-04-41138-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004411418_015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il détruire les préjugés destructeurs ? L’avenir des illusions selon L’Esprit des lois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Muriel Brot; Claire Fauvergue. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Critique du préjugé au prisme de l’herméneutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.55-71, 2020, 9791037005632</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/9789004411418_015⟩</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silence, Implicite et Non-Dit chez Rousseau / Silence, the Implicit and the Unspoken in Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Silence, Implicite Et Non-dit Chez Rousseau / Silence, the Implicit and the Unspoken in Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 189-201, Brill | Rodopi, 2020, 978-90-04-41141-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004411418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">La Critique du préjugé au prisme de l’herméneutique</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Bâtir Chalcédoine, le rivage de Byzance devant les yeux » : Montesquieu, critique du républicanisme ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Républiques et Républicanismes : les cheminements de la liberté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque républicaine, Le Bord de l’Eau, pp.63-78, 2019, 978-2-35687-588-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rousseau and Diderot: Materialism and its Discontents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christopher Kelly, Eve Grace. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Rousseauian Mind</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.107-118, 2019, 9780367783921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780429020773-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'équivoque du concept de « moeurs ». La lecture althussérienne de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francesco Toto, Laetitia Simonetta, Giorgio Bottini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre nature et histoire. Moeurs et coutumes dans la philosophie moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 191-203, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The “Lights” before the Enlightenment: The Tribunal of Reason and Public Opinion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Matytsin et D. Edelstein. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Let There Be Enlightenment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Johns Hopkins University Press, p. 86-102, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que reste-t-il du tragique dans la philosophie politique ? Le passager clandestin dans la Théorie de la justice de John Rawls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Courtet, M. Besson, F. Lavocat et A. Viala. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Désordre du monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Editions, p. 291-309, 2018, 9782271120427</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frontières de la représentation : la “justice anormale” selon Nancy Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Représentation politique et transformations de la citoyenneté. XVIIe-XXIe siècle Représentation politique et transformations de la citoyenneté. XVIIe-XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frontières de la représentation : la “justice anormale” selon Nancy Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Miqueu; Philippe Crignon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Représentation politique et transformations de la citoyenneté. XVIIe-XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 320, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.139-156, 2017, Rencontres, 978-2-406-06949-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rousseau at Harvard: John Rawls after Judith Shklar on Realistic Utopia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engaging with Rousseau. Reaction and Interpretation from the Eighteenth Century to the Present</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, p. 152-167, 2016, 978-1108705189</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vertu politique comme principe de la démocratie. Robespierre lecteur de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Biard; Philippe Bourdin; Hervé Leuwers; Alain Tourret. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vertu et Politique. Les pratiques des législateurs (1789-2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.55-71, 2020, 9791037005632</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.61-70, 2015, 978-2-7535-4138-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voix du républicanisme dans l’Encyclopédie. Harrington, Montesquieu, Jaucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Barroux et F. Pépin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Chevalier de Jaucourt, l’homme aux dix-sept mille articles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 119-142, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bibliothèque républicaine, Le Bord de l’Eau, pp.63-78, 2019, 978-2-35687-588-4</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction au livre collectif Le sens de la justice, une « utopie réaliste » ? Rawls et ses critiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guérard de Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radica Gabrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guérard de Latour, Sophie; Radica, Gabrielle; Spector, Céline. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le sens de la justice, une « utopie réaliste » ? Rawls et ses critiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques-Garnier, pp.9-27, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voix du républicanisme dans l’Encyclopédie. Harrington, Montesquieu, Jaucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Chevalier de Jaucourt, l’homme aux dix-sept mille articles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, p. 191-203, 2018</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bâtir Chalcédoine, le rivage de Byzance devant les yeux : Oceana, de Harrington à Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Gracianette, C. Miqueu et J. Terrel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harrington et le républicanisme à l’âge classique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 131-148, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Johns Hopkins University Press, p. 86-102, 2018</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des histoires à l’Histoire. L’héritage paradoxal de Montesquieu dans l’œuvre de William Robertson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. Bianchi et R. Minuti. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montesquieu et les philosophies de l’histoire au XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 107-125, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, CNRS Editions, p. 291-309, 2018, 9782271120427</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Civilization and Corruption: Europe in the Philosophical History of the French Enlightenment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Civilization and Corruption: Europe in the Philosophical History of the French Enlightenment »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bâtir Chalcédoine, le rivage de Byzance devant les yeux : Oceana, de Harrington à Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harrington et le républicanisme à l’âge classique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.139-156, 2017, Rencontres, 978-2-406-06949-2</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y a-t-il un gardien des promesses ? L'hétéronomie de la conscience dans l'Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Manent, C Habib. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser l'homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Cambridge University Press, p. 152-167, 2016, 978-1108705189</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commerce, Glory and Empire: Montesquieu's Legacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">R. Boyd, E Atanassow. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tocqueville and the Frontiers of Democracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Vertu et Politique. Les pratiques des législateurs (1789-2014)</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geschmack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Stockhors, I.-M. D'Aprile. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rousseau und die Moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wallstein Verlag, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Rousseau et la critique de l’économie politique. Lecture du livre III d’Emile »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Economie politique et la sphère publique dans le débat des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commerce, Glory and Empire: Montesquieu’s Legacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tocqueville and the Frontiers of Democracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu, Newton de la géopolitique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approches de la géopolitique. De l’Antiquité au XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le despotisme des passions dans les Lettres persanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Lettres persanes de Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commerce, Glory and Empire: Montesquieu’s Legacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Atanassow et R. Boyd. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tocqueville and the Frontiers of Democracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 202-220, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rousseau et la critique de l'économie politique. Lecture du livre III d'Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Usoz, J Astigarraga. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Economie politique et la sphère publique dans le débat des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 135, 2013, Collection de la Casa de Velázquez</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le despotisme des passions dans les Lettres persanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les lettres persanes de Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 978-2-84050-917-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Diderot à Rousseau : la double crise du droit naturel moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Bachofen B. Bernardi, G O. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rousseau, Du contract social, ou Essai sur la forme de la République (Manuscrit de Genève)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vrin, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Diamond à Montesquieu : une naturalisation de la culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Haber, A Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anciens et Modernes. Par-delà nature et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Besançon, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Mais moi je n’ai point de jardin”. La leçon sur la propriété d’Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eduquer selon la nature. Seize études sur Emile de Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Was Montesquieu liberal? The Spirit of the Laws in the history of liberalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. Rosenblatt, R Geenens. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French Liberalism. From Montesquieu to the Present Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lumières avant les Lumières : tribunal de la raison et opinion publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Merlio, N Pelletier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Lumières, un héritage et une mission. Hommage à Jean Mondot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu's The Spirit of the Laws in the history of liberalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French Liberalism. From Montesquieu to the Present Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 57-72, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Mais moi je n'ai point de jardin”. La leçon sur la propriété d'Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Habib, C. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eduquer selon la nature. Seize études sur Emile de Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rousseau : l'honneur au tribunal de l'opinion publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Diego Venturino; Hervé Drévillon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser et vivre l'honneur à l'époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2011, Penser et vivre l'honneur à l'époque moderne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désordres du sujet et ordre des échanges : spinozisme et scepticisme au siècle des Lumières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Perrin, F. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Circulation entre les savoirs au siècle des Lumières. Hommages à Francine Markovits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Europe de l'abbé de Saint-Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claudine Poulouin; Carole Dornier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Projets de l’abbé Castel de Saint-Pierre (1658-1743): Pour le plus grand bonheur du plus grand nombre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Caen, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu’est-ce que le libéralisme ? Le grand récit des origines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Nouvel esprit du libéralisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que le libéralisme ? Le grand récit des origines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume Le Blanc; Fabienne Brugère. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Nouvel esprit du libéralisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Bord de l'eau, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu était-il libéral ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Kevorkian. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Pensée libérale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 57-71, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desencantar o mundo? Religião e Pol\'itica na obra de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre a cruz e a espada: reflexões filosóficas sobre a religião e a pol\'itica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editora da Universidade Federal de Sergipe, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’“esprit” de l’Europe : liberté, commerce et empire dans L’Esprit des lois de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P.-Y. Beaurepaire et P. Pourchasse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Circulations internationales en Europe, 1680-1780</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 225-235, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations de la propriété : Montesquieu contre l'individualisme possessif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Blaise Bachofen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le libéralisme au miroir du droit. L'État, la personne, la propriété</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.61-70, 2015, 978-2-7535-4138-2</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ENS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 978-2-84788-135-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, p. 119-142, 2015</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Projet de paix perpétuelle : de Saint-Pierre à Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rousseau, Principes du droit de la guerre. Écrits sur la Paix Perpétuelle, B. Bachofen et C. Spector dir., B. Bernardi et G. Silvestrini éds., Paris, Vrin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...86 lines deleted...]
-              <w:t xml:space="preserve">, Classiques-Garnier, pp.9-27, 2015</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01790764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Il faut éclairer l’histoire par les lois et les lois par l’histoire” : statut de la romanité et rationalité des coutumes dans L’Esprit des lois de Montesquieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Xifaras. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Généalogie des savoirs juridiques : le carrefour des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2007, 978-2802723936</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montesquieu, critique du Projet de Paix Perpétuelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Mondot, R. Ritz et C. Taillard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montesquieu et l’Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie Montesquieu, p. 139-175, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle justice ? Quelle rationalité ? La mesure du droit dans L’Esprit des lois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montesquieu en 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, p. 131-148, 2014</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Science des mœurs et théorie de la civilisation : de L’Esprit des lois de Montesquieu à l’école historique écossaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Spector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Équivoques de la civilisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...2369 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId197"/>
+      <w:footerReference w:type="default" r:id="rId207"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11150,51 +11372,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436586v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Spector" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383398v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377853v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383450v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681983v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04505049v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Toudic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/eam.2024.a920460" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681959v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04517405v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04517437v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.924.0082" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04517378v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383434v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941554v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03627145v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898962v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03687026v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/ttr.43.1.51" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072422v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613094v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613084v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149815v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.204.0497" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941590v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149767v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479760v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479814v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1996.395054" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479846v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940416v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479784v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479823v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149762v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Roulin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rueff" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.851.0346" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02187014v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.184.0535" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479796v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476002v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479872v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940345v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940532v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940526v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476028v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940356v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.085.0036" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940370v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940429v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476036v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.133.0383" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476001v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733282v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940349v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475976v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.131.0065" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940407v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733283v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01611921v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Badinter" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Deforges" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Eliacheff" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Habib" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Heinich" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940468v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940536v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177933v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Giocanti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475964v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733316v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733317v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733315v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475954v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733081v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940503v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940360v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475846v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.766" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475806v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940539v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940380v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475715v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903321v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Coignard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903295v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402121v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/europe-philosophique-europe-politique-l-heritage-des-lumieres.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12535-8" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03831816v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lenne-Cornuez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03608148v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903298v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479935v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479934v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seuil.com/ouvrage/eloges-de-l-injustice-celine-spector/9782021190656" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903325v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02576358v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;rard de Latour" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radica Gabrielle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01172369v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;pin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoquet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deleule" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733059v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733060v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733083v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733082v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733101v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608173v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903332v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377876v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377882v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379983v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383371v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409311v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04505031v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681974v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681989v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04031678v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04527585v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941327v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613042v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12535-8.p.0171" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896711v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896716v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613056v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/oj.piren.2021.01.0077" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03621238v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11902-9.p.0137" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03612975v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004411418_015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02505041v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149853v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9791037005632" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02495808v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004411418" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149835v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479772v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429020773-11" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476019v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479804v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479840v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940445v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149831v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/representation-politique-et-transformations-de-la-citoyennete-xviie-xxie-siecle-frontieres-de-la-representation.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479870v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475992v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3924" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475985v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161357v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940510v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940420v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475973v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475966v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940495v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733278v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940393v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940375v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733280v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940454v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940517v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475953v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476069v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733279v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733281v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733314v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940390v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733311v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733310v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475947v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733313v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733312v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733058v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733056v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733057v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733055v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940525v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733080v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475942v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475935v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475796v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100702220" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790764v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475748v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475682v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940528v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940398v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377853v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Spector" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383398v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436586v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04517378v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681983v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383450v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681959v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04517405v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04505049v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Toudic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/eam.2024.a920460" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04517437v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.924.0082" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383434v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03687026v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/ttr.43.1.51" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072422v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898962v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941554v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03627145v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613094v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613084v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149815v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.204.0497" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941590v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149767v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479760v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479814v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1996.395054" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02187014v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.184.0535" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940416v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479846v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149762v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Roulin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rueff" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.851.0346" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479823v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/noesis.4810" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479784v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476002v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479796v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479872v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940356v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.085.0036" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940345v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940526v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940532v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476028v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940370v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940429v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733283v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476036v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.133.0383" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475976v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.131.0065" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940349v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733282v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476001v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940407v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733315v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733317v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01611921v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Badinter" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Deforges" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Eliacheff" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Habib" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Heinich" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940468v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940536v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177933v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Giocanti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475964v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733316v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475954v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733081v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940503v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940360v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475846v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.766" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475806v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940380v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940539v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475715v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538677v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grosbon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grosbon Codirige Avec Sabrina" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Robert Codirige Avec" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grosbon Sophie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sabrina" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15s0e" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903321v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Coignard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903295v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402121v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/europe-philosophique-europe-politique-l-heritage-des-lumieres.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12535-8" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03831816v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lenne-Cornuez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03608148v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903298v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479935v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479934v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seuil.com/ouvrage/eloges-de-l-injustice-celine-spector/9782021190656" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903325v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02576358v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;rard de Latour" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radica Gabrielle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733060v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733059v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01172369v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;pin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoquet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deleule" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733083v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733082v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733101v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608173v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903332v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542693v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/dice/18561" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377876v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409311v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379983v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383371v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04505031v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681974v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04527585v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04031678v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681989v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896716v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941327v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613042v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12535-8.p.0171" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896711v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03613056v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/oj.piren.2021.01.0077" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03621238v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11902-9.p.0137" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03612975v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004411418_015" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02505041v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149853v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9791037005632" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02495808v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004411418" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149835v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479772v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429020773-11" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476019v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479804v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479840v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940445v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03149831v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/representation-politique-et-transformations-de-la-citoyennete-xviie-xxie-siecle-frontieres-de-la-representation.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02479870v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475992v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3924" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475985v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161357v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940510v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475973v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475966v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940420v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940495v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733281v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733278v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733280v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940393v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940375v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940454v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940517v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475953v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733279v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02476069v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733312v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733311v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940390v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733314v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733310v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475947v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733313v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733058v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733056v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733057v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940525v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733055v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475935v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733080v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475942v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475796v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100702220" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790764v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475748v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475682v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940528v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01940398v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>