--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -106,6429 +106,6697 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (56)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À l’écoute des cochons</w:t>
+                <w:t xml:space="preserve">Effects of two methods of tooth resection on tooth integrity and piglet behaviour immediately before and after treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anna R L Sinclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula J Brunton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard B D’eath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dale A Sandercock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9272⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 299, pp.106966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2026.106966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05051412v1</w:t>
+                <w:t xml:space="preserve">hal-05552580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chickens perceive humans as social buffers and may follow human-given cues: A pilot study</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regular outdoor access decreases stress with positive effects on the health of growing pigs raised on a conventional farm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Lemarchand</w:t>
+                <w:t xml:space="preserve">Anissa Jahoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Guiraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Gavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Haurogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psj.2025.105203⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-026-38461-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05104838v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrichir le milieu de vie des porcs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les technologies numériques en élevage : de la mesure à l’évaluation comportementale du bien-être de chaque animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Madouasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9245⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (4), pp.8324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.8324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05051425v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05444004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les technologies numériques en élevage : de la mesure à l’évaluation comportementale du bien-être de chaque animal</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enrichir le milieu de vie des porcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.8324⟩</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, spécial 03, pp.121-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05444004v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enrichissement du milieu de vie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">À l’écoute des cochons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9268⟩</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, spécial 03, pp.111-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05051419v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le comportement du porc domestique (Sus scrofa domesticus)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chickens perceive humans as social buffers and may follow human-given cues: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+                <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Calesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Dumontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.3.7496⟩</w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 104 (7), pp.105203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psj.2025.105203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865452v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05104838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sows and piglets adjust their use of an outdoor paddock with season and piglet age during the first weeks of life in an organic farm</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Blandine Lieubeau</w:t>
+                <w:t xml:space="preserve">L’enrichissement du milieu de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Hervé</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 276, pp.106325. </w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, spécial 03, pp.118-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106325⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04634569v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of stable preferential affiliative relationships in the domestic pig</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Clouard</w:t>
+                <w:t xml:space="preserve">Sows and piglets adjust their use of an outdoor paddock with season and piglet age during the first weeks of life in an organic farm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Jahoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auriane Foreau</w:t>
+                <w:t xml:space="preserve">Jens Malmkvist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Goumon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Tallet</w:t>
+                <w:t xml:space="preserve">Lene Juul Pedersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Merlot</w:t>
+                <w:t xml:space="preserve">Blandine Lieubeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2024.04.009⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 276, pp.106325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04582488v1</w:t>
+                <w:t xml:space="preserve">hal-04634569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barriers and drivers of farmers to provide outdoor access in pig farming systems: a qualitative study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Le comportement du porc domestique (Sus scrofa domesticus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jamie Ahloy-Dallaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzedine Chebahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Clouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101138⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.7496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.3.7496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04565725v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of pigs vocalisation structure to assess the quality of human-pig relationship</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Evidence of stable preferential affiliative relationships in the domestic pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Clouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Foreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Animal Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 213, pp.95-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2024.04.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.260⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04071316v1</w:t>
+                <w:t xml:space="preserve">hal-04582488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weaned piglet’s reactivity to humans, tonic immobility and behaviour in a spatial maze test is affected by gestating sows’ relationship to humans and positive handling at weaning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Lanthony</w:t>
+                <w:t xml:space="preserve">Barriers and drivers of farmers to provide outdoor access in pig farming systems: a qualitative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Briard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Tallet</w:t>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (5), pp.101138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101138⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2023.106080⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04320323v1</w:t>
+                <w:t xml:space="preserve">hal-04565725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Administration of procaine-based local anaesthetic prior to surgical castration influences post-operative behaviours of piglets</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Weaned piglet’s reactivity to humans, tonic immobility and behaviour in a spatial maze test is affected by gestating sows’ relationship to humans and positive handling at weaning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lanthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Špinka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 258, pp.105813. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2022.105813⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 268, pp.106080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2023.106080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957506v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04320323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RHAPORC - Améliorer la relation homme animal en élevage porcin au bénéfice de l’homme et de ses animaux.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The use of pigs vocalisation structure to assess the quality of human-pig relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Delion</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Avelyne S. Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art25⟩</w:t>
+              <w:t xml:space="preserve">Peer Community In Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03784093v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominance hierarchy in groups of pregnant sows: Characteristics and identification of related indicators</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Administration of procaine-based local anaesthetic prior to surgical castration influences post-operative behaviours of piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Coutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Malmkvist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine J.A. Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 254, pp.105683. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2022.105683⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 258, pp.105813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2022.105813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03753574v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of early social behaviors and social styles in relation to individual characteristics in suckling piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Resmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.2318. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-06354-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03573467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of pig calls produced from birth to slaughter according to their emotional valence and context of production</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pavel Linhart</w:t>
+                <w:t xml:space="preserve">RHAPORC - Améliorer la relation homme animal en élevage porcin au bénéfice de l’homme et de ses animaux.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisette Leliveld</w:t>
+                <w:t xml:space="preserve">B. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Padilla de La Torre</w:t>
+                <w:t xml:space="preserve">T. Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Delion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-07174-8⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 85, pp.323-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609348v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03784093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation de précision des truies gestantes : prise en compte de la santé, du comportement et de l’environnement</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
+                <w:t xml:space="preserve">Dominance hierarchy in groups of pregnant sows: Characteristics and identification of related indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Largouët</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Margot Danglot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Špinka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.4.5369⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 254, pp.105683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2022.105683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03601604v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03753574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the environment and animal behavior on nutrient requirements for gestating sows: Future improvements in precision feeding</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Classification of pig calls produced from birth to slaughter according to their emotional valence and context of production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Briefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara C.-R. Sypherd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Linhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisette Leliveld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Padilla de La Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2021.115034⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.3409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-07174-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03347926v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulable object and human contact: preference and modulation of emotional states in weaned pigs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Alimentation de précision des truies gestantes : prise en compte de la santé, du comportement et de l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Largouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2020.577433⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (4), pp.293-304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.4.5369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03030949v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piglets vocally express the anticipation of pseudo-social contexts in their grunts</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of the environment and animal behavior on nutrient requirements for gestating sows: Future improvements in precision feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Largouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-75378-x⟩</w:t>
+              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 279, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2021.115034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03025185v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadcasting human voice to piglets (Sus Scrofa domestica) modifies their behavioural reaction to human presence in the home pen and in arena tests</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Piglets vocally express the anticipation of pseudo-social contexts in their grunts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avelyne S. Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azélie Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Danglot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2020.104965⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.18496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-75378-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02479995v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux connaître le comportement du porc pour une bonne relation avec les humains en élevage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Manipulable object and human contact: preference and modulation of emotional states in weaned pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avelyne S. Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lanthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.2.4474⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2020.577433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02968221v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early life predisposing factors for biting in pigs</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Broadcasting human voice to piglets (Sus Scrofa domestica) modifies their behavioural reaction to human presence in the home pen and in arena tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Tigeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731119001940⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 225, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2020.104965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02270129v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of pain, stress, and fear of humans during tail docking and the next four weeks in piglets (Sus scrofa domesticus)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Mieux connaître le comportement du porc pour une bonne relation avec les humains en élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33 (2), pp.81-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.2.4474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00462⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02410522v1</w:t>
+                <w:t xml:space="preserve">hal-02968221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestic piglets (Sus scrofa domestica) are attentive to human voice and able to discriminate some prosodic features</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Early life predisposing factors for biting in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Averos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Dimitrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. A. Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (3), pp.570-587. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731119001940⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2018.10.009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01897331v1</w:t>
+                <w:t xml:space="preserve">hal-02270129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing walking posture with geometric morphometrics: effects of rearing environment in pigs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Evidence of pain, stress, and fear of humans during tail docking and the next four weeks in piglets (Sus scrofa domesticus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Herlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2015.10.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01220634v1</w:t>
+                <w:t xml:space="preserve">hal-02410522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postnatal auditory preferences in piglets differ according to maternal emotional experience with the same sounds during gestation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Domestic piglets (Sus scrofa domestica) are attentive to human voice and able to discriminate some prosodic features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Tigeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep37238⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 210, pp.38-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2018.10.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01397578v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01897331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piglets learn to use combined human-given visual and auditory signals to find a hidden reward in an object choice task</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Assessing walking posture with geometric morphometrics: effects of rearing environment in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sénèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mégnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Morisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0164988⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 174, pp.32-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2015.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413518v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humans (Homo sapiens) judge the emotional content of piglet (Sus scrofa domestica) calls based on simple acoustic parameters, not personality, empathy, nor attitude toward animals</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Postnatal auditory preferences in piglets differ according to maternal emotional experience with the same sounds during gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Reby</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Comparative Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/a0038870⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.37238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep37238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211004v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01397578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cochon, un mythe sur le gril</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Piglets learn to use combined human-given visual and auditory signals to find a hidden reward in an object choice task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Cornil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Monde</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (10), pp.e0164988. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0164988⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816152v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au bonheur des truies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Humans (Homo sapiens) judge the emotional content of piglet (Sus scrofa domestica) calls based on simple acoustic parameters, not personality, empathy, nor attitude toward animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iva L Maruščáková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Linhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria F Ratcliffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Temps</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Comparative Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 129 (2), pp.121-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/a0038870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211056v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The perception of humans by piglets: recognition of familiar handlers and generalisation to unfamiliar humans</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Le cochon, un mythe sur le gril</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Devillers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Cognition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21982, pp.4-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211043v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistency of the piglet's reactivity to the handler following a previous positive or negative experience</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Au bonheur des truies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Sulser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210826v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural and physiological reactions of piglets to gentle tactile interactions vary according to their previous experience with humans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The perception of humans by piglets: recognition of familiar handlers and generalisation to unfamiliar humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laforest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renée Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2014.06.025⟩</w:t>
+              <w:t xml:space="preserve">Animal Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18, pp.1299-1316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10071-015-0900-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129853v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes d'évaluation du bien-être animal en élevage, pendant le transport et à l'abattoir</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Boivin</w:t>
+                <w:t xml:space="preserve">Persistency of the piglet's reactivity to the handler following a previous positive or negative experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Frotin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+                <w:t xml:space="preserve">Jean-Paul Laforest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renée Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-José Hötzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/1zwe-fb33⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 162, pp.9-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2014.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690507v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encoding of situations in the vocal repertoire of piglets (Sus scrofa)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Behavioural and physiological reactions of piglets to gentle tactile interactions vary according to their previous experience with humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Petr Simeček</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kardiatou Sy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 167, pp.331-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2014.06.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0071841⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01210431v1</w:t>
+                <w:t xml:space="preserve">hal-01129853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of housing and season on pubertal development, boar taint compounds and skin lesions of male pigs</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Méthodes d'évaluation du bien-être animal en élevage, pendant le transport et à l'abattoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Frotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731113001596⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 34, pp.175-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/1zwe-fb33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210497v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural reactivity, social and cognitive abilities of Vietnamese and Pitman–Moore weaned piglets</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Encoding of situations in the vocal repertoire of piglets (Sus scrofa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Linhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Policht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurt Hammerschmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Simeček</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2013.06.003⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (8), pp.e71841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0071841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210474v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of neonatal castration on social behaviour, human–animal relationship and feeding activity in finishing pigs reared in a conventional or an enriched housing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Influence of housing and season on pubertal development, boar taint compounds and skin lesions of male pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Brillouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2013.03.001⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7 (12), pp.2035-2043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731113001596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210405v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calling by domestic piglets during simulated crushing and isolation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Behavioural reactivity, social and cognitive abilities of Vietnamese and Pitman–Moore weaned piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0083529⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 148 (1-2), pp.108-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2013.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210498v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hommes et animaux d'élevage au travail : vers une approche pluridisciplinaire des pratiques relationnelles</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Calling by domestic piglets during simulated crushing and isolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gudrun Illmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurt Hammerschmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Spinka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (12), pp.e83529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0083529⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01210319v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human perception of vocalizations of domestic piglets and modulation by experience with domestic pigs (&amp;lt;em&amp;gt;Sus scrofa&amp;lt;/em&amp;gt;)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Effects of neonatal castration on social behaviour, human–animal relationship and feeding activity in finishing pigs reared in a conventional or an enriched housing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Brillouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Comparative Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/a0017354⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 145 (3–4), pp.70-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2013.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665824v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does the method used to feed lambs modulate their affinity to their human caregiver?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Hommes et animaux d'élevage au travail : vers une approche pluridisciplinaire des pratiques relationnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nausicaa L'Hotellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brives</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (2), pp.159-168</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">hal-02666393v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bien-être animal et ses pratiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Human perception of vocalizations of domestic piglets and modulation by experience with domestic pigs (&amp;lt;em&amp;gt;Sus scrofa&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Serge Ourliac</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iva Maruščáková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Simeček</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pâtre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Comparative Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 124 (1), pp.81-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/a0017354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655131v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal association between food distribution and human caregiver presence and the development of affinity to humans in lambs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">How does the method used to feed lambs modulate their affinity to their human caregiver?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/dev.20254⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 119 (1-2), pp.56-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2009.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656630v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation homme-animal : un contact positif facilite le travail</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Le bien-être animal et ses pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Ourliac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pâtre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 544, pp.32-34</w:t>
+              <w:t xml:space="preserve">, 2008, 556, pp.19-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654980v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non nutritive sucking: one of the major determinants of filial love</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Temporal association between food distribution and human caregiver presence and the development of affinity to humans in lambs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Psychobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 48 (3), pp.220-232. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/dev.20142⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 50 (2), pp.147-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dev.20254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01367877v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the use of a device to measure heart rate affect the behavioural responses of lambs to humans?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Relation homme-animal : un contact positif facilite le travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 99 (1-2), pp.106-117</w:t>
+              <w:t xml:space="preserve">Pâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 544, pp.32-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655781v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A note on the consistency and specificity of lambs' responses to a stockperson and to their photograph in an arena test</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Does the use of a device to measure heart rate affect the behavioural responses of lambs to humans?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 98 (3-4), pp.308-314</w:t>
+              <w:t xml:space="preserve">, 2006, 99 (1-2), pp.106-117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653618v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human contact and feeding as rewards for the lamb’s affinity to their stockperson</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Non nutritive sucking: one of the major determinants of filial love</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2005.02.007⟩</w:t>
+              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 48 (3), pp.220-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dev.20142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02677461v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01367877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle de l'odorat sur le gain de poids initial chez des poussins de deux génotypes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A note on the consistency and specificity of lambs' responses to a stockperson and to their photograph in an arena test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R.H. Porter</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences et Techniques Avicoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 43, pp.15-18</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 98 (3-4), pp.308-314</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02680437v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of olfaction on initial weight gain in two genotypes of chicks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Human contact and feeding as rewards for the lamb’s affinity to their stockperson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard Porter</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 94, pp.59-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2005.02.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02669889v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stockmanship and farm animal welfare</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Rôle de l'odorat sur le gain de poids initial chez des poussins de deux génotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.H. Porter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Welfare Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 12, pp.479-492</w:t>
+              <w:t xml:space="preserve">Sciences et Techniques Avicoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 43, pp.15-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02669403v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02680437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence of olfaction on initial weight gain in two genotypes of chicks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Porter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 44, pp.779-781</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stockmanship and farm animal welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lensink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Welfare Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 12, pp.479-492</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chemosensory deficits are associated with reduced weight gain in newly hatched chicks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.H. Porter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 51, pp.337-345</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02673632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6538,8673 +6806,8673 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De nouveaux alliés du bien-être des animaux confrontés aux défis des transitions agroécologiques et climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Allyndrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydiane Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaelle Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2026 - 1ère édition des Trans Numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRIA, Feb 2026, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chickens may perceive humans as social buffers and attend to human-given cues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Calesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54ème Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05123064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of gestational olfactory enrichment on adaptation to weaning in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Couasnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Mescouto Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Touanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. pp.114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A participatory approach to identify relevant indicators for the assessment of pig health</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Do welfare-enhancing conditions and measures on stress relate to cognitive training performance in weaned piglets?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Karoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Ahloy-Dallaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbruck, Austria. pp.171</w:t>
+              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. pp.158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05337093v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do welfare-enhancing conditions and measures on stress relate to cognitive training performance in weaned piglets?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chickens perceive humans as social buffers and might follow human-given cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Calesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Dumontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. pp.158</w:t>
+              <w:t xml:space="preserve">8. Animal Welfare Science Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05213425v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05105050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chickens perceive humans as social buffers and might follow human-given cues</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Lemarchand</w:t>
+                <w:t xml:space="preserve">A participatory approach to identify relevant indicators for the assessment of pig health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Dessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Suazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belloc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Animal Welfare Science Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbruck, Austria. pp.171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05105050v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05337093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chickens may perceive humans as social buffers and attend to human-given cues</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Lemarchand</w:t>
+                <w:t xml:space="preserve">Characterization of vocalisations associated with behaviours related to tail biting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poissonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. pp.157</w:t>
+              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbruck, Austria. pp.173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05223857v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05337103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of vocalisations associated with behaviours related to tail biting</w:t>
+                <w:t xml:space="preserve">Chickens may perceive humans as social buffers and attend to human-given cues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Courboulay</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Céline Tallet</w:t>
+                <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Calesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Dumontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbruck, Austria. pp.173</w:t>
+              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. pp.157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05337103v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05223857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des vocalisations associées aux comportements en lien avec la caudophagie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Amichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57. Journées de la Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animal affect - from short-term to long-term states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Whalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Webb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - European COST Action LIFT Satellite Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LIFT project, Aug 2025, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animaux et humains en élevage, mieux se comprendre pour un bien-être mutuel Une thématique de recherche transversale du département Phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département physiologie animale et systèmes d’élevage, Nov 2024, Chasseneuil-du-Poitou, France. pp.7-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judgment bias testing in piglets using an automated versus a conventional method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Karoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Ahloy-Dallaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57. Congress of the international society for applied ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Curitiba, Brazil. pp.247-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05274090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des vocalisations des porcs pour mesurer leurs émotions : apports de l’IA</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analysis of the effects of temporary outdoor access during the fattening phase on pig welfare, health and growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Jahoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Gavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Haurogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Guiraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er séminaire des infrastructures de recherche Emerg'In &amp; Liph4SAS - Le numérique au service de la santé, du bien être animal et des 3R</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, May 2024, Tours, France</w:t>
+              <w:t xml:space="preserve">75th Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274097v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the effects of temporary outdoor access during the fattening phase on pig welfare, health and growth</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse des vocalisations des porcs pour mesurer leurs émotions : apports de l’IA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.239</w:t>
+              <w:t xml:space="preserve">1er séminaire des infrastructures de recherche Emerg'In &amp; Liph4SAS - Le numérique au service de la santé, du bien être animal et des 3R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, May 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777859v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être des porcs et des volailles en élevages biologiques et de plein air : apports du projet européen PPILOW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département physiologie animale et systèmes d’élevage, Nov 2024, Chasseneuil-du-Poitou, France. pp.11-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of gestational olfactory enrichment on adaptation to weaning in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Couasnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Mescouto Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Touanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on the Welfare Assessment of Animals at Farm Level (WAFL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freins et motivations des éleveurs vis-à-vis des élevages porcins avec accès à l'extérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55. Journées de la recherche porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ifip; INRAE, Jan 2023, Saint-Malo, France. pp.19-24 | 658, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2023.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04072509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sows fear of human is transmitted to their weaned piglets and impacts piglets behaviour in a spatial memory test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Špinka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56. Congress of the international society for applied ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Tallinn, Estonia. pp.40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portrait robot des animaux mordeurs et mordus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Nalovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association Française de Médecine Vétérinaire Porcine (AFMVP) 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04662019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Welfare barriers and levers for improvement in organic and low-input outdoor pig and poultry production systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarkko Niemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuditta Meloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.731</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04198015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observer les animaux : un outil pour diagnostiquer et proposer des adaptations pour le bien-être animal en élevage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Freins et motivations des éleveurs à donner accès à l’extérieur aux porcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journée vétérinaire bretonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Saint-Quay-Portrieux, France</w:t>
+              <w:t xml:space="preserve">Séminaire annuel du méta-programme « Santé et Bien-être des Animaux en élevage » (SANBA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03753620v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04176744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication chez les animaux d'élevage, que nous dit-elle de leur bien-être ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Observer les animaux : un outil pour diagnostiquer et proposer des adaptations pour le bien-être animal en élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées LIT Expert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LIT Ouesterel, Oct 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">11. Journée vétérinaire bretonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Saint-Quay-Portrieux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04661993v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03753620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freins et motivations des éleveurs à donner accès à l’extérieur aux porcs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La communication chez les animaux d'élevage, que nous dit-elle de leur bien-être ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel du méta-programme « Santé et Bien-être des Animaux en élevage » (SANBA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées LIT Expert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIT Ouesterel, Oct 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04176744v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04661993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de protocoles associant tranquillisation, analgésie et anesthésie lors de la castration des porcelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Filliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54. Journées de la Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ifip; INRAE, Feb 2022, En ligne, France. pp.275-280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiérarchie dans les groupes de truies gestantes : méthodes de calcul, caractéristiques et lien avec les données d'alimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54es Journées de la Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ifip; INRAE, Feb 2022, En ligne, France. pp.257-262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03573089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The PPILOW project: Innovations improving welfare in low input and organic pig and poultry farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuditta Meloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura van Vooren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04128847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La structure des vocalisations des porcs nous renseigne sur la qualité de la relation humain-porc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51. Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Clermont-Ferrand, France. pp.48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03706321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation Humain - Animal en élevage demain : une relation subie ou construite sur ce que nous savons des animaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées LIT Expert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03753623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement du porc : le connaître pour savoir observer et proposer des adaptations pour le bien-être animal en élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Vétérinaire Bretonne - JVB 2020/2021 : les 10 ans !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, En ligne, France. pp.59-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04661989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an automated classification of pig calls according to their emotional valence and behavioural context: a comparison of methods</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustic communication between humans and farm animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 54th Congress of the ISAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Online, France</w:t>
+              <w:t xml:space="preserve">Symposium on “Farm animal cognition and its implementation intoanimal husbandry and management”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lebniz Institute for Farm Animal Biology, Mar 2021, En ligne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578086v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03180006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One Welfare for farm animals and humans: practitioners’ and citizens’ expectations</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Improving piglet survival under organic condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Larzul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ferchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Improving sustainability and welfare in organic poultry and pig production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Joint Online Conference OK-Net EcoFeed, PPILOW, Freebirds and POWER EU Projects, Jan 2021, Online meeting, Belgium</w:t>
+              <w:t xml:space="preserve">AI VETS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609661v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04562449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic communication between humans and farm animals</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards an automated classification of pig calls according to their emotional valence and behavioural context: a comparison of methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mandel-Briefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara Sypherd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Linhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisette Leliveld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Read</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on “Farm animal cognition and its implementation intoanimal husbandry and management”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lebniz Institute for Farm Animal Biology, Mar 2021, En ligne, Germany</w:t>
+              <w:t xml:space="preserve">Proceedings of the 54th Congress of the ISAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03180006v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03578086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving piglet survival under organic condition</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">One Welfare for farm animals and humans: practitioners’ and citizens’ expectations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AI VETS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Improving sustainability and welfare in organic poultry and pig production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Joint Online Conference OK-Net EcoFeed, PPILOW, Freebirds and POWER EU Projects, Jan 2021, Online meeting, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04562449v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an automated classiﬁcation of pig calls according to their emotional valence and behavioural context: a comparison of methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Briefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciara Sypherd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Linhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisette Leliveld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Padilla de La Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54. Congress of the ISAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International society for applied ethology, Aug 2021, Online, France. pp.113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03653802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The multi-actor PPILOW European project: a participative approach to co-build innovations for welfare improvement in organic pig and poultry farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Micheloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Jamart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura van Vooren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarkko Niemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic World Congress 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFOAM, Sep 2021, Rennes, France. pp.42-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03629772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic pig and poultry production: what are the animal welfare challenges?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarkko Niemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Väre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parrott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic World Congress 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03761026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PPILOW: innovations for improving animal welfare and human well-being in low-input outdoor and organic poultry and pig production systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuditta Meloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One Welfare World Conference, 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, One Welfare CIC, Sep 2021, Online, Spain. pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03632430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-farm evaluation of human-pig relationship: developing a multidisciplinary tool for diagnosis and training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ierry Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Delion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on the Assessment of Animal Welfare at Farm and Group level</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Cork (Online), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03581948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La relation homme-animal sous le regard des éthologues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque final du projet Rhaporc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02975353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La relation des porcs aux humains en élevage : bases biologiques et impact des pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52. Journées de la recherche porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Paris, France. pp.367-378</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité de l'expression vocale des porcelets lors de l'anticipation d'évènements positifs et négatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Étude du Comportement Animal (Sfeca)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02263867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une détection automatisée des comportements délétères des porcs en élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lagarrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumayma Sakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02097194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behaviour of piglets before and after tooth clipping, grinding or sham-grinding in the absence of social influences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubérie Renouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.J. Brunton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.B. d'Eath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53. International congress of the International Society for Applied Ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Bergen, Norway. 328 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02192514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal emotions guide fetal auditory memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behaviour 2017. Joint meeting 35. International Ethological Conference (IEC) and 2017 Summer Meeting of the Association for the Study of Animal Behaviour (ASAB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Instituto Universitário de Ciências Psicológicas, Sociais e da Vida (ISPA); Association for the Study of Animal Behaviour (ASAB), Jul 2017, Estoril, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calling by domestic piglets during simulated crushing and isolation: a signal of need?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gudrun Illmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gudrun Illmann</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kurt Hammerschmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50. Meeting of the International Society for Applied Ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piglets exhibit no overt behavioural indicators of pain in the short or long term following tooth resection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubérie Renouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dale Sandercock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESLAV-ECLAM Annual Scientific Meeting on Animal Welfare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of human voice in the development of human-piglet relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Tigeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46. Colloque annuel de la Société Française pour l'Etude du Comportement animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de l’environnement des truies pendant la gestation sur leur comportement et la survie des porcelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pastorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Calvar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être de la truie gestante et survie néonatale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pastorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Space 2016 - les rendez-vous de l'Inra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Saint Jacques de la lande, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can peripheral nerve damage caused by tail docking lead to tail pain later in the life of pigs?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mette S Herskin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Di Giaminiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dale Sandercock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48. Congress of the International Society for Applied Ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Vitoria-Gasteiz, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-797-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying communication between humans and pigs: a lead to improve the human-animal relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on human-animal interactions: impacts on animal welfare and behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Berne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mobility desk for exchanging researchers on animal welfare within the EU and associated countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Mihina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63rd annual meeting of the european federation of animal science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ville service., Aug 2012, Bratislava, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human recognition of emotions in piglet voices is guided by simple acoustic features of the calls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iva Maruščáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Linhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Ratcliffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Réby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIth European Conference on Behavioural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Essen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distress vocalizations in domestic piglets during crushing: reliable signal of condition ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gudrun Illmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gudrun Illmann</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kurt Hammerschmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Kratinová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIth European Conference on Behavioural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Essen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic properties of piglet voices determine what emotional intensity and valence people attribute to them</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iva Maruščáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Linhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th Congress of the International Society for Applied Ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Vienna, Austria. pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistence of piglets' reactivity to humans after conditioning to negative or positive stimuli associated to humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Menant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Hötzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renée Bergeron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International Society for Applied Ethology (ISAE) North American Regional Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Banff, Canada. pp.40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception positive du soigneur par l'animal : Approche comportementale et physiologique comparée entre l'agneau et le porcelet</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Réactivité comportementale de porcelets Pitman-Moore et Vietnamiens en test de choix entre partenaires familier et inconnu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) "L'animal dans tous ses sens"</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748942v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactivité comportementale de porcelets Pitman-Moore et Vietnamiens en test de choix entre partenaires familier et inconnu</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Perception positive du soigneur par l'animal : Approche comportementale et physiologique comparée entre l'agneau et le porcelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) "L'animal dans tous ses sens"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409437v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de l'élevage de porcs mâles entiers sur la relation homme-animal en environnement conventionnel et enrichi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brillouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’une méthode de mesure de la posture des porcs pour l’évaluation du bien-être</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mégnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fureix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Sénèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43es Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Paris, France. pp.185-186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01319058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réactivité comportementale de porcelets Pitman-Moore et Vietnamiens en situations d’isolement social et de confrontation à l’Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Val-Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01409422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de la réactivité comportementale de miniporcs adultes Pitman-Moore et Vietnamiens en situations d’isolement social et de confrontation à l’Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chataignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Azais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01409419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of housing condition on behaviour and sexual development in male pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brillouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Bonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rearing entire pigs in barren or enriched housing: consequences on the human-animal relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brillouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. Annual Meeting of the European Association for Animal Production (EAAP 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rearing entire males: consequences of enriching the housing condition on the social activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brillouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. Annual Meeting of the European Association for Animal Production (EAAP 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touching/stroking farm mammals during human-animal interactions: what does it mean for them ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Schmied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Windschnurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31. International Ethological Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic features of trapped piglet screams and their effect on maternal reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gudrun Illmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gudrun Illmann</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kurt Hammerschmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Kratinová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43. Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic cues underlying the perception of piglet vocalizations by humans: use of the inter-call interval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spinka Marek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iva Maruščáková</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31. International Ethological Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de la non castration des porcs mâles sur la relation homme-animal dans deux modes de logement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brillouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of breed on behavioural and physiological responsiveness of lambs following gentling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caroprese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Annicchiarico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Zezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance de la succion non nutritive pour l'établissement d'un lien entre l'agneau nouveau-né et l'homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Val-Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01409351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the way we feed lambs important for the development of an affinity to their caregiver ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40. International Congress of the ISAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes d'établissement de l'affinité des agneaux pour l'homme: implication potentielle du conditionnement alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Lac de Bairon, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Succion non nutritive, système opioïdergique et relation homme-animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Liaigre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2004 et 2005 - Département de Physiologie Animale et Système d'Élevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affinity of lambs to their stockperson does not depend only on food conditioning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39. International Congress of the International Society for Applied Ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Kanagawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication des opiacés endogènes dans la mise en place du lien entre l'agneau et son soigneur : Bases neurobiologiques de l'attachement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Liaigre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes comportementaux d'établissement de l'affinité des agneaux d'allaitement artificiel pour leur soigneur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Système d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hand feeding and gentling: how do they contribute to the development of lambs affinity for their stockperson?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38. International Congress of the ISAE (International Society for Applied Ethology)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2004, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15214,5882 +15482,5882 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la saison sur la concentration en cortisol pilaire chez des porcs charcutiers ayant ou non accès à l'extérieur : résultats d'une étude conduite sur le terrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Gavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Jahoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Godefroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57èmes Journées de la Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, St Malo, France, France. 57èmes Journées de la Recherche Porcine, pp 79-80, 2025, 57èmes Journées de la recherche porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04932054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ManyPigs: Establishing a global community for pig behaviour and welfare researchers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Goursot</w:t>
+                <w:t xml:space="preserve">Consequences of regular access to an outdoor paddock for the health and performance of finishing pigs raised in a conventional farm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Jahoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Guiraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Gavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Haurogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. , pp.409, 2025, Proceedings of the 58th congress of the ISAE 2025</w:t>
+              <w:t xml:space="preserve">2nd CIVVet Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05213465v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and classification of pig vocalisations in the context of tail-biting</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrick Touanel</w:t>
+                <w:t xml:space="preserve">Effects of maternal low sucrose intake on offspring behavioral and neurochemical trajectories in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Camonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Badonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Favreau-Peigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. , pp.231, Proceedings of the 58th congress of the ISAE 2025</w:t>
+              <w:t xml:space="preserve">SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05213448v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05417606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of maternal low sucrose intake on offspring behavioral and neurochemical trajectories in mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Angélique Favreau-Peigné</w:t>
+                <w:t xml:space="preserve">ManyPigs: Establishing a global community for pig behaviour and welfare researchers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yun Chou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Coutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Goursot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. , pp.409, 2025, Proceedings of the 58th congress of the ISAE 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05417606v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of regular access to an outdoor paddock for the health and performance of finishing pigs raised in a conventional farm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Lion</w:t>
+                <w:t xml:space="preserve">Identification and classification of pig vocalisations in the context of tail-biting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Guiraud</w:t>
+                <w:t xml:space="preserve">Océane Amichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Gavaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Haurogné</w:t>
+                <w:t xml:space="preserve">Johan Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Touanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd CIVVet Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Nantes, France</w:t>
+              <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. , pp.231, Proceedings of the 58th congress of the ISAE 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05044997v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l’acceptabilité de l’immunocastration des porcs par les consommateurs français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hemonic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56. Journées de la Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Saint Malo, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ifip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Animal science proccedings, 15 (4), pp.317-318 | 296-297, 2024, 56èmes Journées de la recherche porcine. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2024.06.253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to take welfare into account in a multi-criteria assessment of new breeding practices or systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on the Welfare Assessment of Animals at Farm Level (WALF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Florence, Italy. Wageningen Academic Publishers, Book of Abstracts, 33, pp.51, 2024, Book of Abstracts of the 9th International Conference on the Welfare Assessment of Animals at Farm Level (WAFL)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the effects of temporary outdoor access during the fattening phase on pig welfare, health and performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Jahoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Gavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Lieubeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UFAW International Animal Welfare Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chasteberry (Vitex agnus castus) as an alternative to synthetic progestogens? Composition of the fruits and effects on male and female pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Liere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Lainé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Vanbauce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. European Symposium on Animal Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04128343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on diminuer les comportements sexuels des porcs mâles non-castrés par l’ajout de poudre de fruits du gattilier (Vitex agnus castus) dans l’aliment ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Vanbauce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55. Journées de la Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Saint-Malo, France. , Animal science proceedings, 14 (5), pp.85-86 | 666, 2023, 55èmes Journées de la recherche porcine. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2023.06.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03980016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attentes des citoyens en matière d’accès à l’extérieur pour les animaux d’élevage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Providing outdoor access to pigs: What are the profiles of farmers working in those systems?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Journées de la Recherche Porcine (JRP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.559, 2023, Book of abstracts of the 74st annual meeting of the european federation of animal science</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04179354v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Providing outdoor access to pigs: What are the profiles of farmers working in those systems?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Attentes des citoyens en matière d’accès à l’extérieur pour les animaux d’élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique van Tilbeurgh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">55. Journées de la Recherche Porcine (JRP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Saint-Malo, France. , Animal science proceedings, 14 (5), pp.35-36 | 660, 2023, 55èmes Journées de la recherche porcine. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2023.06.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04207121v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04179354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pig farmers' and citizens' opinions on outdoor access for livestock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.560, 2023, Book of abstracts of the 74st annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04207141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of pigs vocalisations structure to assess the quality of human-pig relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UFAW International conference: Advancing animal welfare science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Edimbourg, United Kingdom. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03753598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprivoiser les porcelets pour compenser les effets négatifs d'une mauvaise relation humain‐animal (RHA) des truies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Špinka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Poitiers, France. pp.76, Résumés des crédits incitatifs - JAS 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03745673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piglets’ reaction to human after weaning is linked to the response of their sow to the same human during gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Špinka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UFAW International conference: Advancing animal welfare science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Edimburg, United Kingdom. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03753596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of different protocols of pain relief during piglet castration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Touzot-Jourde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on the Assessment of Animal Welfare at Farm and Group level</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Cork (Online), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03581951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un outil d'évaluation de la relation homme-animal pour la formation des éleveurs et futurs éleveurs de porcs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Delion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, En ligne, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ifip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Journées de la Recherche Porcine, 53, pp.107-108, 2021, 53èmes Journées de la Recherche Porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03214955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a social motivation test to assess piglets’ affective state following surgical castration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Coutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Malmkvist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mette Herskin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54. Congress of the ISAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Online, France. , pp.250, Proceedings of the 54th Congress of the ISAE. Developing animal behaviourand welfare: real solutions for real problems</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03578082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are human voices used by pigs (Sus scrofa domestica) when developing their relationship with humans?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Comprendre la perception de la voix humaine par les porcs pour proposer des pratiques favorisant la création d'une relation positive en élevage entre les porcs domestiques et les humains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53. Congress of the International Society for Applied Ethology (ISAE)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Proceedings of the 53rd congress of the ISAE. Animal lives worth living</w:t>
+              <w:t xml:space="preserve">Défis scientifiques Phase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Rennes, France. 2019, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02267856v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocal expression of emotions in pigs during anticipation of positive social contexts: Impact of human animal relationship</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Are human voices used by pigs (Sus scrofa domestica) when developing their relationship with humans?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Tigeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Bioacoustics Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Brighton, United Kingdom. pp.112, 2019, IBAC 2019. Abstract booklet</w:t>
+              <w:t xml:space="preserve">53. Congress of the International Society for Applied Ethology (ISAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Bergen, Norway. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Proceedings of the 53rd congress of the ISAE. Animal lives worth living</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02375156v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocal expression of emotional valence in pigs across multiple call types and contexts</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vocal expression of emotions in pigs during anticipation of positive social contexts: Impact of human animal relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avelyne Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azélie Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Workshop on Vocal interactivity in-and-between Humans, Animals and Robots</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Proceedings of the 2nd International Workshop on Vocal Interactivity in-and-between Humans, Animals and Robots</w:t>
+              <w:t xml:space="preserve">International Bioacoustics Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brighton, United Kingdom. pp.112, 2019, IBAC 2019. Abstract booklet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02500410v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat exposure of pregnant sows modulates behaviour and corticotrope axis responsiveness of their offspring after weaning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Renaudeau</w:t>
+                <w:t xml:space="preserve">Vocal expression of emotional valence in pigs across multiple call types and contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Briefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Linhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Policht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisette M C Leliveld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Düpjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53. Congress of the International Society for Applied Ethology (ISAE)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Proceedings of the 53rd congress of the ISAE. Animal lives worth living</w:t>
+              <w:t xml:space="preserve">2nd Workshop on Vocal interactivity in-and-between Humans, Animals and Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Londres, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricard Marxer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Proceedings of the 2nd International Workshop on Vocal Interactivity in-and-between Humans, Animals and Robots</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02267854v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la perception de la voix humaine par les porcs pour proposer des pratiques favorisant la création d'une relation positive en élevage entre les porcs domestiques et les humains</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Heat exposure of pregnant sows modulates behaviour and corticotrope axis responsiveness of their offspring after weaning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Constancis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Resmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aira Maye Serviento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Renaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Défis scientifiques Phase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Rennes, France. 2019, Recueil des résumés</w:t>
+              <w:t xml:space="preserve">53. Congress of the International Society for Applied Ethology (ISAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Bergen, Norway. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Proceedings of the 53rd congress of the ISAE. Animal lives worth living</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02420451v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First validation of a prototype of multi-spectral camera to quantify skin lesions in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J M Delouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Früh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Gand, Belgium. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 25, 2019, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet PPILOW : des innovations pour améliorer le bien-être des porcs et volailles en élevage et expérimentation en systèmes de production plein air et biologiques à bas intrants (2019-2024)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Guettier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Défis scientifiques Phase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. pp.83, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03502878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission sociale du comportement d'approche de l'homme chez le porc (Sus scrofa domesticus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Leribillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48. Colloque de la Société Française pour l'Étude du Comportement Animal (Sfeca)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Rennes, France. 2018, 48ème colloque de la société française pour l'étude du comportement animal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an automated assessment of pig behaviors on farm</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">L'intelligence du cochon ou comment explorer les compétences cognitives du porc grâce aux approches de l'éthologie et de l'imagerie cérébrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 24, 2018, Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">31. Congrès de l'association des neurologues libéraux de langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Rennes, France. Neurologie libérale, Juillet-Août-Septembre, 2018, Neurologie libérale</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01870571v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PigWatch – combining the eye of the stockman and precision farming techniques to improve pig welfare</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId450" w:history="1">
+                <w:t xml:space="preserve">Towards an automated assessment of pig behaviors on farm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Labyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lagarrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sakri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52. International Congress of International Society for Applied Ethology (ISAE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Charlottetown, Canada. Wageningen Academic Publishers, 2018, Proceedings of the 52nd Congress of the International Society for Applied Ethology. Ethology for health and welfare</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 24, 2018, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01888289v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'intelligence du cochon ou comment explorer les compétences cognitives du porc grâce aux approches de l'éthologie et de l'imagerie cérébrale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">PigWatch – combining the eye of the stockman and precision farming techniques to improve pig welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Zebunke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Labyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. Congrès de l'association des neurologues libéraux de langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Rennes, France. Neurologie libérale, Juillet-Août-Septembre, 2018, Neurologie libérale</w:t>
+              <w:t xml:space="preserve">52. International Congress of International Society for Applied Ethology (ISAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Charlottetown, Canada. Wageningen Academic Publishers, 2018, Proceedings of the 52nd Congress of the International Society for Applied Ethology. Ethology for health and welfare</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894845v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une détection automatisée des comportements délétères des porcs en élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lagarrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France. , 2018, Journées d’animation scientifiques du département Phase - Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PigWatch: early automated detection of tail biting and aggression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Spoolder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Zebunke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Labyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 24, 2018, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01904403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences douloureuses de la caudectomie chez les porcelets domestiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Herlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48. Colloque de la Société Française pour l'Étude du Comportement Animal (Sfeca)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Rennes, France. 2018, 48ème colloque de la société française pour l'étude du comportement animal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ERA-Net ANIHWA project SOUNDWEL: determining vocal correlates of emotions in domestic pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Padilla de La Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew M Janczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janicke Nordgreen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVI International Bioacoustics Council meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Haridwar, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la coupe de queue sur le comportement des porcelets allaités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Herlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 2016, 48èmes Journées de la Recherche Porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La voix humaine : une méthode pour apprivoiser les porcs in utero ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hauseberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête sur les pratiques de communication des éleveurs de porcs avec leurs animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 2016, Journées de la Recherche Porcine en France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01279747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do piglets (Sus scrofa domestica) use human visual and/or vocal signals to find hidden feeding reward?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50. Meeting of the International Society for Applied Ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Edinburgh, United Kingdom. Wageningen Academic Publishers, 2016, Proceedings of the 50th Congress of the International Society for Applied Ethology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'une méthode d'apprivoisement des groupes de porcs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Tigeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Leribillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un système innovant pour le logement des truies parturientes et allaitantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of prenatal experience with human voice on the neonatal behavioural reaction to human voices with different emotion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Is the maternal behaviour conditioned by emotional reactivity in Yucatan sows ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Jansens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Houdelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th Congress of the International Society for Applied Ethology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-797-4⟩</w:t>
+              <w:t xml:space="preserve">6. International Conference on the Assessment of Animal Welfare at Farm and Group Level (WAFL 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Clermont-Ferrand, France. Wageningen Academic Publishers, 2014, Proceedings of the 6th International Conference on the Assessment of Animal Welfare at the Farm and Group Level. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-798-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740724v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the maternal behaviour conditioned by emotional reactivity in Yucatan sows ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Influence of prenatal experience with human voice on the neonatal behavioural reaction to human voices with different emotion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rakotomahandry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Conference on the Assessment of Animal Welfare at Farm and Group Level (WAFL 2014)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-798-1⟩</w:t>
+              <w:t xml:space="preserve">48th Congress of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vitoria-Gasteiz, Spain. Wageningen Academic Publishers, 2014, Proceedings of 48th Congress of the International Society for Applied Ethology - Moving On. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-797-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740649v1</w:t>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do pigs vocally communicate: a graded or continuous system ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Linhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Spinka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Florianopolis, Brazil. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.86, 2013, Proceedings of the 47th Congress of the (ISAE) : Understanding behaviour to improve livelihood</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement et utilisation d'un outil de description des pratiques humaines et des réactions des animaux lors de manipulations en élevage de porc</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Emotional valence : Is it reflected in call types and in acoustic properties of piglet vocalizations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Spinka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Linhart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. Journées de la Recherche Porcine</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Journées de la Recherche Porcine en France, 45, pp.73-74, 2013, Journées de la Recherche Porcine en France</w:t>
+              <w:t xml:space="preserve">Joint meeting of the 33rd International Ethological Conference (IEC) &amp; the Association for the Study of Animal Behaviour (ASAB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Newcastle, United Kingdom. 2013, Behaviour 2013 : Abstract book</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210373v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional valence : Is it reflected in call types and in acoustic properties of piglet vocalizations?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Développement et utilisation d'un outil de description des pratiques humaines et des réactions des animaux lors de manipulations en élevage de porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pavel Linhart</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint meeting of the 33rd International Ethological Conference (IEC) &amp; the Association for the Study of Animal Behaviour (ASAB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Newcastle, United Kingdom. 2013, Behaviour 2013 : Abstract book</w:t>
+              <w:t xml:space="preserve">45. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IFIP - Institut du Porc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journées de la Recherche Porcine en France, 45, pp.73-74, 2013, Journées de la Recherche Porcine en France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210565v1</w:t>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de deux alternatives à la castration des porcs sur leur comportement en isolement et en présence d'un homme non familier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFIP - Institut du Porc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Journées de la Recherche Porcine en France, 45, pp.71-72, 2013, Journées de la Recherche Porcine en France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioural aspects of integration of young calves in dynamic groups fed with automatic milk feeding system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Ferro-Famil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Saint-Etienne, France. , pp.40, 2012, Le comportement animal : questions proximales et évolutives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'une méthode de mesure de la posture des porcs pour l'évaluation du bien-être</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mégnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fureix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Sénèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFIP - Institut du Porc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.185-186, 2011, 43èmes Journées de la Recherche Porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de l'enrichissement du milieu sur le développement sexuel et l'agressivité des porcs mâles entiers et castrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brillouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFIP - Institut du Porc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.187-188, 2011, 43èmes Journées de la Recherche Porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21099,1335 +21367,1410 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pig-human interactions: Creating a positive perception of humans to ensure pig welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Irene Camerlink; Emma M. Baxter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in pig welfare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Second edition, Elsevier, pp.409-428, 2024, 978-0-323-85676-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-85676-8.00007-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04255118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partie 3 : Travailler avec les porcs et les mini-porcs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Le Floc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michèle de Monte; Philippe Chambrier; Juliette Cognié. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuel d'expérimentation animale - La pratique (Tome 2) : Travailler avec les ruminants, les primates non humains, les porcs, les espèces aquacoles vertébrées, les céphalopodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp.341-442, 2024, 978-2-86906-919-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of pain in piglets subjected to invasive management procedures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dale Sandercock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Understanding the behaviour and improving the welfare of pigs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Burleigh Dodds Science Publishing, pp.281-314, 2021, 978-1-7867-644-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.19103/AS.2020.0081.08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02500399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fearfulness</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Consequences of the lactational environment on behavioural problems of pigs after weaning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Valros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Devillers</w:t>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Turner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pigs welfare in practice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The suckling and weaned piglet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.207-224, 2020, 978-90-8686-343-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-894-0_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02791717v1</w:t>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of the lactational environment on behavioural problems of pigs after weaning</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Fearfulness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Turner</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria José Hötzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devillers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The suckling and weaned piglet</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pigs welfare in practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5M Publishing, 2020, Animal Welfare in Practice, 978-1-7891-8-1050</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949543v1</w:t>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocalizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisette M C Leliveld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.F. Briefer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pigs welfare in practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5M Publishing, pp.56, 2020, Animal Welfare in Practice, 978-1-7891-8-1050</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02503320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Husbandry interventions in suckling piglets, painful consequences and mitigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.S. Herskin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.A. A Sandercock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R.L. R L Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The suckling and weaned piglet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.107-138, 2020, 978-90-8686-343-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-894-0_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pig - human interactions: Creating a positive perception of humans to ensure pig welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joop Lensink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marek Špinka. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in pig welfare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Woodhead Publishing Elsevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.381-398, 2017, Herd and Flock Welfare, 978-0-08-101012-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-08-101012-9.00008-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endocrine and behavioural responses of sows to human interactions and consequences on reproductive performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The gestating and lactating sow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wageningen Academic Publishers, 2015, 978-90-8686-253-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-803-2_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and behavioural characteristics and needs of pigs Sus scrofa domesticus</w:t>
-[...85 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">La relation humain-animal domestique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305819v1</w:t>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Physiological and behavioural characteristics and needs of pigs Sus scrofa domesticus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNR BEA autors' collective</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genevieve Aubin-Houzelstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delsart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, 45 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/the6-nd05⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques et besoins physiologiques et comportementaux du porc Sus scrofa domesticus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experts du CNR BEA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genevieve Aubin-Houzelstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, 47 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/1dx7-2n47⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22437,383 +22780,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piglets vocally express the anticipation of (pseudo)-social contexts in their grunts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Danglot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manipulable object and human contact: preferences and modulation of emotional states in weaned piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal expression of emotional valence in pigs across multiple call types and contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Briefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Linhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Policht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisette M C Leliveld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Düpjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22823,147 +23166,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts des sols pleins partiels ou totaux sur le bien-être et le comportement des porcs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genevieve Aubin-Houzelstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine P Parois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNR BEA. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05296394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22973,100 +23316,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes comportementaux d'établissement de l'affinité pour le soigneur : étude sur agneaux élevés en allaitement artificiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alimentation et Nutrition. Université Blaise Pascal - Clermont-Ferrand II; Université d'Auvergne - Clermont-Ferrand I, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2006CLF21640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00688759v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -23076,105 +23419,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les relations humain-porc domestique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zoologie des vertébrés. Université de Rennes 1, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02790777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId542"/>
+      <w:footerReference w:type="default" r:id="rId551"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -23321,51 +23664,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051412v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9272" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104838v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Calesse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Dumontier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2025.105203" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051425v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9245" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05444004v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Madouasse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.8324" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051419v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9268" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04865452v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Ahloy-Dallaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Chebahi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.7496" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634569v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Malmkvist" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Juul Pedersen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Lieubeau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Herv&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106325" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04582488v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Foreau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goumon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2024.04.009" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565725v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brajon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101138" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04071316v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gu&#233;rin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.260" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04320323v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lanthony" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Briard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek &#352;pinka" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2023.106080" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957506v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coutant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine J.A. Williams" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Kaiser" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2022.105813" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03784093v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bellec" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delion" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art25" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753574v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Danglot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2022.105683" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573467v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Resmond" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-06354-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609348v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Briefer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara C.-R. Sypherd" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Linhart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisette Leliveld" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Padilla de La Torre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-07174-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03601604v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Durand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largou&#235;t" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.4.5369" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347926v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2021.115034" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03030949v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.577433" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025185v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Hazard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-75378-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479995v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bensoussan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tigeot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.104965" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968221v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devillers" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270129v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Averos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dimitrov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Edwards" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hillmann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119001940" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410522v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rakotomahandry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Herlemont" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00462" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01897331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lemasson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.10.009" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01220634v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;gnin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Morisset" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Val-Laillet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2015.10.008" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397578v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hausberger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37238" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413518v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Cornil" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0164988" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211004v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva L Maru&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F Ratcliffe" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0038870" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816152v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chemin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211056v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Sulser" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211043v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laforest" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Bergeron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-015-0900-2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210826v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; H&#246;tzel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2014.11.009" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129853v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kardiatou Sy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2014.06.025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690507v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling-Eveillard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frotin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1zwe-fb33" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210431v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Policht" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Hammerschmidt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Sime&#269;ek" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071841" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210497v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Brillou&#235;t" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731113001596" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210474v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2013.06.003" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210405v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Paulmier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2013.03.001" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210498v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Illmann" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Spinka" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0083529" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210319v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa L'Hotellier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665824v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Maru&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0017354" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666393v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.03.012" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTZ7LT8L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655131v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ourliac" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656630v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20254" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLKZRNJ4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654980v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367877v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Giraud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20142" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655781v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653618v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677461v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.02.007" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680437v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Picard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. Porter" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669889v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Porter" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669403v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lensink" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673632v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495907v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Allyndr&#233;e" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Aub&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanaelle Bary" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123064v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200524v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couasnon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Touanel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Comte" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337093v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dessier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Suazo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barnet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213425v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Karoui" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105050v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223857v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337103v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Denis" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poissonnet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Thomas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05066975v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Amichaud" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213485v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Whalin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Webb" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808471v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05274090v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05274097v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777859v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Gavaud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lion" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogne" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guiraud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04908166v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnefous" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693825v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072509v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.006" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190182v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662019v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nalovic" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198015v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarkko Niemi" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Rocchi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuditta Meloni" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753620v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661993v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176744v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621544v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Filliat" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573089v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guerin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128847v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Re" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura van Vooren" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03706321v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753623v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661989v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578086v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mandel-Briefer" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara Sypherd" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Read" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609661v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03180006v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04562449v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Moreau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653802v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Padilla de La Torre" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629772v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Micheloni" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Jamart" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761026v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna V&#228;re" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parrott" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632430v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581948v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Barbier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ierry Bellec" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delion" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975353v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471265v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263867v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097194v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lagarrigues" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Sakri" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vidal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192514v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sinclair" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aub&#233;rie Renouard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Brunton" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B. d'Eath" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789226v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743681v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603976v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Sandercock" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798676v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744117v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pastorelli" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Calvar" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800284v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744345v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette S Herskin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Di Giaminiani" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-797-4" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797630v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748745v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Mihina" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210309v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ratcliffe" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R&#233;by" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210307v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Kratinov&#225;" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210372v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210306v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Menant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; H&#246;tzel" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748942v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409437v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744449v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01319058v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fureix" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409422v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409419v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chataignier" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Azais" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752046v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bonneau" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750838v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750970v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755598v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schmied" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Windschnurer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754005v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757915v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spinka Marek" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753742v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754077v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caroprese" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sevi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Annicchiarico" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zezza" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409351v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750960v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811589v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758560v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Liaigre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758960v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761597v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761079v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759589v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-04932054v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lion" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Godefroy" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bertrand" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213465v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Yun Chou" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Goursot" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213448v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417606v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Camonin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouin" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Favreau-Peign&#233;" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05044997v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogn&#233;" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04512620v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Leroux" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hemonic" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.journees-recherche-porcine.com/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.253" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05411307v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Herv&#233;" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05007087v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128343v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liere" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pianos" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Lain&#233;" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vanbauce" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03980016v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179354v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique van Tilbeurgh" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.010" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04207121v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04207141v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753598v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745673v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753596v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581951v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pol" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Touzot-Jourde" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214955v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellec" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delion" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578082v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Herskin" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267856v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.applied-ethology.org/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375156v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne Villain" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500410v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisette M C Leliveld" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#252;pjan" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vihar-2019.vihar.org/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267854v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Constancis" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aira Maye Serviento" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420451v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306156v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delattre" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Delouard" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fr&#252;h" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502878v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guettier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824186v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Leribillard" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Rault" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870571v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lagarrigues" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sakri" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888289v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Zebunke" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Godin" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894845v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737211v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Leroux" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904403v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Spoolder" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824185v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791060v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Janczak" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janicke Nordgreen" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourguet" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743449v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743163v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hauseberger" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279747v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Collin" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744121v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742950v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740938v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740724v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740649v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Jansens" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Houdelier" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-798-1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210406v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.applied-ethology.org/hres/ISAE%202013%209789086867790isae2013-e.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210373v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/index.htm" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210565v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210374v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Claude" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210305v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ferro-Famil" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748581v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/2011/be/PBE4.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745727v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/2011/be/PBE5.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04255118v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85676-8.00007-9" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628321v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500399v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2020.0081.08" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791717v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949543v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valros" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turner" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wageningenacademic.com/doi/book/10.3920/978-90-8686-894-0" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-894-0_8" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503320v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.F. Briefer" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949533v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Devillers" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Herskin" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. A Sandercock" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R.L. R L Sinclair" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-894-0_4" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787821v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joop Lensink" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/418583.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-101012-9.00008-3" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210734v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-803-2_12" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305819v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=CNR BEA autors' collective" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delsart" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/the6-nd05" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305796v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Experts du CNR BEA" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1dx7-2n47" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887963v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Danglot" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887968v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375173v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296394v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine P Parois" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00688759v2" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006CLF21640" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02790777v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05552580v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna R L Sinclair" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula J Brunton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard B D&#8217;eath" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale A Sandercock" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2026.106966" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05542690v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lion" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guiraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Gavaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogn&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-38461-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05444004v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Madouasse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.8324" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051425v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9245" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051412v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9272" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104838v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Calesse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Dumontier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2025.105203" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051419v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9268" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634569v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Malmkvist" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Juul Pedersen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Lieubeau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Herv&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106325" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04865452v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Ahloy-Dallaire" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Chebahi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.7496" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04582488v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Foreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goumon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2024.04.009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565725v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brajon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101138" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04320323v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lanthony" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Briard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek &#352;pinka" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2023.106080" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04071316v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gu&#233;rin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.260" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957506v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coutant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine J.A. Williams" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Kaiser" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2022.105813" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573467v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Resmond" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-06354-w" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03784093v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bellec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delion" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art25" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Danglot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2022.105683" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609348v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Briefer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara C.-R. Sypherd" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Linhart" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisette Leliveld" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Padilla de La Torre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-07174-8" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03601604v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Durand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largou&#235;t" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.4.5369" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347926v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2021.115034" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Hazard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-75378-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03030949v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.577433" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479995v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bensoussan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tigeot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.104965" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968221v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devillers" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4474" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270129v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Averos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dimitrov" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Edwards" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hillmann" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119001940" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410522v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rakotomahandry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Herlemont" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00462" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01897331v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lemasson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.10.009" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01220634v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;gnin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Morisset" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Val-Laillet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2015.10.008" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397578v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hausberger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37238" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413518v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Cornil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0164988" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211004v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva L Maru&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F Ratcliffe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0038870" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816152v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chemin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211056v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Sulser" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211043v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laforest" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Bergeron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-015-0900-2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210826v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; H&#246;tzel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2014.11.009" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129853v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kardiatou Sy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2014.06.025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690507v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling-Eveillard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frotin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1zwe-fb33" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210431v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Policht" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Hammerschmidt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Sime&#269;ek" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071841" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210497v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Brillou&#235;t" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731113001596" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210474v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2013.06.003" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210498v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Illmann" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Spinka" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0083529" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210405v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Paulmier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2013.03.001" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210319v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa L'Hotellier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665824v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Maru&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0017354" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666393v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.03.012" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTZ7LT8L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655131v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ourliac" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656630v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20254" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLKZRNJ4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654980v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655781v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367877v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Giraud" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20142" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653618v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677461v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.02.007" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680437v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Picard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. Porter" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669889v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Porter" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669403v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lensink" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673632v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495907v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Allyndr&#233;e" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Aub&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanaelle Bary" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123064v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200524v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couasnon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Touanel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Comte" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213425v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Karoui" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105050v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337093v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dessier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Suazo" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barnet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337103v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Denis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poissonnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Thomas" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223857v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05066975v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Amichaud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213485v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Whalin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Webb" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808471v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05274090v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777859v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lion" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05274097v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04908166v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnefous" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693825v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072509v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.006" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190182v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662019v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nalovic" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198015v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarkko Niemi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Rocchi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuditta Meloni" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176744v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753620v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661993v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621544v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Filliat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573089v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guerin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128847v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Re" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura van Vooren" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03706321v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753623v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661989v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03180006v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04562449v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Moreau" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578086v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mandel-Briefer" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara Sypherd" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Read" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609661v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653802v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Padilla de La Torre" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629772v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Micheloni" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Jamart" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761026v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna V&#228;re" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parrott" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632430v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581948v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Barbier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ierry Bellec" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delion" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975353v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471265v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263867v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097194v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lagarrigues" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Sakri" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vidal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192514v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sinclair" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aub&#233;rie Renouard" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Brunton" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B. d'Eath" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789226v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743681v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603976v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Sandercock" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798676v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744117v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pastorelli" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Calvar" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800284v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744345v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette S Herskin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Di Giaminiani" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-797-4" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797630v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748745v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Mihina" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210309v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ratcliffe" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R&#233;by" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210307v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Kratinov&#225;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210372v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210306v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Menant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; H&#246;tzel" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409437v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748942v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744449v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01319058v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fureix" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409422v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409419v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chataignier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Azais" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752046v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bonneau" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750838v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750970v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755598v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schmied" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Windschnurer" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754005v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757915v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spinka Marek" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753742v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754077v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caroprese" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sevi" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Annicchiarico" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zezza" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409351v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750960v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811589v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758560v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Liaigre" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758960v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761597v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761079v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759589v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-04932054v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Godefroy" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bertrand" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05044997v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417606v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Camonin" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouin" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Favreau-Peign&#233;" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213465v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Yun Chou" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Goursot" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213448v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04512620v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Leroux" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hemonic" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.journees-recherche-porcine.com/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.253" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05411307v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Herv&#233;" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05007087v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128343v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liere" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pianos" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Lain&#233;" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vanbauce" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03980016v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04207121v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179354v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique van Tilbeurgh" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.010" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04207141v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753598v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745673v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753596v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581951v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pol" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Touzot-Jourde" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214955v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellec" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delion" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578082v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Herskin" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420451v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267856v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.applied-ethology.org/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375156v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne Villain" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500410v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisette M C Leliveld" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#252;pjan" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vihar-2019.vihar.org/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267854v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Constancis" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aira Maye Serviento" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306156v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delattre" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Delouard" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fr&#252;h" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502878v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guettier" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824186v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Leribillard" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Rault" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894845v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870571v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lagarrigues" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sakri" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888289v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Zebunke" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Godin" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737211v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Leroux" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904403v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Spoolder" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824185v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791060v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Janczak" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janicke Nordgreen" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourguet" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743449v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743163v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hauseberger" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279747v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Collin" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744121v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742950v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740938v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740649v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Jansens" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Houdelier" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-798-1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740724v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210406v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.applied-ethology.org/hres/ISAE%202013%209789086867790isae2013-e.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210565v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210373v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/index.htm" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210374v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Claude" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210305v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ferro-Famil" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748581v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/2011/be/PBE4.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745727v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/2011/be/PBE5.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04255118v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85676-8.00007-9" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628321v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500399v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2020.0081.08" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949543v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valros" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turner" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wageningenacademic.com/doi/book/10.3920/978-90-8686-894-0" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-894-0_8" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791717v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503320v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.F. Briefer" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949533v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Devillers" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Herskin" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. A Sandercock" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R.L. R L Sinclair" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-894-0_4" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787821v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joop Lensink" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/418583.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-101012-9.00008-3" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210734v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-803-2_12" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546228v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305819v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=CNR BEA autors' collective" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delsart" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/the6-nd05" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305796v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Experts du CNR BEA" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1dx7-2n47" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887963v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Danglot" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887968v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375173v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296394v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine P Parois" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00688759v2" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006CLF21640" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02790777v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>