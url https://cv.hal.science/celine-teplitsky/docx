--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Celine Teplitsky </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in phenology mediate vertebrate population responses to temperature globally</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Radchuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carys V Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Mclean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 17, pp.479. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-68172-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05479090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-Specific Phenology and Reproductive Success Senescence Vary with Environmental Age in a Wild Bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Franceschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 205 (1), pp.76-89. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/733182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioral DiverCity: individual differences in behavior change along an urbanization gradient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan J. Thompson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Villemereuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracy Burkhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 36 (4), pp.araf035. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/beheco/araf035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenological plasticity and its temperature‐related drivers in common songbirds across Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert A Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Arizaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Fiedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (11), pp.e70600. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.70600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05367460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protocalliphora larvae: moderate but lasting carry-over effects on yearling and mother coloration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian N Tchana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Fargevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Sandmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María del Rey-Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 36 (4), pp.araf044. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/beheco/araf044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05141451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidimensional plasticity of phenology: assessing the effects of population density on plastic responses of breeding time to temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaishnavi Purushotham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Matthysen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (6), pp.e10959. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/oik.10959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divergence in evolutionary potential of life history traits among wild populations is predicted by differences in climatic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Delahaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Matthysen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.29-42. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How interacting anthropogenic pressures alter the plasticity of breeding time in two common songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dehorter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre‐yves Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 93 (7), pp.918-931. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.14113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent integration of ornamentation, personality, morphology, and life history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David López-Idiáquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Fargevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Rey Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mercier Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (1), pp.arad085. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/beheco/arad085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary adaptation to climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allan Edelsparre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Fitzpatrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjo Saastamoinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When and how can we predict adaptive responses to climate change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark C Urban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janne Swaegers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robby Stoks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda R Snook</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah P Otto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.172-187. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual life histories: neither slow nor fast, just diverse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanie van de Walle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanie Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 290 (2002), pp.20230511. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2023.0511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-evolutionary response of spring migration timing in a wild seabird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Moiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgen Haest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bouwhuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.8-17. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal correlations among demographic parameters are ubiquitous but highly variable across species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martijn van de Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nigel Yoccoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (7), pp.1640-1654. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.14026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity drives phenological changes in a Mediterranean blue tit population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Biquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Villemereuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Franceschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35 (2), pp.347 - 359. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.13950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03785895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term decrease in coloration: a consequence of climate change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David López-Idiáquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Fargevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Rey Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 200 (1), pp.32-47. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/719655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences in the temporal scale of reproductive investment across the slow‐fast continuum in a passerine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha C Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Réale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan R Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alastair J Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Doutrelant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (5), pp.1139-1151. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying fixed individual heterogeneity in demographic parameters: Performance of correlated random effects for Bernoulli variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jenouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martijn van de Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (1), pp.91-104. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13728⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic variance in fitness indicates rapid contemporary adaptive evolution in wild animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael B Morrissey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Villemereuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan C Alberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Arcese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 376 (6596), pp.1012-1016. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.abk0853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03785807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connecting the data landscape of long‐term ecological studies: the SPI‐Birds data hub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antica Culina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liam Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Burgess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 90 (9), pp.2147-2160. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.13388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal board invited review: OneARK: Strengthening the links between animal production science and animal ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Destoumieux-Garzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Criscuolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (1), pp.100053. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2020.100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100927v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les mécanismes d’adaptation aux dérèglements climatiques, un vrai défi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, en ligne, https://theconversation.com/comprendre-les-mecanismes-dadaptation-aux-dereglements-climatiques-un-vrai-defi-137138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silver-spoon upbringing improves early-life fitness but promotes reproductive ageing in a wild bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foteini Spagopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin I Lind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (6), pp.994-1002. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age‐dependent phenological plasticity in a wild bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Réale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 89 (11), pp.2733-2741. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.13337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Social Dynamics of Breeding Phenology: Indirect Genetic Effects and Assortative Mating in a Long-Distance Migrant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Moiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yimen G Araya-Ajoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bouwhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.000-000. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/711045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness of linear mixed‐effects models to violations of distributional assumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Schielzeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels J Dingemanse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David F Westneat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Allegue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (9), pp.1141-1152. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.13434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive responses of animals to climate change are most likely insufficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Radchuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Reed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martijn van de Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), pp.3109. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-019-10924-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity in response to climate change: the importance of cue variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 374 (1768), pp.20180178. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2018.0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the effects of spring anomalies in climate and net primary production on body size of temperate songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Le Viol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ghislain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (8), pp.1319-1330. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ecog.03413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Response to Selection in the Wild</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Danchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Facon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (5), pp.337-346. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2018.02.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Into the wild-WAMBAM goes to Canada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Morrissey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria João Janeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Sparks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen W White</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Pigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (5), pp.1098-1102. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.14510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fixism and conservation science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (4), pp.781-788. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cobi.12876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does habitat specialization shape the evolutionary potential of wild bird populations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Martinossi-Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ducatez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Le Viol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Avian Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (8), pp.1158 - 1165. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jav.01011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related variation and temporal patterns in the survival of a long-lived scavenger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Pavard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Descaves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 125 (2), pp.167-178. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/oik.02216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-02282905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions for archiving data in long-term studies: a reply to whitlock et al.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter H Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.85-87. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2015.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01298701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics of the Aging of Reproductive Traits in the Houbara Bustard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hingrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (7), pp.e0133140. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0133140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archiving Primary Data: Solutions for Long-Term Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter. Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (10), pp.581-589. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.TREE.2015.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actuarial senescence can increase the risk of extinction of mammal populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Pavard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (1), pp.116 - 124. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/14-0221.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-02282897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can sexual selection theory inform genetic management of captive populations? A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chargé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Low</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7 (9), pp.1120-1133. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01318883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does recognized genetic management in supportive breeding prevent genetic changes in life-history traits?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chargé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Saint Jalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lesobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hingrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7 (5), pp.521-532. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01318871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative genetics of sexual display, ejaculate quality and size in a lekking species.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chargé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hingrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Saint-Jalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 82 (2), pp.399-407. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.12023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fewer invited talks by women in evolutionary biology symposia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Schroeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. L. Dugdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Radersma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hinsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. M. Buehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26, pp.2063-2069. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.12198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape behaviour and ultimate causes of specific induced defences in an anuran tadpole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolution and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18, pp.180-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00340214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costs and limits of dosage response to predation risk: to what extent can tadpoles invest in anti-predator morphology?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 145, pp.364-370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00152729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape behaviour and ultimate causes of specific induced defences in an anuran tadpole.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 18, pp.180-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00152725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical responses to the presence of multiple predators in tadpoles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 85, pp.2888-2894</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00152723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science at Risk: The Urgent Need for Institutional Support of Long-Term Ecological and Evolutionary Research in an Era of Data Manipulation and Disinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent A. Viblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Huchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Ormeño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity in response to climate change: the importance of cue variation - DATA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary consequences of climate change in birds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effects of Climate Change on Birds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.134-146, 2019, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oso/9780198824268.003.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie prédictive & changement planétaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Austerlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Calba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiébault; Stéphanie and Hadi; Halima. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective de l'Institut écologie &amp; environnement du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, hors s\'{e}rie, Institut écologie &amp; environnement du CNRS, pp.9-44, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The variation of genetic architecture of great tits at European scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar of the department of Evolutionary biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Zürich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary potential in the wild: Role and stability of the G matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maja Tarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Pape Møller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Congress of the European Society for Evolutionary Biology (ESEB 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary potential in the wild: Role and stability of the G-matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maja Tarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Pape Møller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE-BES joint meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actuarial senescence increases the risk of extinction of mammal population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pavard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Congress of the European Society for Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of senescence on population dynamics of Griffon Vulture: A reintroduction case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. International Congress for Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The variation of genetic architecture at macro-evolutionary scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Congress of the European Society for Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Gröningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId248"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Celine Teplitsky </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in phenology mediate vertebrate population responses to temperature globally</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Radchuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carys V Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Mclean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 17, pp.479. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-68172-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05479090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioral DiverCity: individual differences in behavior change along an urbanization gradient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan J. Thompson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Villemereuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracy Burkhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 36 (4), pp.araf035. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/beheco/araf035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-Specific Phenology and Reproductive Success Senescence Vary with Environmental Age in a Wild Bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Franceschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 205 (1), pp.76-89. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/733182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protocalliphora larvae: moderate but lasting carry-over effects on yearling and mother coloration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian N Tchana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Fargevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Sandmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María del Rey-Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 36 (4), pp.araf044. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/beheco/araf044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05141451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidimensional plasticity of phenology: assessing the effects of population density on plastic responses of breeding time to temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaishnavi Purushotham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Matthysen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (6), pp.e10959. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/oik.10959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenological plasticity and its temperature‐related drivers in common songbirds across Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert A Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Arizaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Fiedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (11), pp.e70600. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.70600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05367460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary adaptation to climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allan Edelsparre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Fitzpatrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjo Saastamoinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When and how can we predict adaptive responses to climate change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark C Urban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janne Swaegers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robby Stoks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda R Snook</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah P Otto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.172-187. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divergence in evolutionary potential of life history traits among wild populations is predicted by differences in climatic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Delahaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Matthysen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.29-42. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How interacting anthropogenic pressures alter the plasticity of breeding time in two common songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dehorter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre‐yves Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 93 (7), pp.918-931. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.14113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent integration of ornamentation, personality, morphology, and life history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David López-Idiáquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Fargevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Rey Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mercier Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (1), pp.arad085. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/beheco/arad085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual life histories: neither slow nor fast, just diverse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanie van de Walle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanie Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 290 (2002), pp.20230511. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2023.0511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-evolutionary response of spring migration timing in a wild seabird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Moiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgen Haest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bouwhuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.8-17. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/evlett/qrad014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic variance in fitness indicates rapid contemporary adaptive evolution in wild animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael B Morrissey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Villemereuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan C Alberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Arcese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 376 (6596), pp.1012-1016. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.abk0853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03785807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal correlations among demographic parameters are ubiquitous but highly variable across species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martijn van de Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nigel Yoccoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (7), pp.1640-1654. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.14026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity drives phenological changes in a Mediterranean blue tit population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Biquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Villemereuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Franceschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35 (2), pp.347 - 359. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.13950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03785895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences in the temporal scale of reproductive investment across the slow‐fast continuum in a passerine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha C Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Réale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan R Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alastair J Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Doutrelant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (5), pp.1139-1151. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term decrease in coloration: a consequence of climate change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David López-Idiáquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Fargevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Rey Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 200 (1), pp.32-47. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/719655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying fixed individual heterogeneity in demographic parameters: Performance of correlated random effects for Bernoulli variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jenouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martijn van de Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (1), pp.91-104. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13728⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal board invited review: OneARK: Strengthening the links between animal production science and animal ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Destoumieux-Garzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Criscuolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (1), pp.100053. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2020.100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100927v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connecting the data landscape of long‐term ecological studies: the SPI‐Birds data hub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antica Culina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liam Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Burgess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 90 (9), pp.2147-2160. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.13388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les mécanismes d’adaptation aux dérèglements climatiques, un vrai défi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, en ligne, https://theconversation.com/comprendre-les-mecanismes-dadaptation-aux-dereglements-climatiques-un-vrai-defi-137138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silver-spoon upbringing improves early-life fitness but promotes reproductive ageing in a wild bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foteini Spagopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin I Lind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (6), pp.994-1002. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age‐dependent phenological plasticity in a wild bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Réale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 89 (11), pp.2733-2741. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.13337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Social Dynamics of Breeding Phenology: Indirect Genetic Effects and Assortative Mating in a Long-Distance Migrant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Moiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yimen G Araya-Ajoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bouwhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.000-000. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/711045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness of linear mixed‐effects models to violations of distributional assumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Schielzeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels J Dingemanse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David F Westneat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Allegue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (9), pp.1141-1152. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.13434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity in response to climate change: the importance of cue variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 374 (1768), pp.20180178. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2018.0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive responses of animals to climate change are most likely insufficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Radchuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Reed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martijn van de Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), pp.3109. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-019-10924-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the effects of spring anomalies in climate and net primary production on body size of temperate songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Le Viol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ghislain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (8), pp.1319-1330. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ecog.03413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Response to Selection in the Wild</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Danchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Facon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (5), pp.337-346. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2018.02.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Into the wild-WAMBAM goes to Canada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Morrissey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria João Janeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Sparks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen W White</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Pigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (5), pp.1098-1102. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.14510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fixism and conservation science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (4), pp.781-788. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cobi.12876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does habitat specialization shape the evolutionary potential of wild bird populations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Martinossi-Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ducatez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Le Viol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Avian Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (8), pp.1158 - 1165. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jav.01011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related variation and temporal patterns in the survival of a long-lived scavenger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Pavard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Descaves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 125 (2), pp.167-178. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/oik.02216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-02282905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions for archiving data in long-term studies: a reply to whitlock et al.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter H Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.85-87. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2015.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01298701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archiving Primary Data: Solutions for Long-Term Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter. Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (10), pp.581-589. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.TREE.2015.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actuarial senescence can increase the risk of extinction of mammal populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Pavard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (1), pp.116 - 124. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/14-0221.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-02282897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics of the Aging of Reproductive Traits in the Houbara Bustard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hingrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (7), pp.e0133140. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0133140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can sexual selection theory inform genetic management of captive populations? A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chargé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Low</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7 (9), pp.1120-1133. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01318883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does recognized genetic management in supportive breeding prevent genetic changes in life-history traits?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chargé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Saint Jalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lesobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hingrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7 (5), pp.521-532. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01318871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fewer invited talks by women in evolutionary biology symposia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Schroeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. L. Dugdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Radersma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hinsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. M. Buehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26, pp.2063-2069. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.12198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative genetics of sexual display, ejaculate quality and size in a lekking species.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chargé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hingrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Saint-Jalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 82 (2), pp.399-407. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.12023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costs and limits of dosage response to predation risk: to what extent can tadpoles invest in anti-predator morphology?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 145, pp.364-370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00152729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape behaviour and ultimate causes of specific induced defences in an anuran tadpole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolution and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18, pp.180-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00340214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape behaviour and ultimate causes of specific induced defences in an anuran tadpole.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 18, pp.180-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00152725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical responses to the presence of multiple predators in tadpoles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Téplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 85, pp.2888-2894</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00152723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science at Risk: The Urgent Need for Institutional Support of Long-Term Ecological and Evolutionary Research in an Era of Data Manipulation and Disinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent A. Viblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Huchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Ormeño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity in response to climate change: the importance of cue variation - DATA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Bonamour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Miguel Chevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary consequences of climate change in birds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effects of Climate Change on Birds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.134-146, 2019, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oso/9780198824268.003.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie prédictive & changement planétaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Austerlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Calba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiébault; Stéphanie and Hadi; Halima. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective de l'Institut écologie &amp; environnement du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, hors s\'{e}rie, Institut écologie &amp; environnement du CNRS, pp.9-44, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The variation of genetic architecture of great tits at European scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar of the department of Evolutionary biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Zürich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary potential in the wild: Role and stability of the G matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charmantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maja Tarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Pape Møller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Congress of the European Society for Evolutionary Biology (ESEB 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary potential in the wild: Role and stability of the G-matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maja Tarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Pape Møller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE-BES joint meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actuarial senescence increases the risk of extinction of mammal population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pavard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Congress of the European Society for Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of senescence on population dynamics of Griffon Vulture: A reintroduction case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. International Congress for Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The variation of genetic architecture at macro-evolutionary scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chantepie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Teplitsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Congress of the European Society for Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Gröningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId248"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479090v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Radchuk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carys V Jones" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Mclean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charmantier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Teplitsky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-68172-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379622v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bonamour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Miguel Chevin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Franceschi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/733182" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05346652v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gervais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan J. Thompson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Villemereuil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Burkhard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/araf035" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367460v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cuchot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Bonnet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A Robinson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arizaga" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Fiedler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70600" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141451v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian N Tchana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fargevieille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sandmeyer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a del Rey-Granado" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gr&#233;goire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/araf044" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345181v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaishnavi Purushotham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Teplitsky" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Matthysen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10959" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548215v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chantepie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Delahaie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Adriaensen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad067" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635152v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehorter" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Henry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.14113" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250562v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L&#243;pez-Idi&#225;quez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Rey Granado" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Mercier Gauthier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arad085" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765370v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Edelsparre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fitzpatrick" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjo Saastamoinen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad070" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320753v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark C Urban" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janne Swaegers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robby Stoks" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda R Snook" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P Otto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad038" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04152725v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanie van de Walle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanie Pelletier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hamel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.0511" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248730v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Moiron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgen Haest" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bouwhuis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681629v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van de Pol" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Yoccoz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14026" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785895v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Biquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13950" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868397v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/719655" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814182v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha C Patrick" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis R&#233;ale" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan R Potts" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair J Wilson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doutrelant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13982" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03452977v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Authier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jenouvrier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13728" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785807v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael B Morrissey" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan C Alberts" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Arcese" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abk0853" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035065v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antica Culina" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Bailey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Burgess" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13388" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03100927v4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Destoumieux-Garzon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Criscuolo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2020.100053" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04895191v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054446v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foteini Spagopoulou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin I Lind" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Gustafsson" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13501" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998152v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13337" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965692v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimen G Araya-Ajoy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/711045" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055227v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Schielzeth" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels J Dingemanse" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Nakagawa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David F Westneat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Allegue" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.13434" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02290363v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Reed" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10924-4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326802v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2018.0178" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02308480v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Viol" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ghislain" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.03413" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161757v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pujol" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Facon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2018.02.007" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374588v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morrissey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Janeiro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Sparks" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen W White" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pigeon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14510" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01480250v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Veron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12876" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01611788v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martinossi-Allibert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducatez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Le Viol" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Teplitsky" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jav.01011" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02282905v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pavard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Descaves" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.02216" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H725DHG6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298701v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Mills" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arroyo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H Becker" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2015.12.004" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01231392v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Sorci" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hingrat" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133140" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349353v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mills" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter. Becker" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.TREE.2015.07.006" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02282897v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/14-0221.1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01318883v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Charg&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Low" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12229" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01318871v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saint Jalme" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lesobre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12150" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801170v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saint-Jalme" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacroix" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12023" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110796v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schroeder" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L. Dugdale" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Radersma" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hinsch" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Buehler" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12198" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00340214v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. T&#233;plitsky" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pl&#233;net" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul L&#233;na" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mermet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00152729v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00152725v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00152723v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137194v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A. Viblanc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Huchard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Orme&#241;o" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899075v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367372v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198824268.003.0011" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911607v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Austerlitz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Calba" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821939v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lavergne" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821938v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Tarka" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Pape M&#248;ller" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821933v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821906v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821900v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821893v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479090v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Radchuk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carys V Jones" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Mclean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charmantier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Teplitsky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-68172-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05346652v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gervais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan J. Thompson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Villemereuil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Burkhard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/araf035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379622v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bonamour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Miguel Chevin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Franceschi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/733182" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141451v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian N Tchana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fargevieille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sandmeyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a del Rey-Granado" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gr&#233;goire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/araf044" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345181v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaishnavi Purushotham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cuchot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Teplitsky" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Matthysen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10959" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367460v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Bonnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A Robinson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arizaga" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Fiedler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70600" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765370v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Edelsparre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fitzpatrick" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjo Saastamoinen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad070" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320753v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark C Urban" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janne Swaegers" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robby Stoks" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda R Snook" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P Otto" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad038" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548215v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chantepie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Delahaie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Adriaensen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad067" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635152v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehorter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Henry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.14113" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250562v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L&#243;pez-Idi&#225;quez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Rey Granado" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Mercier Gauthier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arad085" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04152725v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanie van de Walle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanie Pelletier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hamel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.0511" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248730v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Moiron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgen Haest" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bouwhuis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785807v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael B Morrissey" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan C Alberts" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Arcese" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abk0853" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681629v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van de Pol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Yoccoz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14026" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785895v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Biquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13950" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814182v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha C Patrick" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis R&#233;ale" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan R Potts" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair J Wilson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doutrelant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13982" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868397v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/719655" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03452977v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Authier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jenouvrier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13728" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03100927v4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Destoumieux-Garzon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Criscuolo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2020.100053" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035065v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antica Culina" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Bailey" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Burgess" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13388" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04895191v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054446v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foteini Spagopoulou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin I Lind" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Gustafsson" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13501" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998152v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13337" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965692v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimen G Araya-Ajoy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/711045" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055227v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Schielzeth" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels J Dingemanse" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Nakagawa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David F Westneat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Allegue" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.13434" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326802v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2018.0178" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02290363v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Reed" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10924-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02308480v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Viol" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ghislain" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.03413" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161757v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pujol" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Facon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2018.02.007" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374588v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morrissey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Janeiro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Sparks" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen W White" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pigeon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14510" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01480250v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Veron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12876" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01611788v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martinossi-Allibert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducatez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Le Viol" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Teplitsky" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jav.01011" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02282905v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pavard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Descaves" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.02216" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H725DHG6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298701v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Mills" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arroyo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H Becker" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2015.12.004" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349353v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mills" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter. Becker" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.TREE.2015.07.006" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02282897v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/14-0221.1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01231392v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Sorci" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hingrat" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133140" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01318883v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Charg&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Low" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12229" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01318871v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saint Jalme" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lesobre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12150" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110796v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schroeder" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L. Dugdale" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Radersma" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hinsch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Buehler" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12198" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801170v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saint-Jalme" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacroix" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00152729v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. T&#233;plitsky" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pl&#233;net" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00340214v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul L&#233;na" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mermet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00152725v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00152723v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137194v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A. Viblanc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Huchard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Orme&#241;o" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899075v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367372v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198824268.003.0011" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911607v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Austerlitz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Calba" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821939v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lavergne" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821938v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Tarka" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Pape M&#248;ller" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821933v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821906v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821900v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821893v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>