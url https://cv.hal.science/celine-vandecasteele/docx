--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -66,7949 +66,8083 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A comprehensive genome-wide scan for parent-of-origin expressed genes in the pig clarifies the conservation landscape of genomic imprinting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Fève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 58 (1), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-026-01031-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure-dependent degradation of milk oligosaccharides by newly isolated intestinal commensal bacterial strains from suckling piglets and rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Rumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sead Chadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Pepke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cláudia M. Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12866-025-04205-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666812v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gain and loss of gene function shaped the nickel hyperaccumulation trait in Noccaea caerulescens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célestine Belloeil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanesa Sanchez Garcia de la Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubén Contreras-Aguilera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hendrik Küpper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plcell/koaf281⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pig and quail CpG methylation datasets from short and long read sequencing technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Terzian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Lledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Sabban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (1), pp.556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-025-04769-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05039144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Low Mutation Rate and Atypical Mutation Spectrum in Prasinoderma coloniale : Insights From an Early Diverging Green Lineage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Mettrop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lipzen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Labécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (3), pp.evaf026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evaf026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changes in DNA methylation contribute to rapid adaptation in bacterial plant pathogen evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rekha Gopalan-Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Coissac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lopez-Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Pécrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (9), pp.e3002792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3002792⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720885v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of DNA methylation signatures through the lens of genomic imprinting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Jacomet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.1694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-52114-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative Genome Analysis of Enterococcus cecorum Reveals Intercontinental Spread of a Lineage of Clinical Poultry Isolates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Laurentie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chambellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MSphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (2), pp.e0049522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/msphere.00495-22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04004063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermospira aquatica gen. nov., sp. nov., a novel thermophilic spirochete isolated from a Tunisian hot spring, and description of the novel family Thermospiraceae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouhaier Ben Ali Gam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Thioye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Postec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bartoli-Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 73 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.005690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome Sequence of the Streptomyces Strain AgN23 Revealed Expansion and Acquisition of Gene Repertoires Potentially Involved in Biocontrol Activity and Rhizosphere Colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien D. Gayrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Veyssière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PhytoFrontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTOFR-11-22-0131-R⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04244412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The black honey bee genome: insights on specific structural elements and a first step towards pan-genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Marande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (1), pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2023.12.06.570386⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473386v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marinitoga aeolica sp. nov., a novel thermophilic anaerobic heterotroph isolated from a shallow hydrothermal field of Panarea Island in the Aeolian archipelago, Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Postec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Galès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Hélène Prime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roy E Price</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 73 (11), pp.006186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.006186⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impacts of Mycoplasma agalactiae restriction-modification systems on pan-epigenome dynamics and genome plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Contarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbial Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (5), pp.000829. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mgen.0.000829⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716470v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete Genome Sequence of Stenotrophomonas maltophilia 1800, a New Bacterial Strain with Potential for Bioremediation of Oil-Contaminated Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annela Semai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Plewniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Lledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenolah Annonay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mra.01116-21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Methanobacterium alkalithermotolerans sp. nov., a novel alkaliphilic and hydrogen-utilizing methanogen isolated from an alkaline geothermal spring (La Crouen, New Caledonia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nan Mei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Postec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Wils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 72 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.005554⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04114150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dyes Biodegradation in the Presence of Hexavalent Chromium by Streptomyces sp. KY75: a Novel Heavy Metal Resistant Strain Isolated in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Tighidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Plewniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalia Sayeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 233 (7), pp.285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11270-022-05756-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkalicella caledoniensis gen. nov., sp. nov., a novel alkaliphilic anaerobic bacterium isolated from ‘La Crouen’ alkaline thermal spring, New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Quéméneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Erauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Wils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 71 (5), pp.004810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03231234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convergent Rewiring of the Virulence Regulatory Network Promotes Adaptation of Ralstonia solanacearum on Resistant Tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rekha Gopalan-Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Landry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Barlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (5), pp.1792-1808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msaa320⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterisation of hydrocarbon degradation, biosurfactant production, and biofilm formation in Serratia sp. Tan611: a new strain isolated from industrially contaminated environment in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annela Semai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Plewniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Charrié-Duhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalia Sayeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 114 (4), pp.411-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10482-021-01527-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03218885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete Genome Sequences of Four Atrazine-Degrading Bacterial Strains, Pseudomonas sp. Strain ADPe, Arthrobacter sp. Strain TES, Variovorax sp. Strain 38R, and Chelatobacter sp. Strain SR38</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loren Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Devers-Lamrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Julia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (1), art. e01080-20 (3p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mra.01080-20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete Genome Sequence of Microbacterium sp. Strain Nx66, Isolated from Waters Contaminated with Petrochemicals in El Saf-Saf Valley, Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nardjess Chéraiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Plewniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Tighidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalia Sayeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (47), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MRA.01130-20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03257259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete Genome Sequence of the Type Strain Pectobacterium punjabense SS95, Isolated from a Potato Plant with Blackleg Symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sohaib Sarfraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Oulghazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Cigna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahbaz Talib Sahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kashif Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (32), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MRA.00420-20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02928171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diversity of Pectobacteriaceae Species in Potato Growing Regions in Northern Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Oulghazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohieddine Moumni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Khayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Robic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sohaib Sarfraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (6), pp.895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8060895⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02877933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hydrostatic Pressure Helps to Cultivate an Original Anaerobic Bacterium From the Atlantis Massif Subseafloor (IODP Expedition 357): Petrocella atlantisensis gen. nov. sp. nov.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Quéméneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Erauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore E Frouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Zeghal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.1497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01497⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The sunflower genome provides insights into oil metabolism, flowering and Asterid evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Badouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Grassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Evan Staton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 546 (7656), pp.148-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature22380⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative Analysis of Ralstonia solanacearum Methylomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Erill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Puigvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guarischi-Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2017.00504⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ABI5 Is a Regulator of Seed Maturation and Longevity in Legumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Zinsmeister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Terrasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chatelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (11), pp.2735-2754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.16.00470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison des méthodes de détection des mosaïques des blés (Bymovirus et Furovirus) par marquage moléculaire et par détection sérologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Cadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Hourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Andro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35, pp.107-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/9kvd-5a10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04522243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of a dual-affinity nitrate transporter MtNRT1.3 in the model legume Medicago truncatula.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Morère-Le Paven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Viau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthoni Pellizzaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 62 (15), pp.5595-605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/err243⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, france génomique; greenomics, Feb 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Updates for Goat SNP Chips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Borba Neumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Eggen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Talenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna S Grulikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Noce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant and Animal Genome Conference (PAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05242474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation environnementale du méthylome d’un pathogène d’huître, Vibrio aestuarianus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elyna Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Brillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cosseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Corporeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Rencontres Bioinformatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFREMER, Sep 2025, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05467034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the methylome of a bacterial oyster pathogen, Vibrio aestuarianus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elyna Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Cosseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Corporeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPIMAR 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05090442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avancées et perspectives ouvertes en épigénétique animale grâce à SeqOccIn.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Pitel</w:t>
+                <w:t xml:space="preserve">Targeting the pig imprintome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INRAE Genomics 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Orléans, France</w:t>
+              <w:t xml:space="preserve">Advances in Genome Biology and Technology Agriculture (AGBT-Ag)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04129124v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational epigenetics in quail</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Avancées et perspectives ouvertes en épigénétique animale grâce à SeqOccIn.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genotoul Biostat Bioinfo Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Castanet-Tolosan, France</w:t>
+              <w:t xml:space="preserve">Colloque INRAE Genomics 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957296v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04129124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting the pig imprintome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+                <w:t xml:space="preserve">Transgenerational epigenetics in quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Terzian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Lledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Genome Biology and Technology Agriculture (AGBT-Ag)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, San Diego, United States</w:t>
+              <w:t xml:space="preserve">Genotoul Biostat Bioinfo Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Castanet-Tolosan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099166v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In search of the honey bee centromeres: regions with tandem repeats high at content and low recombination rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03855207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of DNA methylation to host adaptation in the plant pathogen Ralstonia solanacearum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Guidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rekha Gopalan-Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Barlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR 3E / REacTION Epigénétique en Ecologie, Evolution, Agronomie et Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of a complex QTL region controlling the broad-spectrum resistance to &amp;lt;em&amp;gt;Phytophthora capsici&amp;lt;/em&amp;gt; root rot by comparative mapping and association study in pepper germplasm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Cantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia S. Vautrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Eucarpia Meeting on Genetics and Breeding of Capsicum and Eggplant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying a candidate gene for the broad-spectrum resistance qtl to &amp;lt;em&amp;gt;Phytophthora&amp;lt;/em&amp;gt; root rot and blight in pepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Cantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia S. Vautrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Solanaceae Conference (SOL2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Neuchâtel, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of oligosaccharides in seed vigour revisited using the legume model Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Buitink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Teulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Morère-Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th ISSS Conference on Seed Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Bahia, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03339450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting post-genomics resources in model species and genome conservation between model species and legume crops to accelerate seed biology discoveries in crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire G. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine A. Bordat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Savois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Food Legumes Reserch Conference (IFLRC V) and 7. European Conference on Grain Legumes (AEPVII) ; Legumes for Global Health Legume Crops and Products for Food, Feed and Environmental Benefits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génétique et post-génomique chez la légumineuse modèle M. truncatula pour disséquer le déterminisme moléculaire de la composition protéique des graines de légumineuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine A. Bordat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire G. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2.colloque national du réseau français de biologie des graines.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminisme génétique de la qualité physiologique des graines chez &amp;lt;em&amp;gt;Médicago truncatula&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Teulat-Merah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Buitink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème colloque national du réseau français de biologie des graines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Paris, France. 55 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752450v1</w:t>
-              </w:r>
-[...3782 lines deleted...]
-                <w:t xml:space="preserve">hal-00662573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TAPS for Multimodal Epigenomic Profiling in Livestock A Comparison with ONT, WGBS, and EM-Seq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and animal genome conference 32</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, San Diego, United States. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Genetic and epigenetic selection signatures from pool sequencing expeiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epigenetic inheritance symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05208140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and epigenetic selection signatures from pool sequencing experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Cold Spring Harbor (NY), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiphase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking of sequencing technologies for CpG methylation detection: applications to quail and pig</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jules Sabban</w:t>
+                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">London Calling 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">International congress in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04638952v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+                <w:t xml:space="preserve">Transgenerational epigenetics in quail: targeting DNA methylation patterns to address the interplay between genetic and epigenetic mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Terzian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Lledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Toulouse, France. , pp.118, Book of abstracts</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473354v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Benchmarking of sequencing technologies for CpG methylation detection: applications to quail and pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Terzian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Lledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Sabban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International congress in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">London Calling 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796434v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational epigenetics in quail: targeting DNA methylation patterns to address the interplay between genetic and epigenetic mechanisms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joanna Lledo</w:t>
+                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Toulouse, France. , pp.118, Book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770637v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic imprinting in livestock species -Challenges of long reads sequencing from ONT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Genome Biology and Technology (AGBT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Phoenix, United States. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methyl-seq tool to capture genomic imprinted loci</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvon Billon</w:t>
+                <w:t xml:space="preserve">Comparison of the PacBio 2.0 and 3.0 kits for full length mRNA sequencing in multiplex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eden Darnige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Hoffbeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Fourre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomic Imprinting - from Biology to Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Hinxton, United Kingdom</w:t>
+              <w:t xml:space="preserve">Assemblée Générale France Génomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198129v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the PacBio 2.0 and 3.0 kits for full length mRNA sequencing in multiplex</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathis Pochon</w:t>
+                <w:t xml:space="preserve">A methyl-seq tool to capture genomic imprinted loci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Jacomet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale France Génomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Genomic Imprinting - from Biology to Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Hinxton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150252v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution de l’épigénétique au cours de plusieurs générations de sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Jouy en Josas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transgenerational epigenetics in quail: whole genome DNA methylation analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Terzian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Lledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epigenetic Inheritance: Impact for Biology and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolution of epigenetics across multiple generations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epigenetic inheritance symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Zurich, Switzerland. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transgenerational epigenetics in quail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Terzian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Lledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCB2022 - 21st European Conference on Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Sitges, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03935584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary results from Nanopore Q20+ sequencing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amandine Suin</w:t>
+                <w:t xml:space="preserve">Vers une carte de l'imprintome porcin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2022 : Journées Ouvertes Biologie Informatique Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France. 2022</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719401v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une carte de l'imprintome porcin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary results from Nanopore Q20+ sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kuchly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Sabban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eden Darnige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+                <w:t xml:space="preserve">Camille Eché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Suin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">JOBIM 2022 : Journées Ouvertes Biologie Informatique Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099355v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Long Read project to find optimal technologic combinations for genome assembly and variability, epigenetic marks detection and metagenomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXVIII, Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, San Diego, United States. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8018,515 +8152,515 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methyl-seq tool to capture genomic imprinted loci</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvon Billon</w:t>
+                <w:t xml:space="preserve">Evidence for increased fitness of a plant pathogen conferred by epigenetic variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rekha Gopalan-Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Coissac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lopez-Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Pécrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099373v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An optimized protocol to detect high-throughput DNA methylation from custom targeted sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alonzo Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04214468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for increased fitness of a plant pathogen conferred by epigenetic variation</w:t>
+                <w:t xml:space="preserve">A methyl-seq tool to capture genomic imprinted loci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rekha Gopalan-Nair</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurore Coissac</w:t>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Legrand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yann Pécrix</w:t>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Jacomet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203349v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genome analysis of Enterococcus cecorum reveals intercontinental spread of a lineage of clinical poultry isolates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Laurentie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chambellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04281314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId262"/>
+      <w:footerReference w:type="default" r:id="rId267"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8673,51 +8807,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi-Julien Kowou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242474v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Borba Neumann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Eggen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Talenti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S Grulikowski" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Noce" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467034v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyna Bouchereau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Legrand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cosseau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Corporeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090442v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cosseau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129124v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pitel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957296v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cerutti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Terzian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lledo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099166v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187503v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Gopalan-Nair" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barlet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750004v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Cantet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia S. Vautrin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746226v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mallard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339450v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Teulat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Mor&#232;re-Le Paven" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leprince" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754795v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zuber" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire G. Aubert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine A. Bordat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Savois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758473v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo Guerrero" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aime" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752450v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Teulat-Merah" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264431v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Belloeil" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Sanchez Garcia de la Torre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Contreras-Aguilera" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik K&#252;pper" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Courtin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koaf281" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666812v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Chadi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pepke" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia M. Vicente" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-025-04205-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05039144v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sabban" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-04769-4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050324v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mettrop" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lipzen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vandecasteele" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lab&#233;cot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf026" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720885v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Coissac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lopez-Roques" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann P&#233;crix" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002792" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04453257v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Jacomet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-52114-3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417428v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhaier Ben Ali Gam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Thioye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cayol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Postec" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bartoli-Joseph" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005690" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004063v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Laurentie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00495-22" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244412v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D. Gayrard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Adam" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martinez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTOFR-11-22-0131-R" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338849v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Gal&#232;s" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Prime" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bartoli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy E Price" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006186" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289884v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annela Semai" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenolah Annonay" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01116-21" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716470v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dordet-Frisoni" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Sagn&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baranowski" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000829" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04114150v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Mei" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wils" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005554" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289845v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Tighidet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Sayeh" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Gil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-022-05756-w" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218885v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Plewniak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Charri&#233;-Duhaut" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-021-01527-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328995v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landry" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa320" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03231234v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Qu&#233;m&#233;neur" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Erauso" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004810" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271166v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Billet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers-Lamrani" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Julia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01080-20" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928171v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohaib Sarfraz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Oulghazi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Cigna" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahbaz Talib Sahi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashif Riaz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00420-20" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03257259v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nardjess Ch&#233;raiti" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01130-20" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877933v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohieddine Moumni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Khayi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Robic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8060895" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297216v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore E Frouin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Zeghal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01497" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602628v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Erill" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puigvert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guarischi-Sousa" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00504" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602822v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Zinsmeister" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lalanne" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Terrasson" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chatelain" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.16.00470" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04522243v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Cadot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonnefoy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rolland" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Andro" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/9kvd-5a10" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662573v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Viau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hamon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthoni Pellizzaro" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err243" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04911060v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208140v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117238v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538035v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638952v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473354v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796434v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04770637v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Rousse" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566188v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198129v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150252v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Sallaberry" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Darnige" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Hoffbeck" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fourre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Pochon" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796446v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04212971v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195749v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935584v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719401v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuchly" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Suin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099355v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099373v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214468v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alonzo Lee" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Merlet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203349v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281314v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560333v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Perret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia F&#232;ve" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-026-01031-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666812v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Chadi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pepke" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia M. Vicente" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-025-04205-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264431v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Belloeil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Sanchez Garcia de la Torre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Contreras-Aguilera" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik K&#252;pper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Courtin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koaf281" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05039144v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Terzian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lledo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sabban" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-04769-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050324v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mettrop" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lipzen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vandecasteele" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lab&#233;cot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf026" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720885v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Gopalan-Nair" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Coissac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lopez-Roques" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann P&#233;crix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002792" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04453257v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Jacomet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-52114-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004063v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Laurentie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00495-22" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417428v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhaier Ben Ali Gam" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Thioye" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cayol" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Postec" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bartoli-Joseph" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005690" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244412v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D. Gayrard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Adam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martinez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTOFR-11-22-0131-R" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338849v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Gal&#232;s" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Prime" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bartoli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy E Price" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006186" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716470v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dordet-Frisoni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Sagn&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baranowski" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000829" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289884v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annela Semai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenolah Annonay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01116-21" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04114150v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Mei" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wils" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005554" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289845v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Tighidet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Sayeh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Gil" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-022-05756-w" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03231234v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Qu&#233;m&#233;neur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Erauso" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004810" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328995v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barlet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa320" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218885v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Plewniak" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Charri&#233;-Duhaut" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-021-01527-5" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271166v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Billet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers-Lamrani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Julia" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01080-20" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03257259v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nardjess Ch&#233;raiti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01130-20" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928171v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohaib Sarfraz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Oulghazi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Cigna" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahbaz Talib Sahi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashif Riaz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00420-20" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877933v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohieddine Moumni" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Khayi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Robic" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8060895" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297216v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore E Frouin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Zeghal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01497" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602628v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Erill" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puigvert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guarischi-Sousa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00504" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602822v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Zinsmeister" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lalanne" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Terrasson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chatelain" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.16.00470" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04522243v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Cadot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonnefoy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rolland" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Andro" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/9kvd-5a10" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662573v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Mor&#232;re-Le Paven" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Viau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hamon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthoni Pellizzaro" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err243" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538015v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi-Julien Kowou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242474v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Borba Neumann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Eggen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Talenti" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S Grulikowski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Noce" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467034v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyna Bouchereau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Legrand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brillard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cosseau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Corporeau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090442v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cosseau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099166v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129124v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pitel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957296v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cerutti" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187503v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750004v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Cantet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia S. Vautrin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746226v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mallard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339450v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Teulat" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leprince" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754795v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zuber" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire G. Aubert" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine A. Bordat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Savois" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758473v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo Guerrero" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aime" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752450v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Teulat-Merah" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04911060v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208140v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117238v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538035v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796434v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04770637v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Rousse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638952v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473354v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566188v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150252v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Sallaberry" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Darnige" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Hoffbeck" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fourre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Pochon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198129v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796446v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04212971v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195749v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935584v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099355v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719401v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuchly" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Suin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203349v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214468v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alonzo Lee" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Merlet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099373v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281314v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>