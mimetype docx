--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -286,1075 +286,1075 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04900935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La fiscalité verte : l'avenir de la fiscalité locale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 162, pp.3-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04540246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fiscalité des produits énergétiques induit-elle la sobriété énergétique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit fiscal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04540197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'immeuble et le droit fiscal, éléments de droit comparé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Viessant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ingénierie patrimoniale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2, pp.19-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04540229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La fiscalité verte : l'avenir de la fiscalité locale ?</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le baroud d’honneur de la Cour de discipline budgétaire et financière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04541539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contournements du droit fiscal national : un souverain sans pouvoir fiscal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Viessant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de finances publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 162, pp.3-12</w:t>
+              <w:t xml:space="preserve">, 2021, 155, pp.75-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La fiscalité des produits énergétiques induit-elle la sobriété énergétique ?</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04541034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Équilibre budgétaire, un principe constitutionnel impossible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 150, pp.83-97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits d'enregistrement: quel avenir?&amp;quot;-propos introductifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Viessant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit fiscal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 38</w:t>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">les droits d'enregistrement en comparé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit fiscal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les contournements du droit fiscal national : un souverain sans pouvoir fiscal</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La création d'un impôt environnemental: quel intérêt?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue européenne et internationale de droit fiscal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impôt de solidarité sur la fortune: l'impôt de la controverse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">G&amp;FP - Gestion &amp; finances publiques : la revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8-9, p. 18-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'utilisation de la fiscalité environnementale par l'Union Européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Viessant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de finances publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 155, pp.75-85</w:t>
+              <w:t xml:space="preserve">, 2011, 113, p. 161-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Céline Viessant</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le budget de l'Union européenne après l'entrée en vigueur du traité de Lisbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 541, pp.524</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02202582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le budget de l'union européenne après l'entrée en vigueur du traité de Lisbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du marché commun et de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 541, p. 524-532</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impôt Européen et autonomie de l'Union Européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 79, p. 39-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LOLF et Justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Renoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de finances publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 150, pp.83-97</w:t>
+              <w:t xml:space="preserve">, 2007, 97, p. 87-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...530 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Renoux</w:t>
-[...31 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01596284v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01596287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2009,1997 +2009,1997 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04540966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’apport de la QPC à la protection des droits et libertés des contribuables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’apport de la QPC à la protection des droits et libertés : un bilan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.271-294, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justice fiscale et Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La justice fiscale (Xe-XXIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, pp.361-378, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Code constitutionnel 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Viessant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Magnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Villiers De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bernaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Code Constitutionnel 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-2-7110-3351-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Villiers De</w:t>
+                <w:t xml:space="preserve">hal-04540484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fiscalité environnementale de l’Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La fiscalité environnementale entre attentes, doutes et pragmatisme (dir. V. Fumaroli et S. Schmitt), actes du colloque organisé par le Centre de Droit et de Politique Comparés Jean-Claude Escarras, Université de Toulon, le 1er octobre 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PUAM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.125-151, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04540911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évolution de la notion d’impôt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De l’esprit de réforme et de quelques fondamentaux (Mélanges en l’honneur du Professeur Gilbert Orsoni)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUAM, pp.533-556, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quotient familial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica-2éme édition, p. 724-725, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résidence fiscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Economica. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de Finances Publiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica 2eme édition, p. 761-762, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revenus fonciers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Economica. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de Finances Publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica 2éme édition, p. 791-793, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foyer fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica (2ème édition), p. 501-503, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiscalité de la famille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de finances publiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica (2ème édition), p. 445-446, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecotaxe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de Finances Publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica (2ème édition), page 387, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domicile fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de Finances Publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica (2ème édition), p. 338-340, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Personnalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica (2ème édition), p.679-680, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution au service public de l'électricité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de Finances Publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica (2ème édition), page 225, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taxe générale sur les activités polluantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Economica. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de Finances Publiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica, p.869, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Code constitutionnel 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Code constitutionnel 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexis/Nexis collection "les codes bleus Litec" 8ème édition, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libres propos sur l'arrêt Alitalia , un quart de siècle plus tard.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Mélanges en l'honneur du Professeur Christian Louit"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, p. 239-254, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exception d'inconventionnalité en droit fiscal et Union Européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Le contentieux fiscal en débats"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ-collection "les grands colloques", p. 313-322, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi organique du 1er août 2001 relative aux lois de finances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 978-2-7110-3351-5</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documents d'études -La documentation Française (n°5-01)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5.01, La documentation française, 96 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.271-294, 2020</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">le financement de la politique culturelle en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Masclet de Barbarin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Le financement des politiques publiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant collection "finances publiques", p. 81-114, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, pp.361-378, 2020</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La spécificité du système de contrôle des fonds européens en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Le contrôle des fonds européens de cohésion: évolutions, enjeux et perspectives"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant- collection" Travaux de droit international et européen", 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, pp.125-151, 2018</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impositions établies après mariage, conclusion d'un PACS, divorce, séparation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Impositions établies après mariage, conclusion d'un PACS, divorce ou séparation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, fascicule 1013, JCl Fiscal, 33 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, PUAM, pp.533-556, 2018</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'harmonisation européenne de la TVA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Le devenir de l'impôt sur la dépense"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laatrache, p. 29-53, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Economica (2ème édition), p.679-680, 2017</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impôt européen et autonomie financière de l'union européenne: analyse des dernières propositions de la Commission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Les finances communautaires à l'aube de nouvelles perspectives financières(2007-2013)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presse de l'université de Toulouse 1 Capitole -collection "Etudes de l'IRDEIC", p. 149-180 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Economica, p.869, 2017</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ou en est l'harmonisation fiscale dans l'Union Européenne depuis 2000?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges en l'honneur de Pierre Beltrame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUAM- pp.589-615, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Economica (2ème édition), page 225, 2017</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les compétences financières de l'Union Européenne en matière culturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Le financement de la culture"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica- collection"Finances Publiques", p. 209-241, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Economica-2éme édition, p. 724-725, 2017</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Communautés et l'Union européennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Viessant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Finances Publiques en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica - collection "Finances Publiques", p. 473-511, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...1206 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01598364v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01598456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléments de finances publiques</w:t>
               </w:r>
@@ -4226,51 +4226,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1D5C4303"/>
+    <w:nsid w:val="247AE00B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4457,51 +4457,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celineviessant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04900958v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Viessant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04900935v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540229v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540246v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541539v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541034v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211807v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596251v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596256v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596262v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596267v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596273v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202582v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596278v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596284v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Renoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596287v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541044v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186297v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Conan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cardoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Douat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541532v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540977v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540397v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543287v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Prodhomme-Sadowsky" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540484v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Magnon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Villiers De" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bernaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211804v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211800v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540911v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211797v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597578v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597560v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597595v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597574v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597570v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597567v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597581v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597583v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597587v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597590v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598277v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598291v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598370v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598286v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Philip" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masclet de Barbarin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598500v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598314v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598416v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598409v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598361v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598364v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598456v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598280v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Orsoni" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598492v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celineviessant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04900958v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Viessant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04900935v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540246v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540197v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540229v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541539v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541034v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211807v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596251v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596256v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596262v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596267v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596273v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202582v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596278v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596287v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596284v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Renoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541044v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186297v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Conan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cardoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Douat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04541532v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540977v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540397v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543287v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Prodhomme-Sadowsky" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211804v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211800v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540484v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Magnon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Villiers De" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bernaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04540911v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03211797v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597570v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597567v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597581v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597583v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597587v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597590v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597578v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597595v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597560v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598277v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598291v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598370v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598286v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Philip" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masclet de Barbarin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598314v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598500v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598416v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598409v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598361v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598456v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598364v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598280v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Orsoni" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598492v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>