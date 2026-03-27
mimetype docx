--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -477,403 +477,403 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05295703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enquête en ligne : L’illusion d’une Oasis au milieu du désert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.137-150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Prendre place au collège : expériences relationnelles et participation sociale d’anciens élèves présentant une déficience visuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue interdisciplinaire sur le handicap visuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5077/journals/rihv.2025.e2297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Documenter la participation des élèves dans la construction et dans la régulation de leur environnement personnel d’apprentissage. Des pratiques enseignantes à une proposition d’évaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Felder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14, pp.137-150</w:t>
+              <w:t xml:space="preserve">Mesure et Evaluation en Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (1), pp.67-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05472880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violences ordinaires de/dans l'insertion professionnelle des jeunes en situation de handicap à Mayotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Stoica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 102, pp.213-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063183v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-05472880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation en alternance à visée intégrative : une nouvelle forme d'hybridation ?</w:t>
               </w:r>
@@ -948,70 +948,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04868117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La réalité augmentée au service de la médiation-remédiation cognitive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iza Marfisi-Schottman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ez-Zaouia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 73 (1), pp.203-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spir.073.0203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Covid-19, Pandemic, and Lockdown: The Impact of Economic, Material, and Digital Inequalities on Remote Learning for Algerian and French Students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Dounia Mimouni-Meslem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badra Moutassem-Mimouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1026,230 +1130,126 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">https://www.asjp.cerist.dz/en/PresentationRevue/325</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une intégration sociale inclusive : rôle des outils numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de recherches francophones en sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04854171v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-04449820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unlocking the power of sports: the impact of Olympic values in prison rehabilitation</w:t>
               </w:r>
@@ -1343,64 +1343,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réalité augmentée en classe au service des apprentissages des élèves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iza Marfisi-Schottman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ez-Zaouia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2017,239 +2017,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Éditorial - Numérique éducatif, interactions et socialisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaces numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Numérique éducatif, interactions et socialisations sous la direction de Gaëlle Lefer Sauvage et Cendrine Mercier, 3, pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03866683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Inquiétude suscitée par la Covid-19 et soutien perçu par les enfants et les adolescents durant la pandémie en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 4 (4), pp.435-454. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/enf2.224.0435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03856947v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03866683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les évaluations scolaires à domicile en période de Covid-19 : le point positif ?</w:t>
               </w:r>
@@ -4055,51 +4055,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exister dans et par l’école : la participation sociale, levier de justice contre les vulnérabilités invisibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4288,51 +4288,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inclusion scolaire par le prisme de la participation sociale : l’exemple d’élèves déficients visuels au collège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4504,51 +4504,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">l’inclusion scolaire par le prisme de la participation sociale : ce que disent les élèves déficients visuels de leur inclusion au collège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4944,51 +4944,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand l'empathie prend sens - par corps - pour des adolescents déficients visuels, tout un programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5324,64 +5324,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de l'apprentissage des élèves grâce à la réalité augmentée en classe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iza Marfisi-Schottman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ez-Zaouia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Colloque international en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5954,64 +5954,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MIXAP : Un outil auteur d'activités éducatives en réalité augmentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ez-Zaouia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iza Marfisi-Schottman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6243,64 +6243,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authoring Tools: The Road To Democratizing Augmented Reality For Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ez-Zaouia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iza Marfisi-Schottman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6945,50 +6945,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04153899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Facteurs de protection et modélisation du bien-être universitaire des étudiants en formation à distance : approche critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e Colloque international en éducation - dans le cadre du Symposium - "De l’intérêt de questionner la décovidisation de la recherche et des pratiques ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRIFPE, May 2023, Montréal, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bien-être en psychologie: critique d'une épistémologie eurocentrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6997,169 +7079,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">dans le cadre du Symposium - "De l’intérêt de questionner la décovidisation de la recherche et des pratiques ? 90ème congrès de l'ACFAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Organisé par un collectif : David Risse, Gaelle Lefer Sauvage, Camille Roelens, Nathalie Carminatti, Patrica Mothes, Marie-France Carnus, May 2023, Montréal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04095528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...80 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’École, un « lieu de vie partagé » par tous les adolescents ? : Quand les élèves avec une déficience visuelle nous permettent de comprendre les usages sociaux des espaces informels de l’école</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7204,316 +7204,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04275980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La transidentité : accompagner les jeunes dans leur scolarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pearl Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence : transidentité à l'adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Délégation Régionale Académique de l'Information et de l'Orientation (DRAIO), Jan 2023, Nantes, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les écrans, un équilibre à trouver pour les jeunes (avec une d'efficience visuelle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Café parents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Montéclair, Nov 2023, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages des outils numériques au service de la différenciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numérique et Différenciation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Haute Ecole pédagogique (HEP) de Fribourg, Apr 2023, Fribourg (Suisse), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...80 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception de la formation universitaire (im)prévue en période de (dé/re/semi)confinements chez les étudiants Français et Algériens : du « temps suspendu » vers une transformation identitaire vocationnelle de l’étudiant ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Dounia Mimouni-Meslem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badra Moutassem-Mimouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8220,64 +8220,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Design Space of Educational Authoring Tools for Augmented Reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ez-Zaouia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iza Marfisi-Schottman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maysa Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8870,50 +8870,283 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03831797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S'appuyer sur le numérique pour penser l'accessibilité des apprenants aux savoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le numérique, atout pour l'inclusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Angers - Webinaire, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Articuler présence et distance à la suite du confinement : genèse des pratiques hybrides ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, Suisse. pp.397-400</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bien-être subjectif des collégiens en France et au Vietnam à la suite du premier confinement lié à la crise sanitaire de la COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le 8e Colloque international en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRIFPE, Apr 2021, Montréal (en distanciel), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03213814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Usages des outils numériques dans l’accès à un habitat inclusif pour adulte en situation de handicap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8935,854 +9168,690 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque interantional "éducation et numérique"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSHEA, Oct 2021, Suresnes (INSEI), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La perception du temps et la construction temporelle chez les personnes TSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, Suisse. pp.397-400</w:t>
+              <w:t xml:space="preserve">Les recherches en Sciences Humaines et Sociales pour les personnes concernées TSA-TND : quels principes, quelles méthodes, quelles implications ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, En visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Agnès Florin</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habitat inclusif et usage du Numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lacôte-Coquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque d'inauguration de la chaire du Handicap, éducation et numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSHEA, Oct 2021, Suresnes (INSEI), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Facteurs d’implémentation des outils numériques en milieu scolaire - Les outils numériques au service de l’école inclusive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HETSL (Haute école de travail social et de la santé Lausanne) - Neurodev</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Lausanne (visio), Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03358483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluer au plus près le bien-être subjectif des élèves en leur donnant la possibilité de botter en touche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Zanna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude : L'évaluation, pour quoi faire ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usages du numérique en faveur d’une école inclusive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Continuité pédagogique et numérique : nos transformations, nos réussites, nos atouts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Académique Bourgogne-Franche-Comté (visio-conférence), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Former les enseignants spécialisés à l'usage des outils numériques en formation continue pour leur pratique en classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecole primaire du 21e siècle (EP21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Cergy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03377808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels sont les outils numériques utilisés à l'école par les enfants avec troubles du neurodéveloppement, leurs intérêts et leurs limites ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webinaire 1 LiLLab (living &amp; learning lab neurodéveloppement) : L'inclusion scolaire et les outils numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Webinaire, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Particularités de développement des personnes avec TSA et outils de planification (numérique ou papier)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le 8e Colloque international en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRIFPE, Apr 2021, Montréal (en distanciel), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...637 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03212565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Articuler présence et distance à la suite du confinement : genèse des pratiques hybrides ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9798,126 +9867,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EIAH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Fribourg, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276471v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03212565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bien-être des collégiens en période de pandémie</w:t>
               </w:r>
@@ -10997,50 +10997,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02492108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’utilisation d’un outil de planification numérique dans la pratique des encadrants pour les enfants avec autisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Café ressource à l’INSPÉ académie de Nantes, site de Le Mans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02492190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">ÇATED : quels sont les effets de l'usage d'un agenda numérique sur tablette en IME et en Ulis école pour des enfants avec autisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -11049,126 +11118,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La journée ORNA « Autisme et outils numériques », organisé par l'INSHEA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Suresnes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02492063v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02492190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage de tablettes tactiles en IME et en Ulis école TED pour enfants avec autisme et effets sur les apprentissages</w:t>
               </w:r>
@@ -12269,51 +12269,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser les espaces informels de l’école pour prendre soin des élèves les plus vulnérables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Zanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12364,51 +12364,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le quotidien de jeunes aveugles et malvoyants au sein des espaces scolaires informels L’École, un « lieu de vie partagé » par tous les adolescents ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Poulelaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13068,77 +13068,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditions d’enseignement et d’apprentissage dans un environnement numérique : impact sur les compétences numériques déclarées et le bien-être des étudiants français et algériens en formation à distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Dounia Mimouni-Meslem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badra Moutassem-Mimouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dirigé par Samira Mouffouk et Khadidja Benfils. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’enseignement hybride à l’université : enjeux et perspectives (une andragogie en devenir)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nopta Book Batna Algérie, 2023, 978-9931-788-84-3</w:t>
@@ -13917,51 +13917,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender des usages numériques en contexte inclusif : une approche par l’observation (GTnum - EvalNumInclus)</w:t>
+                <w:t xml:space="preserve">Appréhender des usages numériques en contexte inclusif : une approche par l’observation (GTnum #EvalNumInclus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Pierrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
@@ -14018,51 +14018,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05537967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’artefact à l’outil inclusif : sentiment d’expertise et dynamiques d’appropriation en contexte scolaire (GTnum - EvalNumInclus)</w:t>
+                <w:t xml:space="preserve">De l’artefact à l’outil inclusif : sentiment d’expertise et dynamiques d’appropriation en contexte scolaire (GTnum #EvalNumInclus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Pierrot</w:t>
@@ -14421,109 +14421,109 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Between Relief and Dispossession: A Critical Approach to Projected Uses of AI in Teaching Work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raoul Kamga Kouamkam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Many</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Stockless</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520180v1</w:t>
+                <w:t xml:space="preserve">hal-05520180v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -15199,51 +15199,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mimouni-Meslem Dounia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badra Moutassem-Mimouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15623,250 +15623,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03105217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Consultation nationale des 6/18 ans 2021. Synthèse. La jeunesse à bonne école ? Rapport pour l'Unicef</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Zanna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Unicef. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'usage de la caméra en classe virtuelle en formation à distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lexane Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Lebouleux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CREN Université de Nantes. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lexane Gautier</w:t>
-[...54 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03169927v1</w:t>
-              </w:r>
-[...116 lines deleted...]
-                <w:t xml:space="preserve">hal-03351187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête : Bien-être des étudiant.e.s MEEF en formation distanciée au cours de la période de confinement (COVID-19)</w:t>
               </w:r>
@@ -16365,51 +16365,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13C990EA"/>
+    <w:nsid w:val="F1BCB853"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16596,51 +16596,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cendrine-mercier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3921-583X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/20437894X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767375v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mercier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Weiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05004129v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Many" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53103/cjess.v5i2.323" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05295703v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Melchior" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497602v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Poulelaouen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5077/journals/rihv.2025.e2297" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854194v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063183v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Stoica" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472880v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alvarez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Felder" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868117v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gosselin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269575v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Dounia Mimouni-Meslem" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badra Moutassem-Mimouni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854171v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449820v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iza Marfisi-Schottman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ez-Zaouia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.073.0203" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626021v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118685v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deshayes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi15.343" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233904v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Trichet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.9449" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370622v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25071/1916-4467.40831" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04268424v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lac&#244;te-Coquereau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourdon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi15.348" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736662v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.3645" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614966v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2022.623" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837896v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856947v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Toussaint" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.224.0435" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866683v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806406v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.1879" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793994v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.20814" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463728v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu&#233; Thanh Ngo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Hang Bui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.214.0337" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476375v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213980v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.211.0167" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352001v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n3-12" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988732v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52919/translang.v19i1.406" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096192v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Genevois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wallian" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2020.690" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388965v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23880/pprij-16000231" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895940v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teutsch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.181.0147" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003657v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02869479v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guffroy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517011v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lefer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.183.0297" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895960v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.2718" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895981v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895994v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.078.0083" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492695v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourdet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1624" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497575v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535468v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507558v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497565v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539619v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Amiot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Augnot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497526v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019139v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978922v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363773v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940416v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878015v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497506v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572290v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Poudrier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604828v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518341v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Kauffmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gu&#233;vel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin de La Higuera" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leray" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572053v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533093v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523662v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523374v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gaschet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636406v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582019v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144722v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roederer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bannier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090151v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133661v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330445v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Risse" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carminatti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Carnus" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043910v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052449v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011984200003470" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160606v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066394v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957557v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979847v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bucaille" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ledu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Leffray" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957645v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262964v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257361v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Toullec-Th&#233;ry" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153899v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095528v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089554v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275980v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316528v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057015v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938234v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pearl Vignaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777162v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777047v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Burdin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659354v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louay Salam" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699111v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judika&#235;lle Jacquin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632892v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663017v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776290v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thui Hang Bui" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655582v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661668v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885430v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maysa Oueslati" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aous Karoui" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22124-8_25" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603698v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717205v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663068v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856979v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662984v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776275v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831797v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Christophe Alvergnat" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916568v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290817v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213814v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437783v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936958v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278654v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358483v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182732v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240543v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377808v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370217v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276471v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212565v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289692v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221380v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Vannier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117039v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bouderbela" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232727v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967510v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963712v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502012v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492131v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492139v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389014v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891043v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389003v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492165v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492108v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492063v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492190v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492059v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492161v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492102v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492049v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492157v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489885v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492028v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895970v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405986v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Hajjam" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Muratet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Louis" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Popescu" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159817v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492174v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492186v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492182v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495688v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495671v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083881v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blatier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond R Corrado" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492088v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Mechergui" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neska El Haouij" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Mzah" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Ben" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Jaidane" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969788v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130859v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronniere" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662191v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662180v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronni&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811619v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093829v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184981v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583449v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624175v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836323v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bennani-Dosse" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583456v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Cadiot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519921v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02869489v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;gard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Guelvouit" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Strachan" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bolzmacher" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537967v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Pierrot" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Miguet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537875v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130946v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beayni El" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tess Bretesch&#233;" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925682v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093617ar" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359172v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520180v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Kamga Kouamkam" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stockless" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500429v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925715v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364673v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163196v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouton" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelline Ledoux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184634v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Pecini" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatbardha Osmani" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Reniers" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131409v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rivet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935213v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kostyrka" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meslin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Compain" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Genet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755879v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimouni-Meslem Dounia" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599228v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608631v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727153v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Nicolazo de Barmon" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105217v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169927v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lexane Gautier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Pineau" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Lebouleux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351187v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864884v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491967v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491973v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491963v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Brescia" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Longo" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Le Coz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Belouard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01610966v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cendrine-mercier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3921-583X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/20437894X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767375v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mercier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Weiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05004129v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Many" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53103/cjess.v5i2.323" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05295703v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Melchior" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854194v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497602v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Poulelaouen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5077/journals/rihv.2025.e2297" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472880v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alvarez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Felder" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063183v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Stoica" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868117v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gosselin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449820v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iza Marfisi-Schottman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ez-Zaouia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.073.0203" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269575v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Dounia Mimouni-Meslem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badra Moutassem-Mimouni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854171v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626021v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118685v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deshayes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi15.343" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233904v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Trichet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.9449" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370622v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25071/1916-4467.40831" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04268424v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lac&#244;te-Coquereau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourdon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi15.348" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736662v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.3645" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614966v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2022.623" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837896v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866683v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856947v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Toussaint" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.224.0435" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806406v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.1879" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793994v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.20814" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463728v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu&#233; Thanh Ngo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Hang Bui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.214.0337" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476375v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213980v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.211.0167" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352001v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n3-12" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988732v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52919/translang.v19i1.406" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096192v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Genevois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wallian" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2020.690" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388965v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23880/pprij-16000231" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895940v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teutsch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.181.0147" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003657v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02869479v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guffroy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517011v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lefer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.183.0297" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895960v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.2718" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895981v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895994v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.078.0083" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492695v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourdet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1624" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497575v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535468v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507558v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497565v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539619v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Amiot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Augnot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497526v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019139v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978922v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363773v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940416v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878015v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497506v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572290v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Poudrier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604828v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518341v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Kauffmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gu&#233;vel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin de La Higuera" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leray" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572053v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533093v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523662v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523374v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gaschet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636406v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582019v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144722v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roederer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bannier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090151v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133661v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330445v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Risse" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carminatti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Carnus" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043910v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052449v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011984200003470" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160606v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066394v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957557v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979847v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bucaille" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ledu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Leffray" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957645v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262964v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257361v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Toullec-Th&#233;ry" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153899v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089554v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095528v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275980v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938234v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pearl Vignaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316528v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057015v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777162v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777047v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Burdin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659354v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louay Salam" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699111v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judika&#235;lle Jacquin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632892v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663017v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776290v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thui Hang Bui" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655582v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661668v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885430v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maysa Oueslati" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aous Karoui" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22124-8_25" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603698v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717205v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663068v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856979v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662984v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776275v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831797v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Christophe Alvergnat" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437783v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290817v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213814v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916568v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278654v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936958v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358483v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182732v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240543v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377808v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370217v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212565v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276471v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289692v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221380v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Vannier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117039v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bouderbela" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232727v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967510v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963712v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502012v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492131v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492139v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389014v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891043v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389003v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492165v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492108v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492190v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492063v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492059v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492161v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492102v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492049v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492157v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489885v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492028v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895970v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405986v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Hajjam" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Muratet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Louis" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Popescu" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159817v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492174v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492186v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492182v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495688v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495671v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083881v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blatier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond R Corrado" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492088v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Mechergui" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neska El Haouij" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Mzah" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Ben" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Jaidane" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969788v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130859v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronniere" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662191v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662180v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronni&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811619v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093829v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184981v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583449v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624175v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836323v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bennani-Dosse" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583456v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Cadiot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519921v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02869489v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;gard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Guelvouit" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Strachan" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bolzmacher" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537967v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Pierrot" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Miguet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537875v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130946v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beayni El" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tess Bretesch&#233;" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925682v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093617ar" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359172v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520180v2" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Kamga Kouamkam" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stockless" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500429v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925715v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364673v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163196v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouton" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelline Ledoux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184634v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Pecini" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatbardha Osmani" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Reniers" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131409v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rivet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935213v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kostyrka" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meslin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Compain" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Genet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755879v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimouni-Meslem Dounia" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599228v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608631v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727153v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Nicolazo de Barmon" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105217v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351187v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169927v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lexane Gautier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Pineau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Lebouleux" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864884v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491967v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491973v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491963v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Brescia" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Longo" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Le Coz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Belouard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01610966v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>