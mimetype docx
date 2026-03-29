--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -544,295 +544,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04105029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Multifunctional Sactipeptide Ruminococcin C1 Displays Potent Antibacterial Activity In Vivo as Well as Other Beneficial Properties for Human Health</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RadA, a MSCRAMM Adhesin of the Dominant Symbiote Ruminococcus gnavus E1, Binds Human Immunoglobulins and Intestinal Mucins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Chiumento</w:t>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Jacqueline</w:t>
+                <w:t xml:space="preserve">Radia Alatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pinloche</w:t>
+                <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms22063253⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.1613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom11111613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03232443v1</w:t>
+                <w:t xml:space="preserve">hal-03455626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RadA, a MSCRAMM Adhesin of the Dominant Symbiote Ruminococcus gnavus E1, Binds Human Immunoglobulins and Intestinal Mucins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">The Multifunctional Sactipeptide Ruminococcin C1 Displays Potent Antibacterial Activity In Vivo as Well as Other Beneficial Properties for Human Health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radia Alatou</w:t>
+                <w:t xml:space="preserve">Steve Chiumento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ange Pujol</w:t>
+                <w:t xml:space="preserve">Cédric Jacqueline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pinloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Josette Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (11), pp.1613. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (6), pp.3253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom11111613⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms22063253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03455626v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blockage of bacterial FimH prevents mucosal inflammation associated with Crohn’s disease</w:t>
               </w:r>
@@ -1099,51 +1099,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The unusual structure of Ruminococcin C1 antimicrobial peptide confers clinical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Chiumento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1259,51 +1259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Olleik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1488,51 +1488,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruminococcin C, a promising antibiotic produced by a human gut symbiont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Chiumento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2171,51 +2171,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Food-Associated Ribotoxin Deoxynivalenol Modulates Inducible NO Synthase in Human Intestinal Cell Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2318,51 +2318,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2745,51 +2745,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerlind Sulzenbacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Cervera Tison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4209,51 +4209,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227419v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Shamseddine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Veyrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Basset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa de Macedo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107563" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04453098v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Liuu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Nepelska" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pfister" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Gamelas Magalhaes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2306863120" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04105029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Yang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselot-Pailley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jalila Simaan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300156" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232443v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacqueline" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pinloche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22063253" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455626v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Alatou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Pujol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Perrier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11111613" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03352896v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Chevalier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Laveissi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desachy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barnich" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Sivignon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01135-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151447v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Olleik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hoffer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senankpon Martial Gnansounou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kehna Benhaiem-Henry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9070381" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920462v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bornet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Nouailler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. M&#252;ller" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302405120" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626403v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graziani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-019-02425-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095894v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tauzin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bruel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000253" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371747v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Tachon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw9969" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765802v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Borie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shovan Mondal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanzeel Arif" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Briand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lingua" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.02.030" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01774180v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tardy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Honore" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Tran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Siri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Delplace" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201707043" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475372v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Graziani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pujol" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicoletti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maresca" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13095" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837651v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Thi&#233;baut" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Esmiol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick L&#233;cine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batoul Mahfouz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hermant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0165420" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475400v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Armand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfv058" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475393v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Paris" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201500005" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PPZLV4FS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458248v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bernadac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L-F Wu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-L Santini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vidaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James N. Sturgis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00950" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738270v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Mudry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Belkebir" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Savatier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeran Le Moal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2012.83" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793279v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bruel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlind Sulzenbacher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cervera Tison" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.286039" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01735754v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Adda Berkane" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Thi Thu Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Tranchida" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul A Waheed" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deyris" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2007.02.037" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655159v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Berkane" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Nguyen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tranchida" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Waheed" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Deyris" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668317v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lecine" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Esmiol-Welterlin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves M&#233;tais" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nourry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M606242200" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990370v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Waheed" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990343v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adda Berkane Amine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lafitte" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2006.01.141" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSDLK0FM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077436v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Ht" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lafitte" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waheed Aa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117145v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tribolo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Massey-Harroche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680319v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Parnis" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollendorff" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Massey-Harroche" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.10418" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9FA812F50C385E9960366FC1C38B1689FEDFCACB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941740v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ayuk" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Girard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sentenac" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227419v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Shamseddine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Veyrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Basset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa de Macedo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107563" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04453098v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Liuu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Nepelska" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pfister" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Gamelas Magalhaes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2306863120" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04105029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Yang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselot-Pailley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jalila Simaan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300156" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455626v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Alatou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Pujol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Perrier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11111613" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232443v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacqueline" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pinloche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22063253" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03352896v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Chevalier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Laveissi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desachy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barnich" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Sivignon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01135-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151447v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Olleik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hoffer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senankpon Martial Gnansounou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kehna Benhaiem-Henry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9070381" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920462v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bornet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Nouailler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. M&#252;ller" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302405120" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626403v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graziani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-019-02425-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095894v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tauzin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bruel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000253" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371747v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Tachon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw9969" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765802v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Borie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shovan Mondal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanzeel Arif" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Briand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lingua" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.02.030" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01774180v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tardy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Honore" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Tran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Siri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Delplace" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201707043" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475372v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Graziani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pujol" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicoletti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maresca" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13095" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837651v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Thi&#233;baut" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Esmiol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick L&#233;cine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batoul Mahfouz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hermant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0165420" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475400v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Armand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfv058" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475393v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Paris" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201500005" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PPZLV4FS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458248v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bernadac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L-F Wu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-L Santini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vidaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James N. Sturgis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00950" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738270v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Mudry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Belkebir" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Savatier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeran Le Moal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2012.83" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793279v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bruel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlind Sulzenbacher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cervera Tison" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.286039" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01735754v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Adda Berkane" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Thi Thu Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Tranchida" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul A Waheed" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deyris" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2007.02.037" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655159v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Berkane" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Nguyen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tranchida" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Waheed" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Deyris" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668317v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lecine" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Esmiol-Welterlin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves M&#233;tais" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nourry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M606242200" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990370v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Waheed" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990343v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adda Berkane Amine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lafitte" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2006.01.141" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSDLK0FM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077436v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Ht" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lafitte" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waheed Aa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117145v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tribolo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Massey-Harroche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680319v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Parnis" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollendorff" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Massey-Harroche" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.10418" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9FA812F50C385E9960366FC1C38B1689FEDFCACB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941740v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ayuk" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Girard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sentenac" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>