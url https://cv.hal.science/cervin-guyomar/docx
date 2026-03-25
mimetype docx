--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -234,567 +234,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05511224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parent-of-origin regulation by maternal auts2 shapes neurodevelopment and behavior in fish</w:t>
+                <w:t xml:space="preserve">Empowering bioinformatics communities with Nextflow and nf-core</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Clement</w:t>
+                <w:t xml:space="preserve">Björn E Langer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Merdrignac</w:t>
+                <w:t xml:space="preserve">Andreia Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergi Roig Puiggros</w:t>
+                <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorine Sévère</w:t>
+                <w:t xml:space="preserve">Franziska Bonath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Brionne</w:t>
+                <w:t xml:space="preserve">Mathieu Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 26 (1), pp.125. </w:t>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.228. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-025-03600-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-025-03673-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05079847v1</w:t>
+                <w:t xml:space="preserve">hal-05224445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empowering bioinformatics communities with Nextflow and nf-core</w:t>
+                <w:t xml:space="preserve">Parent-of-origin regulation by maternal auts2 shapes neurodevelopment and behavior in fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Björn E Langer</w:t>
+                <w:t xml:space="preserve">Antoine Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreia Amaral</w:t>
+                <w:t xml:space="preserve">Constance Merdrignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
+                <w:t xml:space="preserve">Sergi Roig Puiggros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franziska Bonath</w:t>
+                <w:t xml:space="preserve">Dorine Sévère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Charles</w:t>
+                <w:t xml:space="preserve">Aurélien Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 26 (1), pp.228. </w:t>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-025-03673-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-025-03600-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05224445v1</w:t>
+                <w:t xml:space="preserve">hal-05079847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for a needle in a haystack: de novo phenotypic target identification reveals Hippo pathway-mediated miR-202 regulation of egg production</w:t>
+                <w:t xml:space="preserve">Yeast extract improves growth in rainbow trout (Oncorhynchus mykiss) fed a fishmeal-free diet and modulates the hepatic and distal intestine transcriptomic profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah JANATI IDRISSI</w:t>
+                <w:t xml:space="preserve">Laura Frohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Roza de Abreu</w:t>
+                <w:t xml:space="preserve">Diogo Peixoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernanda de Mello</w:t>
+                <w:t xml:space="preserve">Carla Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
+                <w:t xml:space="preserve">Frédéric Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 52 (2), pp.738-754. </w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 579, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkad1154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2023.740226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04501492v1</w:t>
+                <w:t xml:space="preserve">hal-04259805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yeast extract improves growth in rainbow trout (Oncorhynchus mykiss) fed a fishmeal-free diet and modulates the hepatic and distal intestine transcriptomic profile</w:t>
+                <w:t xml:space="preserve">Looking for a needle in a haystack: de novo phenotypic target identification reveals Hippo pathway-mediated miR-202 regulation of egg production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Frohn</w:t>
+                <w:t xml:space="preserve">Sarah JANATI IDRISSI</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diogo Peixoto</w:t>
+                <w:t xml:space="preserve">Mariana Roza de Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carla Teixeira</w:t>
+                <w:t xml:space="preserve">Fernanda de Mello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Terrier</w:t>
+                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 579, </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 52 (2), pp.738-754. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2023.740226⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkad1154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04259805v1</w:t>
+                <w:t xml:space="preserve">hal-04501492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TAGADA: a scalable pipeline to improve genome annotations with RNA-seq data</w:t>
               </w:r>
@@ -891,295 +891,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-quality functional genome assembly of Delia radicum L. (Diptera: Anthomyiidae) annotated from egg to adult</w:t>
+                <w:t xml:space="preserve">Mechanisms of Isothiocyanate Detoxification in Larvae of Two Belowground Herbivores, Delia radicum and D. floralis (Diptera: Anthomyiidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebekka Sontowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cervin Guyomar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvonne Poeschl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Okamura</w:t>
+                <w:t xml:space="preserve">Alexander Weinhold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heiko Vogel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cervin Guyomar</w:t>
+                <w:t xml:space="preserve">Nicole M van Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (5), pp.1954-1971. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, 17 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13594⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.874527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03713223v1</w:t>
+                <w:t xml:space="preserve">hal-03719433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of Isothiocyanate Detoxification in Larvae of Two Belowground Herbivores, Delia radicum and D. floralis (Diptera: Anthomyiidae)</w:t>
+                <w:t xml:space="preserve">A high-quality functional genome assembly of Delia radicum L. (Diptera: Anthomyiidae) annotated from egg to adult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebekka Sontowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Poeschl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Okamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heiko Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicole M van Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, 17 p. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (5), pp.1954-1971. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2022.874527⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03719433v1</w:t>
+                <w:t xml:space="preserve">hal-03713223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FishmiRNA: An evolutionarily supported microRNA annotation and expression database for ray-finned fishes</w:t>
               </w:r>
@@ -2616,64 +2616,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hippo mediated regulation of gonad function by miR-202</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah JANATI IDRISSI</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Roza de Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2741,103 +2741,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empowering Bioinformatics Communities with nf-core: The success of an open-source bioinformatics ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björn E Langer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreia Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Bonath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intelligent Systems for Molecular Biology/European Conference on Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Liverpool, United Kingdom</w:t>
@@ -2985,303 +2985,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04669286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hippo pathway-mediated regulation of micropyle formation by microRNA 202 (miR-202) in the fish oocyte</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional miRNA annotation in teleost fish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Desvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Pšenička</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. International Symposium on Reproductive Physiology of Fish</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Chersonissos, Greece</w:t>
+              <w:t xml:space="preserve">AQUA-FAANG Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210922v1</w:t>
+                <w:t xml:space="preserve">hal-04693216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional miRNA annotation in teleost fish</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hippo pathway-mediated regulation of micropyle formation by microRNA 202 (miR-202) in the fish oocyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah JANATI IDRISSI</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Roza de Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bobe</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martin Pšenička</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda de Mello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AQUA-FAANG Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">12. International Symposium on Reproductive Physiology of Fish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Chersonissos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04693216v1</w:t>
+                <w:t xml:space="preserve">hal-04210922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UN EXTRAIT DE LEVURE AMELIORE L'EFFICACITE D'UN REGIME A BASE DE PROTEINES ANIMALES TRANSFORMEES CHEZ LA TRUITE ARC-EN-CIEL ET MODULE LA REPONSE INTESTINALE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Frohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3336,103 +3336,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hippo pathway-mediated regulation of micropyle formation by micro RNA 202 (miR-202) in the fish oocyte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Roza de Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah JANATI IDRISSI</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda de Mello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Workshop on the Biology of Fish Gametes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Gdansk, Poland</w:t>
@@ -3461,51 +3461,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génomique fonctionnelle du déterminisme maternel du neurodéveloppement et du comportement chez les vertébrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3513,51 +3513,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Herpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reprosciences 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4086,103 +4086,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autism-related gene intergenerationally regulates neurodevelopment and behavior in fish through non-genetic mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Merdrignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergi Ruig Puiggros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4208,103 +4208,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empowering bioinformatics communities with Nextflow and nf-core</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björn E Langer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreia Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Bonath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4806,51 +4806,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05511224v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mollandin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bink" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Calus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2025.111158" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079847v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Clement" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Merdrignac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Roig Puiggros" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine S&#233;v&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03600-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224445v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn E Langer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Amaral" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Bonath" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03673-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501492v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah JANATI IDRISSI" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Roza de Abreu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Mello" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad1154" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04259805v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Frohn" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Peixoto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Teixeira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Terrier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.740226" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04278708v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kurylo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqad089" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713223v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekka Sontowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Poeschl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Okamura" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Vogel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13594" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719433v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Weinhold" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M van Dam" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.874527" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528022v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desvignes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Sydes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336697v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Baiakhmetov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Shelest" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Nobis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina D Gudkova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94068-w" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436712v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cardona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Guendouz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-01163-5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02891885v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Delage" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaa047" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926402v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaitre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0562-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265454v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Marguerit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Galland" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572369328961167E12" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163312v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746334v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Carpentier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03936482v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934823v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638884v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084613v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwia Judycka" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaovi Nguyen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131891v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669286v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210922v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin P&#353;eni&#269;ka" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693216v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aguirre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04211036v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03277813v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herpin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02308257v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638839v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877682v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:19771d312143bd56d9bafaf23abe66e26bf5216d;origin=https://github.com/cguyomar/PARSEC;visit=swh:1:snp:9ab8a5f497792a7fb635122df8ee1033dece5193;anchor=swh:1:rev:c4a9a0f518e2892904628e80222657fc6612f1f8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746401v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:53d48ed6773c2d1bcd11ed32b0ccb2bdda4fc87c" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693265v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Ruig Puiggros" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770333v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03844316v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01955222v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018REN1B049" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01296665v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05511224v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mollandin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bink" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Calus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2025.111158" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224445v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn E Langer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Amaral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Bonath" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03673-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079847v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Clement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Merdrignac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Roig Puiggros" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine S&#233;v&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03600-y" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04259805v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Frohn" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Peixoto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Teixeira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Terrier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.740226" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501492v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah JANATI IDRISSI" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Roza de Abreu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Mello" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad1154" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04278708v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kurylo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqad089" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719433v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekka Sontowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Poeschl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Weinhold" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M van Dam" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.874527" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713223v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Okamura" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Vogel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13594" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528022v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desvignes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Sydes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336697v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Baiakhmetov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Shelest" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Nobis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina D Gudkova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94068-w" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436712v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cardona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Guendouz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-01163-5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02891885v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Delage" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaa047" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926402v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaitre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0562-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265454v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Marguerit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Galland" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572369328961167E12" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163312v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746334v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Carpentier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03936482v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934823v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638884v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084613v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwia Judycka" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaovi Nguyen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131891v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669286v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693216v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210922v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin P&#353;eni&#269;ka" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aguirre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04211036v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03277813v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herpin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02308257v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638839v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877682v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:19771d312143bd56d9bafaf23abe66e26bf5216d;origin=https://github.com/cguyomar/PARSEC;visit=swh:1:snp:9ab8a5f497792a7fb635122df8ee1033dece5193;anchor=swh:1:rev:c4a9a0f518e2892904628e80222657fc6612f1f8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746401v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:53d48ed6773c2d1bcd11ed32b0ccb2bdda4fc87c" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693265v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Ruig Puiggros" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770333v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03844316v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01955222v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018REN1B049" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01296665v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>