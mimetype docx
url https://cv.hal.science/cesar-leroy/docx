--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> César Leroy </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Listening to the Formation of Polymorphs in a Ball Mill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloïse Marie Samantha Parlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinann Al Amir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Granjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 97 (5), pp.2922-2931. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.4c05608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Resolution 17 O Solid-State NMR as a Unique Probe for Investigating Oxalate Binding Modes in Materials: The Case Study of Calcium Oxalate Biominerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Goldberga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Hung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sarou-Kanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhehong Gan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (22), pp.10179-10193. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c00300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Of Glasses and Crystals: Mitigating the Deactivation of CaO-Based CO2 Sorbents through Calcium Aluminosilicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Krödel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sung Min Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Awais Naeem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Kierzkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JACS Au</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.3111-3126. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacsau.3c00475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction-heated ball-milling: a promising asset for mechanochemical reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Hsin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (35), pp.23435-23447. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3cp02540c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225761v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Carbonate Substitution in Hydroxyapatite by Combining Solid‐state NMR and DFT Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yangyang Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Siro Brigiano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry–Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cmtd.202300007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Operando Raman Mechanochemistry to “NMR Crystallography”: Understanding the Structures and Interconversion of Zn-Terephthalate Networks Using Selective 17 O-Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Hung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhehong Gan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (5), pp.2292-2312. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c04132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operando acoustic analysis: a valuable method for investigating reaction mechanisms in mechanochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Mittelette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Špačková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.6328-6334. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2sc01496c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-Scale Structure and Its Impact on Chemical Properties of Aluminum Oxide Layers Prepared by Atomic Layer Deposition on Silica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monu Kaushik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixuan Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Willinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (9), pp.3335-3348. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c00516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03365061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel multinuclear solid state NMR approach for the characterization of kidney stones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Tielens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Babonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (2), pp.653-671. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/mr-2-653-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322334v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct investigation of chalcogen bonds by multinuclear solid-state magnetic resonance and vibrational spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijith Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yijue Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (7), pp.3817-3824. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9CP06267J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4,4′-Dipyridyl Dioxide·SbF 3 Cocrystal: Pnictogen Bond Prevails over Halogen and Hydrogen Bonds in Driving Self-Assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Scilabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Daolio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Baggioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Famulari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (2), pp.916-922. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">121/123 Sb Nuclear Quadrupole Resonance Spectroscopy: Characterization of Non-Covalent Pnictogen Bonds and NQR Crystallography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Johannson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (5), pp.1030-1043. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.8b11490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the importance of accurate nuclear quadrupole moments in NMR crystallography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick M.J. Szell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (5), pp.265-267. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mrc.4787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halide ion recognition via chalcogen bonding in the solid state and in solution. Directionality and linearity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijith Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (41), pp.6406-6411. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8ce01365a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances in solid-state nuclear magnetic resonance spectroscopy of exotic nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Magnetic Resonance Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.160-199. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnmrs.2018.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear dicoordinate beryllium: a 9 Be solid-state NMR study of a discrete zero-valent s-block beryllium complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.K. Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Schaefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Müller-Buschbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Braunschweig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 96 (7), pp.646-652. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjc-2017-0704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational Signatures of Calcium Oxalate Polyhydrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo D. Belletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théau Debroise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel J. Llansola-Portoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan T. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemistrySelect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (31), pp.8801-8812. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/slct.201801611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfacial Ca&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; environments in nanocrystalline apatites revealed by dynamic nuclear polarization enhanced &amp;lt;sup&amp;gt;43&amp;lt;/sup&amp;gt;Ca NMR spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlene Crevant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Babonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.14104. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms14104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydroxyapatites: Key Structural Questions and Answers from Dynamic Nuclear Polarization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Aussenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akiyoshi Osaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Hayakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 89 (19), pp.10201 - 10207. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.7b01332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Insights from 59 Co Solid‐State NMR Experiments on Organocobalt(I) Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Burgess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cory Widdifield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (2), pp.227-236. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.201700990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium oxalate precipitation by diffusion using laminar microfluidics: toward a biomimetic model of pathological microcalcifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laffite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Letavernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (7), pp.1157-1160. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6LC00197A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperoxaluria is related to whewellite and hypercalciuria to weddellite: What happens when crystalline conversion occurs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Tielens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (11-12), pp.1573-1579. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crci.2015.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01297865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi acoustique de réactions chimiques en mécanochimie par décomposition spectrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massyl Moudoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Granjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2025 – XXXème Colloque Francophone de Traitement du Signal et des Images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Strasboug, France. p. 585-588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid State NMR: a Pertinent Tool of Investigation for Calcium Derivatives. The Study Case of Randall’s Plaque.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Coelho-Diogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Babonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Annual Scientific Meeting of the European Society for Clinical Investigation Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. pp.8.03</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01329379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Expanding Frontier Between Mechanochemistry & Solid State NMR: Special Focus on Inorganic Components of Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Laurencin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reference Module in Chemistry, Molecular Sciences and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Elsevier, 2022, Reference Module in Chemistry, Molecular Sciences and Chemical Engineering, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-823144-9.00136-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operando acoustic analysis: a valuable method for investigating reaction mechanisms in mechanochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Mittelette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Špačková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring zinc-terephthalate complexes through multi nuclear ssNMR and in-situ reaction monitoring by Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Laurencin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty-Fifth Congress and General Assembly of the International Union of Crystallography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtuel - Online, France. ACTA CRYSTALLOGRAPHICA A-FOUNDATION AND ADVANCES, A77 (C1011), pp.PS 40-1, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108767321086037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxalates de calcium et hydroxyapatite : des matériaux synthétiques et naturels étudiés par techniques RMN et DNP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chimie analytique. Université Pierre et Marie Curie - Paris VI, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016PA066256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01443727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId124"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> César Leroy </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Listening to the Formation of Polymorphs in a Ball Mill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloïse Marie Samantha Parlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinann Al Amir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Granjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 97 (5), pp.2922-2931. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.4c05608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Resolution 17 O Solid-State NMR as a Unique Probe for Investigating Oxalate Binding Modes in Materials: The Case Study of Calcium Oxalate Biominerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Goldberga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Hung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sarou-Kanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhehong Gan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (22), pp.10179-10193. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c00300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction-heated ball-milling: a promising asset for mechanochemical reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Hsin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (35), pp.23435-23447. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3cp02540c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225761v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Carbonate Substitution in Hydroxyapatite by Combining Solid‐state NMR and DFT Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yangyang Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Siro Brigiano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry–Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cmtd.202300007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Of Glasses and Crystals: Mitigating the Deactivation of CaO-Based CO2 Sorbents through Calcium Aluminosilicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Krödel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sung Min Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Awais Naeem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Kierzkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JACS Au</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.3111-3126. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacsau.3c00475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Operando Raman Mechanochemistry to “NMR Crystallography”: Understanding the Structures and Interconversion of Zn-Terephthalate Networks Using Selective 17 O-Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Hung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhehong Gan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (5), pp.2292-2312. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c04132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operando acoustic analysis: a valuable method for investigating reaction mechanisms in mechanochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Mittelette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Špačková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.6328-6334. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2sc01496c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel multinuclear solid state NMR approach for the characterization of kidney stones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Tielens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Babonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (2), pp.653-671. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/mr-2-653-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322334v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-Scale Structure and Its Impact on Chemical Properties of Aluminum Oxide Layers Prepared by Atomic Layer Deposition on Silica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monu Kaushik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixuan Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Willinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (9), pp.3335-3348. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c00516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03365061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct investigation of chalcogen bonds by multinuclear solid-state magnetic resonance and vibrational spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijith Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yijue Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (7), pp.3817-3824. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9CP06267J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">121/123 Sb Nuclear Quadrupole Resonance Spectroscopy: Characterization of Non-Covalent Pnictogen Bonds and NQR Crystallography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Johannson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (5), pp.1030-1043. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.8b11490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4,4′-Dipyridyl Dioxide·SbF 3 Cocrystal: Pnictogen Bond Prevails over Halogen and Hydrogen Bonds in Driving Self-Assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Scilabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Daolio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Baggioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Famulari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (2), pp.916-922. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear dicoordinate beryllium: a 9 Be solid-state NMR study of a discrete zero-valent s-block beryllium complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.K. Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Schaefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Müller-Buschbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Braunschweig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 96 (7), pp.646-652. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjc-2017-0704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances in solid-state nuclear magnetic resonance spectroscopy of exotic nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Magnetic Resonance Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.160-199. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnmrs.2018.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the importance of accurate nuclear quadrupole moments in NMR crystallography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick M.J. Szell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (5), pp.265-267. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mrc.4787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halide ion recognition via chalcogen bonding in the solid state and in solution. Directionality and linearity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijith Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (41), pp.6406-6411. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8ce01365a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational Signatures of Calcium Oxalate Polyhydrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo D. Belletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théau Debroise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel J. Llansola-Portoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan T. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemistrySelect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (31), pp.8801-8812. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/slct.201801611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Insights from 59 Co Solid‐State NMR Experiments on Organocobalt(I) Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Burgess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cory Widdifield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bryce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (2), pp.227-236. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.201700990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfacial Ca&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; environments in nanocrystalline apatites revealed by dynamic nuclear polarization enhanced &amp;lt;sup&amp;gt;43&amp;lt;/sup&amp;gt;Ca NMR spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlene Crevant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Babonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.14104. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms14104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydroxyapatites: Key Structural Questions and Answers from Dynamic Nuclear Polarization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Aussenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akiyoshi Osaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Hayakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 89 (19), pp.10201 - 10207. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.7b01332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium oxalate precipitation by diffusion using laminar microfluidics: toward a biomimetic model of pathological microcalcifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laffite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Letavernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (7), pp.1157-1160. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6LC00197A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperoxaluria is related to whewellite and hypercalciuria to weddellite: What happens when crystalline conversion occurs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Tielens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonhomme-Coury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (11-12), pp.1573-1579. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crci.2015.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01297865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi acoustique de réactions chimiques en mécanochimie par décomposition spectrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massyl Moudoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Granjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2025 – XXXème Colloque Francophone de Traitement du Signal et des Images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Strasboug, France. p. 585-588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid State NMR: a Pertinent Tool of Investigation for Calcium Derivatives. The Study Case of Randall’s Plaque.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Coelho-Diogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Babonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Annual Scientific Meeting of the European Society for Clinical Investigation Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. pp.8.03</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01329379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operando acoustic analysis: a valuable method for investigating reaction mechanisms in mechanochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Mittelette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fabregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Špačková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Expanding Frontier Between Mechanochemistry & Solid State NMR: Special Focus on Inorganic Components of Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Laurencin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reference Module in Chemistry, Molecular Sciences and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Elsevier, 2022, Reference Module in Chemistry, Molecular Sciences and Chemical Engineering, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-823144-9.00136-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring zinc-terephthalate complexes through multi nuclear ssNMR and in-situ reaction monitoring by Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Métro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Laurencin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty-Fifth Congress and General Assembly of the International Union of Crystallography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtuel - Online, France. ACTA CRYSTALLOGRAPHICA A-FOUNDATION AND ADVANCES, A77 (C1011), pp.PS 40-1, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108767321086037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxalates de calcium et hydroxyapatite : des matériaux synthétiques et naturels étudiés par techniques RMN et DNP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chimie analytique. Université Pierre et Marie Curie - Paris VI, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016PA066256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01443727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId124"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05353141v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se Marie Samantha Parlier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinann Al Amir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas-Xavier M&#233;tro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Granjon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Laurencin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c05608" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04603458v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Goldberga" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Hung" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sarou-Kanian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gervais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhehong Gan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c00300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04287201v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Kr&#246;del" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Leroy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Min Kim" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Awais Naeem" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Kierzkowska" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.3c00475" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04225761v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier F&#233;lix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabregue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Hsin Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp02540c" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138043v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyang Su" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Siro Brigiano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Petit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonhomme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmtd.202300007" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03681123v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c04132" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03679879v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mittelette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica &#352;pa&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc01496c" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365061v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monu Kaushik" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixuan Chen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gajan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Willinger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c00516" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03322334v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonhomme-Coury" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Tielens" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Babonneau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/mr-2-653-2021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978052v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijith Kumar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijue Xu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bryce" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CP06267J" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978054v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Scilabra" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Terraneo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Daolio" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baggioli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Famulari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01306" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978056v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Johannson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.8b11490" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978065v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M.J. Szell" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.4787" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978058v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ce01365a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978069v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2018.08.002" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978075v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Schuster" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schaefer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M&#252;ller-Buschbaum" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Braunschweig" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2017-0704" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144971v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo D. Belletti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;au Debroise" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Llansola-Portoles" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan T. Lucas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201801611" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448516v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lee" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Crevant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14104" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01611666v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aussenac" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiyoshi Osaka" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Hayakawa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b01332" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978074v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Burgess" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cory Widdifield" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201700990" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01288757v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laffite" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonhomme-Coury" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Letavernier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC00197A" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01297865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bazin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2015.12.011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037093v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massyl Moudoud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01329379v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Coelho-Diogo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841407v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-823144-9.00136-9" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259751v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648370v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108767321086037" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01443727v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066256" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05353141v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se Marie Samantha Parlier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinann Al Amir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas-Xavier M&#233;tro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Granjon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Laurencin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c05608" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04603458v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Goldberga" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Hung" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sarou-Kanian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gervais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhehong Gan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c00300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04225761v3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier F&#233;lix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabregue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Leroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Hsin Chen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp02540c" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138043v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyang Su" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Siro Brigiano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Petit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonhomme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmtd.202300007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04287201v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Kr&#246;del" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Min Kim" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Awais Naeem" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Kierzkowska" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.3c00475" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03681123v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c04132" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03679879v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mittelette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica &#352;pa&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc01496c" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03322334v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonhomme-Coury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Tielens" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Babonneau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/mr-2-653-2021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monu Kaushik" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixuan Chen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gajan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Willinger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c00516" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978052v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijith Kumar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijue Xu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bryce" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CP06267J" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978056v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Johannson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.8b11490" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978054v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Scilabra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Terraneo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Daolio" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baggioli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Famulari" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01306" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978075v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Schuster" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schaefer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M&#252;ller-Buschbaum" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Braunschweig" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2017-0704" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978069v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2018.08.002" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978065v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M.J. Szell" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.4787" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978058v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ce01365a" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144971v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo D. Belletti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;au Debroise" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Llansola-Portoles" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan T. Lucas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201801611" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978074v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Burgess" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cory Widdifield" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201700990" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448516v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lee" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Crevant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14104" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01611666v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aussenac" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiyoshi Osaka" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Hayakawa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b01332" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01288757v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laffite" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonhomme-Coury" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Letavernier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC00197A" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01297865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bazin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2015.12.011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037093v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massyl Moudoud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01329379v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Coelho-Diogo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259751v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841407v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-823144-9.00136-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648370v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108767321086037" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01443727v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066256" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>