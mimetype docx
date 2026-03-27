--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -531,626 +531,721 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01835552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">[ CR de lecture ] - Lucie Bargel, Dans l’écheveau de la frontière. Alignements, réalignements des attachements politiques dans la Roya ( xix e - xxi e siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Gallinal-Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025/2 (107), pp.145-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/crii.107.0145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des pratiques ordinaires et pourtant fort dénoncées. Réflexions sur la dimension clientélaire des politiques publiques à partir du laboratoire marseillais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue internationale de politique comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Vol. 30 (3), pp.53-77. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ripc.303.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04725965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un avenir post-nucléaire ? Les atermoiements des acteurs du territoire de Trino (Italie) en contexte de démantèlement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Identité nucléaire, 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Béal, Nicolas Cauchi-Duval, Georges Gay, Christelle Morel-Journel, Valérie Sala Pala, Sociologie De Saint-Étienne, Paris, La Découverte, 2020, 128 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Maisetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, n° 182 (1), pp.220-223. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/esp.182.0220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03504173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Béal, Nicolas Cauchi-Duval, Georges Gay, Christelle Morel-Journel, Valérie Sala Pala, Sociologie De Saint-Étienne , Paris, La Découverte, 2020, 128 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Maisetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 182, pp.220 - 223. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/esp.182.0220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04732731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La difficile « sortie du nucléaire ». Dénonciations écologistes de la gestion des déchets dans un site italien en démantèlement (Saluggia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Identité nucléaire, 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouverner la ville avec des milieux « communautaires »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropoles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, varia, 19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dialectique dans la comparaison. Construction d’une enquête franco-italienne et échelles d’analyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 166, p. 165-179. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/esp.166.0165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02050607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociologie de Marseille : la « ville habitée » contre la « ville imaginée »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1166,1248 +1261,1248 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropolitiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, https://www.metropolitiques.eu/Sociologie-de-Marseille-la-ville.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01680716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un defferrisme encore bien vivant. La redistribution clientélaire des ressources à Marseille entre (peu de) transformations et (beaucoup de) continuités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 68-69, pp.39-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi il n’y a pas de mafia à Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire-Savoirs: Sciences de l'Homme et de la Société en Provence-Alpes-Côte d'Azur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Délinquance, criminalité et banditisme dans la région marseillaise, 11, pp.29-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secours ou entrave à l’action publique ? Les élus locaux face à l’État dans les territoires mono-industriels à risques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, L'État et ses territoires, 90, pp.128-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/sds.608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secours ou entrave à l’action publique ? Les élus locaux face à l’Etat dans les territoires mono-industriels à risques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, L'Etat et ses territoires, 90, pp.128-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/sds.608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01116818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The transformations of the contemporary mafia: a perspective review of the literature on mafia phenomena in the context of the internationalisation of the capitalist economy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Social Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 203-204, pp.227-243</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01165678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouverner la « démocratie locale » urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologie du Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01835569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les élus en action. Redistribution clientélaire et transformations des ressources publiques en milieu urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 71, pp.46-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in Clientelism and Urban Government: A Comparative Case Study of Naples and Marseilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Urban and Regional Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 31 (1), pp.73-90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1468-2427.2007.00717.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transformation des politiques clientélaires de redistribution. Nouvelle gestion urbaine et pratiques politiques à Marseille et à Naples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques et Management public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 25 (1), pp.1-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/pomap.2007.2355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La régulation clientélaire. Relations de clientèle et gouvernement urbain à Naples et à Marseille (1970-1980)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire des collectivités locales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Le financement des politiques locales, pp.579-585</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les politiques clientélaires comme facteurs de recomposition sociale et ethnique à Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire-Savoirs: Sciences de l'Homme et de la Société en Provence-Alpes-Côte d'Azur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 5, pp.61-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations des ressources clientélaires et construction des notabilités politiques à Marseille (1970-1990)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Trajectoires de la notabilité. II. Production et reproduction, 17 (67), pp.129-155. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/polix.2004.1627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques clientélaires et politiques d’attribution des logements sociaux à Marseille dans les années 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méditerranée : revue géographique des pays méditerranéens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Politiques urbaines à Naples et à Marseille, 96 (1-2), pp.29-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La personnalisation du gouvernement municipal en Italie. L'expérience du maire de Naples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felia Allum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pôle sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 13 (1), pp.57-70. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/pole.2000.1086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il Msi-An tra tradizione e modernità. Il voto e l’identità di un partito in trasformazione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nord e Sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Governo e partiti a Napoli negli anni Novanta, XLV (4-5), pp.142-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategie politico-territoriali e sviluppo delle aree interne. Le logiche del potere in Irpinia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geotema</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, XLV, pp.142-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2417,774 +2512,774 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plus de promesses reconverties que d’espoirs trahis. Les territoires de la recherche nucléaire au Piémont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cesare Mattina; Elisabetta Bini; Barbara Curli; Pierre Fournier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les territoires des transitions énergétiques. Nucléaire et énergies renouvelables en Italie et en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Khartala; Editions de la MMSH, pp.179-205, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marseille ou les paradoxes d’une alternance historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cesare Mattina</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maisetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Rémi Lefebvre; Sébastien Vignon. </w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Démobilisation électorale dans la France urbaine. Les élections municipales de 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, pp.121-132, 2023, 9782753588608</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Pitfalls of &amp;quot;Marseillology&amp;quot; and How to Avoid Them</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maisetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Berghahn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Marseille mosaic: A Mediterranean City at the Crossroad of Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.125-140, 2023, 978-1-80073-820-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marseille ou les paradoxes d’une alternance historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maisetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rémi Lefebvre; Sébastien Vignon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Démobilisation électorale dans la France urbaine. Les élections municipales de 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.121-132, 2023, 978-2-7535-8860-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04360878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Plus de promesses reconverties que d’espoirs trahis. Les territoires de la recherche nucléaire au Piémont</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Davide Pellegrino</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Bini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Curli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cesare Mattina; Elisabetta Bini; Barbara Curli; Pierre Fournier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les territoires des transitions énergétiques. Nucléaire et énergies renouvelables en Italie et en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Khartala; Editions de la MMSH, pp.179-205, 2023</w:t>
+              <w:t xml:space="preserve">, Khartala; Maison Méditeranéenne des sciences de l'homme, pp.335-345, 2023, L'atelier méditerranéen, 978-2-38409-022-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Maisetti</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une socio-histoire localisée des transitions énergétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Bini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...78 lines deleted...]
-                <w:t xml:space="preserve">Cesare Mattina</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Curli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...78 lines deleted...]
-                <w:t xml:space="preserve">Cesare Mattina</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...40 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les territoires des transitions énergétiques. Nucléaire et énergies renouvelables en Italie et en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Khartala; Maison Méditeranéenne des sciences de l'homme, pp.335-345, 2023, L'atelier méditerranéen, 978-2-38409-022-8</w:t>
+              <w:t xml:space="preserve">, Karthala; Maison méditerranéenne des sciences de l'homme, pp.13-36, 2023, 978-2-38409-022-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Elisabetta Bini</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04123636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pro et anti face aux projets nucléaires dans l’Italie du Nord des années 1950-1960</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...36 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cesare Mattina; Elisabetta Bini; Barbara Curli; Pierre Fournier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les territoires des transitions énergétiques. Nucléaire et énergies renouvelables en Italie et en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Karthala; Maison méditerranéenne des sciences de l'homme, pp.13-36, 2023, 978-2-38409-022-8</w:t>
+              <w:t xml:space="preserve">, Khartala; Editions de la MMSH, pp.67-92, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04360866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postfazione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peter Anthony Allum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Potere e società a Napoli nel dopoguerra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Guida editori, pp.607-613, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04360816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pitfalls of “Marseillology” and How to Avoid Them (chapitre 6)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Maisetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3194,105 +3289,105 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kathryn A. Kleppinger; Mark Ingram. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Marseille Mosaic: A Mediterranean City at the Crossroads of Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berghahn Books</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.125-142, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3167/9781800738201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04360863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marseille ou les paradoxes d’une alternance historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3312,73 +3407,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presse suniversitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les élections municipales de 2020 : le vote urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3398,1512 +3493,1512 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Maudire la ville. Socio-histoire comparée des dénonciations de la corruption urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dénoncer la politique marseillaise, dénoncer Marseille.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Maudire la ville. Socio-histoire comparée des dénonciations de la corruption urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2021, 978-2-7574-3504-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03504177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Dénoncer corruption et clientélisme à Marseille. Les élus entrepreneurs de la dénonciation entre logiques néo-managériales de l’action publique locale et luttes partisanes en France (1977-2014) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Iancu, Alexandra and Marton, Silvia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corruption et politique dans les démocraties européennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Dénoncer corruption et clientélisme à Marseille. Les élus entrepreneurs de la dénonciation entre logiques néo-managériales de l’action publique locale et luttes partisanes en France (1977-2014) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Iancu, Alexandra and Marton, Silvia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corruption et politique dans les démocraties européennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02538316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Demopolis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dénoncer la corruption. Chevaliers blancs, pamphlétaires et promoteurs de la transparence à l’époque contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mattina, Cesare; Monier, Frédéric; Dard, Olivier; Engels, Jens Ivo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dénoncer la corruption. Chevaliers blancs, pamphlétaires et promoteurs de la transparence à l’époque contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demopolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.13-31, 2018, 978-2-35457-125-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Dénoncer l’improbité publique dans une &amp;quot;ville maudite&amp;quot; : acteurs, rhétoriques et contextes de la critique de la politique marseillaise depuis les années 1980 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Silvia Marton, Frédéric Monier et Olivier Dard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moralité du pouvoir et corruption en France et en Roumanie (XVIIIe-XXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université Paris Sorbonne, pp.205-217, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Au-delà du scandale, une corruption tout à fait ordinaire. Considérations à partir de l’affaire des fausses factures de 1982 à la mairie de Marseille »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stadt – Macht – Korruption [Ville, Pouvoir, Corruption]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Franz Steiner Verlag, pp.63-75, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà du scandale, une corruption tout à fait ordinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Franz Steiner Verlag. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stadt - Macht - Korruption. Cesare Mattina, Andreas Fahrmeir, Jens Ivo Engels, Frédéric Monier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.63-75, 2017, 978-3-515-11738-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03426382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dénoncer l’improbité publique dans une &amp;quot;ville maudite&amp;quot; : acteurs, rhétoriques et contextes de la critique de la politique marseillaise depuis les années 1980</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de l'Université Paris-Sorbonne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moralité du pouvoir et corruption en France et en Roumanie (XVIIIe-XXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.205-217, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà du scandale, une corruption tout à fait ordinaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Franz Steiner Verlag. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stadt-Macht-Korruption. Sous la direction de Jens Ivo Engels, Cesare Mattina, Andreas Fahrmeir, Frédéric Monier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 978-3-515-11738-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Dénoncer l’improbité publique dans une &amp;quot;ville maudite&amp;quot; : acteurs, rhétoriques et contextes de la critique de la politique marseillaise depuis les années 1980 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Silvia Marton, Frédéric Monier et Olivier Dard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moralité du pouvoir et corruption en France et en Roumanie (XVIIIe-XXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université Paris Sorbonne, pp.205-217, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02538336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transactions bilatérales plutôt que débat public. Pollutions sans vagues autour d’un établissement industriel isolé (Saint-Auban, 1916-2008)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Americi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Leborgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laura Centemeri; Xavier Daumalin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pollutions industrielles et espaces méditerranéens. XVIIIe-XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, Maison méditerranéenne des sciences de l'Homme, pp.69-94, 2015, 978-2-8111-1239-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01194449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollutions sans vagues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Khartala. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pollutions industrielles et espaces méditerranéens (XVIIIe-XXIe s.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2015, 978-2-8111-1239-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01841007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relectures sur la camorra. Regards comparatifs, ethnographiques et multi-niveaux sur les phénomènes de « criminalité organisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carmela Lettieri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprendre l’Italie des années 2000. Du social au politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications de l'Université de Provence, pp.93-112, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démocratie locale et pouvoir dans la ville, la mise en place des conseils de quartier à Marseille, Toulon et Nice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Marie Miossec. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains et échelons de la gouvernance : expériences en France et au Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.171-192, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Governare la democrazia locale. Potere politico e governance urbana a Marsiglia, Tolone e Nizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francesca Gelli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La democrazia locale tra rappresentanza e partecipazione</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Franco Angeli, pp.185-199, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intermédiation politique des présidents de Comités d’intérêt de quartier : le territoire de la notabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Fournier; Sylvie Mazzella. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marseille entre ville et ports. Les destins de la rue de la République</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.82-96, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-fascisti a Napoli. An tra continuità e mutamento</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ottorino Cappelli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Potere e società a Napoli a cavallo del secolo. Omaggio a Percy Allum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edizioni Scientifiche italiane, pp.219-244, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des médiateurs locaux : les présidents des comités d’intérêt de quartier autour de la rue de la République</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">André Donzel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropolisation, gouvernance et citoyenneté dans la région urbaine marseillaise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maisonneuve &amp; Larose, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4913,91 +5008,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métropoles en Méditerranée. Gouverner par les rentes, de Dominique Lorrain (dir.), Paris, Presses de Sciences Po, 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.971-972</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5007,147 +5102,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mesure des territoires en mutations ? Les transformations de l’ancrage territorial et social du politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Dechezelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Pina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil Régional PACA. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5157,51 +5252,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capitalisme industriel des territoires à faible densité et urbanité à la campagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5217,51 +5312,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennale de l’urbain et des territoires, Réseau thématique n°9 de l’Association française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02513953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5271,346 +5366,346 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dénoncer la corruption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Mattina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Ivo Engels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">pp.382, 2018, 978-2-35457-125-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dénoncer la corruption. Chevaliers blancs, pamphlétaires et promoteurs de la transparence à l’époque contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Ivo Engels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Dénoncer la corruption</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stadt - Macht - Korruption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesare Mattina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Fahrmeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Ivo Engels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">pp.382, 2018, 978-2-35457-125-2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">20, Franz Steiner Verlag, 2017, Beitrage Zur Stadtgeschichte Und Urbanisierungsforschung, 978-3-515-11738-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...100 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId104"/>
+      <w:footerReference w:type="default" r:id="rId107"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5678,51 +5773,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AC13B982"/>
+    <w:nsid w:val="9E4C55A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5909,51 +6004,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cesare-mattina" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-8599-3612" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076199487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123611v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Mattina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Curli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fournier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/atelier-mediterraneen/3490-les-territoires-des-transitions-energetiques--9782384090228.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503903v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maisetti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025142v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr/fr/livre/?GCOI=27246100631090" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835552v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725965v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0053" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558784v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504173v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.182.0220" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732731v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558780v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837917v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050607v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.166.0165" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680716v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558872v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558874v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558785v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.608" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116818v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165678v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835569v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558789v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558795v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-2427.2007.00717.x" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558796v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pomap.2007.2355" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558879v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558876v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558800v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.2004.1627" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558883v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558803v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felia Allum" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2000.1086" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558891v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558896v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360878v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360872v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pellegrino" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732766v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558809v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360841v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123636v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360866v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360816v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360863v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berghahnbooks.com/title/IngramMarseille#toc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/9781800738201" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558812v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558815v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504177v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770151v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02538316v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558818v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Monier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770152v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/demopolis/1190" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770156v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770154v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426382v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558819v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837916v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02538336v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01194449v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Americi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Leborgne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841007v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558861v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558899v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558862v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558866v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558870v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558902v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770153v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323202v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand-Lagier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dechezelles" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pina" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02513953v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770150v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Ivo Engels" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837913v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837915v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Fahrmeir" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cesare-mattina" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-8599-3612" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076199487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123611v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Mattina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Curli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fournier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/atelier-mediterraneen/3490-les-territoires-des-transitions-energetiques--9782384090228.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503903v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maisetti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025142v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr/fr/livre/?GCOI=27246100631090" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835552v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560986v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gallinal-Arias" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.107.0145" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725965v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0053" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558784v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504173v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.182.0220" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732731v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558780v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837917v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050607v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.166.0165" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680716v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558872v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558874v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558785v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.608" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116818v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165678v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835569v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558789v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558795v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-2427.2007.00717.x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558796v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pomap.2007.2355" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558879v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558876v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558800v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.2004.1627" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558883v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558803v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felia Allum" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2000.1086" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558891v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558896v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360872v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pellegrino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732766v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558809v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360878v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360841v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123636v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360866v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360816v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360863v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berghahnbooks.com/title/IngramMarseille#toc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/9781800738201" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558812v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558815v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504177v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770151v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02538316v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558818v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Monier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770152v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/demopolis/1190" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770156v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770154v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426382v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558819v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837916v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02538336v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01194449v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Americi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Leborgne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841007v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558861v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558899v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558862v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558866v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558870v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558902v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770153v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323202v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand-Lagier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dechezelles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pina" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02513953v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837913v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Ivo Engels" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770150v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837915v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Fahrmeir" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>