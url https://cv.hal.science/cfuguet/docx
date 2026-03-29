--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -100,351 +100,351 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variable and extended precision (VRP) accelerator implemented in a 22 nm SoC</w:t>
+                <w:t xml:space="preserve">Depth-first: A deterministic and scalable NoC routing protocol for 3.5D packaged architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Guthmuller</w:t>
+                <w:t xml:space="preserve">Davy Million</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Bocco</w:t>
+                <w:t xml:space="preserve">Adrian Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Fereyre</w:t>
+                <w:t xml:space="preserve">Rim El Cheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Evans</w:t>
+                <w:t xml:space="preserve">Alireza Monemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 61, pp.ell2.70255. </w:t>
+              <w:t xml:space="preserve">IEEE Journal on Emerging and Selected Topics in Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/ell2.70255⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JETCAS.2025.3590106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-05123539v1</w:t>
+                <w:t xml:space="preserve">hal-05190367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depth-first: A deterministic and scalable NoC routing protocol for 3.5D packaged architectures</w:t>
+                <w:t xml:space="preserve">Variable and extended precision (VRP) accelerator implemented in a 22 nm SoC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davy Million</w:t>
+                <w:t xml:space="preserve">Eric Guthmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Bocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Fereyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Evans</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alireza Monemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal on Emerging and Selected Topics in Circuits and Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 61, pp.ell2.70255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JETCAS.2025.3590106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/ell2.70255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190367v1</w:t>
+                <w:t xml:space="preserve">cea-05123539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xvpfloat: RISC-V ISA extension for variable extended precision floating point computation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guthmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Fereyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -521,51 +521,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IntAct: A 96-Core Processor With Six Chiplets 3D-Stacked on an Active Interposer With Distributed Interconnects and Integrated Power Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guthmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvain Thonnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -668,144 +668,144 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware-software co-design for supporting shared distributed virtual memory</w:t>
+                <w:t xml:space="preserve">HPC Workload Analysis Using Distributed Cross-ISA Binary Instrumentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Tomasi Ribeiro</w:t>
+                <w:t xml:space="preserve">Eduardo Tomasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pétrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CF 2025 - 22nd ACM International Conference on Computing Frontiers: Workshops and Special Sessions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Cagliari, Italy. pp.58-61, </w:t>
+              <w:t xml:space="preserve">2025 40th Conference on Design of Circuits and Integrated Systems (DCIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Santander, Spain. pp.144-149, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3706594.3726976⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/DCIS67520.2025.11281913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05163673v1</w:t>
+                <w:t xml:space="preserve">hal-05452524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Hardware Implementation of Lala's 64-bit SEcDED Codes</w:t>
               </w:r>
@@ -876,144 +876,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HPC Workload Analysis Using Distributed Cross-ISA Binary Instrumentation</w:t>
+                <w:t xml:space="preserve">Hardware-software co-design for supporting shared distributed virtual memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Tomasi</w:t>
+                <w:t xml:space="preserve">Eduardo Tomasi Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pétrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 40th Conference on Design of Circuits and Integrated Systems (DCIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Santander, Spain. pp.144-149, </w:t>
+              <w:t xml:space="preserve">CF 2025 - 22nd ACM International Conference on Computing Frontiers: Workshops and Special Sessions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Cagliari, Italy. pp.58-61, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DCIS67520.2025.11281913⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3706594.3726976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05452524v1</w:t>
+                <w:t xml:space="preserve">hal-05163673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FetchFlare: An Open-Source Strided Data Prefetcher for High-Performance Cache Hierarchies</w:t>
               </w:r>
@@ -1261,572 +1261,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open source heterogeneous Chiplet-based Computing Architectures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Davy Million</w:t>
+                <w:t xml:space="preserve">Page size exploration for RISC-V systems: the case for HPC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Tomasi Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Fuguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pétrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCAD 2024 - 2024 ACM/IEEE International Conference on Computer-Aided Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">35th International Workshop on Rapid System Prototyping (RSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Nov 2024, Raleigh (North Carolina), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP64122.2024.10870951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-05026001v1</w:t>
+                <w:t xml:space="preserve">hal-04932966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Will 4K pages last forever ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary integration of vortex within the OpenPiton platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Million</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Fuguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Balkind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pétrot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christian Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Forum on MPSoC (MPSoC 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Kanazawa, Japan</w:t>
+              <w:t xml:space="preserve">2024 Vortex Workshop co-located with MICRO 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795087v1</w:t>
+                <w:t xml:space="preserve">cea-04772235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breaking the Memory Wall with a Flexible Open-Source L1 Data-Cache</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Open source heterogeneous Chiplet-based Computing Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Fuguet Tortolero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Million</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICCAD 2024 - 2024 ACM/IEEE International Conference on Computer-Aided Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, New Jersey, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/DATE58400.2024.10546547⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04600058v1</w:t>
+                <w:t xml:space="preserve">cea-05026001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Page size exploration for RISC-V systems: the case for HPC</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Will 4K pages last forever ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pétrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Tomasi Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">César Fuguet</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Fuguet Tortolero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fabre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Pétrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th International Workshop on Rapid System Prototyping (RSP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd International Forum on MPSoC (MPSoC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Kanazawa, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RSP64122.2024.10870951⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04932966v1</w:t>
+                <w:t xml:space="preserve">hal-04795087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary integration of vortex within the OpenPiton platform</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Breaking the Memory Wall with a Flexible Open-Source L1 Data-Cache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Million</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelia Oliete-Escuín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Pétrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 Vortex Workshop co-located with MICRO 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DATE 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Valencia, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/DATE58400.2024.10546547⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04772235v1</w:t>
+                <w:t xml:space="preserve">hal-04600058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HPDcache: Open-source high-performance L1 data cache for RISC-V cores</w:t>
               </w:r>
@@ -1903,90 +1903,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerating Variants of the Conjugate Gradient with the Variable Precision Processor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guthmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Fereyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE 29th Symposium on Computer Arithmetic (ARITH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Lyon, France. pp.51-57, </w:t>
@@ -2037,90 +2037,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerating Variants of the Conjugate Gradient with the Variable Precision Processor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guthmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Fereyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE Symposium on Computer Arithmetic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Lyon, France. </w:t>
@@ -2305,51 +2305,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 220GOPS 96-Core Processor with 6 Chiplets 3D-Stacked on an Active Interposer Offering 0.6ns/mm Latency, 3Tb/s/mm 2 Inter-Chiplet Interconnects and 156mW/mm 2 @ 82%-Peak-Efficiency DC-DC Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guthmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvain Thonnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3086,51 +3086,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02985969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace-driven exploration of sharing set management strategies for cache coherence in manycores</w:t>
+                <w:t xml:space="preserve">A Method for Fast Evaluation of Sharing Set Management Strategies in Cache Coherence Protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guthmuller</w:t>
@@ -3148,73 +3148,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fuguet Tortolero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pétrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th IEEE International New Circuits and Systems Conference (NEWCAS'17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.77-80</w:t>
+              <w:t xml:space="preserve">30th International Conference on Architecture of Computing Systems (ARCS 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.111-123</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01701046v1</w:t>
+                <w:t xml:space="preserve">hal-01523232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Programmable Inbound Transfer Processor for Active Messages in Embedded Multicore Systems</w:t>
               </w:r>
@@ -3324,51 +3324,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Method for Fast Evaluation of Sharing Set Management Strategies in Cache Coherence Protocols</w:t>
+                <w:t xml:space="preserve">Trace-driven exploration of sharing set management strategies for cache coherence in manycores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guthmuller</w:t>
@@ -3386,73 +3386,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fuguet Tortolero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pétrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th International Conference on Architecture of Computing Systems (ARCS 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.111-123</w:t>
+              <w:t xml:space="preserve">15th IEEE International New Circuits and Systems Conference (NEWCAS'17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.77-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01523232v1</w:t>
+                <w:t xml:space="preserve">hal-01701046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3712,51 +3712,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breaking the memory wall with a flexible open-source L1 Data-cache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Million</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noelia Oliete-Escuín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3801,385 +3801,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04600891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional Verification Strategy for an Open-Source High-Performance L1 Data-Cache for RISC-V cores</w:t>
+                <w:t xml:space="preserve">128-bit addresses for the masses (of memory and devices).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanuj Khandelwal</w:t>
+                <w:t xml:space="preserve">Mathieu Bacou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Pion</w:t>
+                <w:t xml:space="preserve">Adam Chader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandana Deshpande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RISC-V Summit 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">HotInfra 2023 - Workshop on Hot Topics in System Infrastructure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Orlando, United States. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392800v1</w:t>
+                <w:t xml:space="preserve">cea-04487782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">128-bit addresses for the masses (of memory and devices).</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Fabre</w:t>
+                <w:t xml:space="preserve">The Variable Precision Processor VXP: preliminary performance results on generic Krylov-based solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Fereyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HotInfra 2023 - Workshop on Hot Topics in System Infrastructure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Orlando, United States. 2023</w:t>
+              <w:t xml:space="preserve">Colloque Sparse Days 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Toulouse, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04487782v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04487791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Variable Precision Processor VXP: preliminary performance results on generic Krylov-based solvers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérome Fereyre</w:t>
+                <w:t xml:space="preserve">Functional Verification Strategy for an Open-Source High-Performance L1 Data-Cache for RISC-V cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanuj Khandelwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Evans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Sparse Days 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Toulouse, France. 2023</w:t>
+              <w:t xml:space="preserve">RISC-V Summit 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04487791v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards simulation of an unified address space for 128-bit massively parallel computers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Tomasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4243,64 +4243,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">We had 64-bit, yes. What about second 64-bit?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bacou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Chader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chandana S. Deshpande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4482,51 +4482,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction of Fault-Tolerance Mechanisms for Permanent Failures in Coherent Shared-Memory Many-Core Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Fuguet Tortolero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Distributed, Parallel, and Cluster Computing [cs.DC]. Université Pierre et Marie Curie - Paris VI, 2015. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015PA066462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4722,51 +4722,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05123539v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guthmuller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Fuguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bocco" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Fereyre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Evans" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ell2.70255" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190367v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Million" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim El Cheikh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Monemi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2025.3590106" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04546949v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fereyre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Alidori" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TC.2024.3383964" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072959v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vivet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Thonnart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Fuguet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2020.3036341" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163673v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Tomasi Ribeiro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fabre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric P&#233;trot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3726976" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452289v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DFT66274.2025.11257516" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Tomasi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCIS67520.2025.11281913" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452261v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golnaz Korkian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neiel Leyva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Bigas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Oliete-Escu&#237;n" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Haghi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD67783.2025.00047" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213064v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zexin Fu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Tedeschi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Ottavi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Wistoff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3719276.3725186" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05026001v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Fuguet Tortolero" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795087v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600058v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE58400.2024.10546547" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04932966v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP64122.2024.10870951" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04772235v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Balkind" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04110679v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3587135.3591413" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392747v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Durand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Fereyre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARITH54963.2022.00017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04487789v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03605068v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Egloff" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Noel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Kooli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Giraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Ciampolini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE51398.2021.9473992" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985945v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Moritz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062927" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178715v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Beilliard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Godard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Danovitch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drouin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSITechnology18217.2020.9265100" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03471376v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bernabe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charbonnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coriat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE48585.2020.9116214" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392754v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perceval Coudrain" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chausse" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lattard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guthmuller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2019.00092" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392763v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Narayan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Fuguet Tortolero" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Coskun" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2019.8715036" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985969v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fuguet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vivet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Miro-Panades" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2018.8494275" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701046v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dumas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fuguet Tortolero" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392776v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lemaire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2017.38" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523232v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213082v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Allart" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2505.03762" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05106202v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Assoumani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Mateescu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendelin Serwe" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04600891v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392800v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanuj Khandelwal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pion" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04487782v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bacou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Chader" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandana Deshpande" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04487791v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392810v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161612v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandana S. Deshpande" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011990v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Greiner" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01292995v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066462" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Million" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Fuguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Evans" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim El Cheikh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Monemi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2025.3590106" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05123539v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guthmuller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bocco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Fereyre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ell2.70255" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04546949v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fereyre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Alidori" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TC.2024.3383964" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072959v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vivet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Thonnart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Fuguet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2020.3036341" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452524v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Tomasi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fabre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric P&#233;trot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCIS67520.2025.11281913" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452289v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DFT66274.2025.11257516" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163673v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Tomasi Ribeiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3726976" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452261v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golnaz Korkian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neiel Leyva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Bigas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Oliete-Escu&#237;n" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Haghi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD67783.2025.00047" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213064v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zexin Fu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Tedeschi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Ottavi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Wistoff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3719276.3725186" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04932966v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP64122.2024.10870951" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04772235v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Balkind" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05026001v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Fuguet Tortolero" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795087v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600058v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE58400.2024.10546547" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04110679v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3587135.3591413" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392747v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Durand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Fereyre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARITH54963.2022.00017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04487789v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03605068v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Egloff" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Noel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Kooli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Giraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Ciampolini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE51398.2021.9473992" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985945v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Moritz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062927" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178715v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Beilliard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Godard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Danovitch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drouin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSITechnology18217.2020.9265100" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03471376v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bernabe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charbonnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coriat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE48585.2020.9116214" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392754v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perceval Coudrain" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chausse" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lattard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guthmuller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2019.00092" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392763v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Narayan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Fuguet Tortolero" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Coskun" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2019.8715036" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985969v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fuguet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vivet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Miro-Panades" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2018.8494275" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523232v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dumas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fuguet Tortolero" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392776v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lemaire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2017.38" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701046v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213082v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Allart" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2505.03762" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05106202v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Assoumani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Mateescu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendelin Serwe" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04600891v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04487782v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bacou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Chader" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandana Deshpande" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04487791v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392800v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanuj Khandelwal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pion" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392810v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161612v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandana S. Deshpande" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011990v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Greiner" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01292995v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066462" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>