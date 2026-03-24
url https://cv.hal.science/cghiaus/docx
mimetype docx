--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -331,395 +331,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05252801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The imperative for reproducibility in building performance simulation research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Data-driven hybrid SARIMAX-MLP framework for energy consumption prediction in residential micro-grid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Ali Kachalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeniran Ademuwagun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olufemi Babajide Odeyinde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majid Baseer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Performance Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19401493.2024.2441385⟩</w:t>
+              <w:t xml:space="preserve">Results in engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26, pp.105336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rineng.2025.105336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04874985v1</w:t>
+                <w:t xml:space="preserve">hal-05084514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven hybrid SARIMAX-MLP framework for energy consumption prediction in residential micro-grid</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Comparative analysis of machine learning models for prediction and forecasting of electric water boilers energy consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Ali Kachalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majid Baseer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Results in engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26, pp.105336. </w:t>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 267, pp.125799. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rineng.2025.105336⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2025.125799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05084514v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of machine learning models for prediction and forecasting of electric water boilers energy consumption</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The imperative for reproducibility in building performance simulation research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Majid Baseer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 267, pp.125799. </w:t>
+              <w:t xml:space="preserve">Journal of Building Performance Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2025.125799⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19401493.2024.2441385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04936749v1</w:t>
+                <w:t xml:space="preserve">hal-04874985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Overview of Barriers and Potential Solutions for Energy Renovation of Existing Buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majid Baseer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Ali Kachalla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electrical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 20 (11s), pp.53-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -744,51 +744,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electric Water Boiler Energy Prediction: State-of-the-Art Review of Influencing Factors, Techniques, and Future Directions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Ali Kachalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -835,51 +835,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pELECTRE-Tri: Probabilistic ELECTRE-Tri Method—Application for the Energy Renovation of Buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majid Baseer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6385,77 +6385,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy Management in Residential Dwellings: Forecasting Hot Water Demand with Hybrid Machine Learning Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Ali Kachalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeniran Ademuwagun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 9th IEEE Workshop on the Electronic Grid (eGRID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Santa Fe, United States. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6489,51 +6489,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecasting Hot Water Consumption Demand for Residential Dwellings Using Hybrid Regression Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Ali Kachalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6656,178 +6656,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current issues in thermal load estimation</w:t>
+                <w:t xml:space="preserve">is it reasonable to calculate the thermal peak load using acausal models and short time steps?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Energy and Environment CIEM 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, bucarest, Romania</w:t>
+              <w:t xml:space="preserve">Building simulation conference 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, aix-les-bains, France. pp.2816-2822</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00986673v1</w:t>
+                <w:t xml:space="preserve">hal-00985585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">is it reasonable to calculate the thermal peak load using acausal models and short time steps?</w:t>
+                <w:t xml:space="preserve">Current issues in thermal load estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building simulation conference 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, aix-les-bains, France. pp.2816-2822</w:t>
+              <w:t xml:space="preserve">6th International Conference on Energy and Environment CIEM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00985585v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal modeling of buildings - principles and limitations</w:t>
               </w:r>
@@ -7795,217 +7795,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00986668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simplified statistical method to predict building annual heating demand</w:t>
+                <w:t xml:space="preserve">Building heating demand evaluation with a simple polynomial function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Jaffal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Inard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Building Physics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Istanbul, Turkey. pp.553-558</w:t>
+              <w:t xml:space="preserve">9th International Healthy Building Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Syracuse, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00536068v1</w:t>
+                <w:t xml:space="preserve">hal-00536353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building heating demand evaluation with a simple polynomial function</w:t>
+                <w:t xml:space="preserve">Simplified statistical method to predict building annual heating demand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Jaffal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Inard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Healthy Building Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Syracuse, United States</w:t>
+              <w:t xml:space="preserve">4th International Building Physics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Istanbul, Turkey. pp.553-558</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00536353v1</w:t>
+                <w:t xml:space="preserve">hal-00536068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">sizing the heat source in variable occupied buildings by using the dynamic matrix method</w:t>
               </w:r>
@@ -8421,191 +8421,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00351516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order model for air temperature control in indoor spaces</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christian Ghiaus</w:t>
+                <w:t xml:space="preserve">Control of temperatures in indoor spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Creete, Greece</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, France. p. 924-928</w:t>
+              <w:t xml:space="preserve">2nd Passive and Low Energy Cooling Conference (PALENC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Crête, Greece. pp.919-923</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312581v1</w:t>
+                <w:t xml:space="preserve">hal-00351515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of temperatures in indoor spaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Ghiaus</w:t>
+                <w:t xml:space="preserve">Reduced order model for air temperature control in indoor spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sempey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Inard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Passive and Low Energy Cooling Conference (PALENC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Crête, Greece. pp.919-923</w:t>
+              <w:t xml:space="preserve">Creete, Greece</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, France. p. 924-928</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00351515v1</w:t>
+                <w:t xml:space="preserve">hal-00312581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grey model identification of constant volume air handling unit. Part 2: Parameter identification</w:t>
               </w:r>
@@ -8982,286 +8982,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00312394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grey-box identification of air-handling unit elements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical prediction of the indoor ozone concentration in eight schools in La Rochelle, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Iordache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Inard</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 36th International HVAC\R Congress, Belgrade, Serbia, 30 November</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, France. pp.33-46</w:t>
+              <w:t xml:space="preserve">Clima 2005, 8th REVA World Congress, Lausanne, CH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, France. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312393v1</w:t>
+                <w:t xml:space="preserve">hal-00312606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical prediction of the indoor ozone concentration in eight schools in La Rochelle, France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grey-box identification of air-handling unit elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francis Allard</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Chicinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Inard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clima 2005, 8th REVA World Congress, Lausanne, CH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2005, France. pp.n.a</w:t>
+              <w:t xml:space="preserve">Proceedings of the 36th International HVAC\R Congress, Belgrade, Serbia, 30 November</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, France. pp.33-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312606v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical prediction of the indoor O3 concentration level in eight schools in La Rochelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Iordache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ghiaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Blondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9375,138 +9375,125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00312441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear discriminant analysis applied to forecast ozone concentration classes in sea-breeze regime</w:t>
+                <w:t xml:space="preserve">Evaluation of the indoor temperature field using a given air velocity distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rafik Belarbi</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICUC5 5th Intl. Conference on Urban Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, France. pp.n.a</w:t>
+              <w:t xml:space="preserve">Workshop Matlab/Simulink Building and HVAC simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2003, France. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312454v1</w:t>
+                <w:t xml:space="preserve">hal-00312455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical interpretation of the results of building simulation and its use in design decisions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9522,618 +9509,631 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Building Simulation'03 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2003, France. pp.387-390</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00312446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the indoor temperature field using a given air velocity distribution</w:t>
+                <w:t xml:space="preserve">Dynamic compensation of feed-forward control of buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Ghiaus</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Inard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Matlab/Simulink Building and HVAC simulation</w:t>
+              <w:t xml:space="preserve">CISBAT 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, France. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312455v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic compensation of feed-forward control of buildings</w:t>
+                <w:t xml:space="preserve">Linear discriminant analysis applied to forecast ozone concentration classes in sea-breeze regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Inard</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ca\&amp;quot;\ini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Belarbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CISBAT 2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2003, France. pp.n.a</w:t>
+              <w:t xml:space="preserve">ICUC5 5th Intl. Conference on Urban Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, France. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312456v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural ventilation for health, comfort and energy efficiency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interprétation statistique des résultats de simulations de comportement thermique des bâtiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ghiaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y. Mansouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENCAC-COTEDI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2003, France. pp.5-25</w:t>
+              <w:t xml:space="preserve">CIFQ2003, VI-e Colloque Interuniversitaire Franco-Québécois, Thermique des systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, France. pp.11-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312435v1</w:t>
+                <w:t xml:space="preserve">hal-00312445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interprétation statistique des résultats de simulations de comportement thermique des bâtiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Natural ventilation for health, comfort and energy efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francis Allard</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Mansouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIFQ2003, VI-e Colloque Interuniversitaire Franco-Québécois, Thermique des systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, France. pp.11-20</w:t>
+              <w:t xml:space="preserve">ENCAC-COTEDI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2003, France. pp.5-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312445v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology of Evaluation of Natural Ventilation Potential</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rafik Belarbi</w:t>
+                <w:t xml:space="preserve">Passive ventilation cooling in urban buildings: an estimation of potential environmental impact and benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kolokotroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Santamouris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Nichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum International sur les Energies Renouvelables (FIER)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, France. pp.n.a</w:t>
+              <w:t xml:space="preserve">EPIC 2002, AIVC Conference Energy efficient and healthy buildings in sustainable cities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, France. pp.531-536</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312453v1</w:t>
+                <w:t xml:space="preserve">hal-00312501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive ventilation cooling in urban buildings: an estimation of potential environmental impact and benefits</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">K. Nichou</w:t>
+                <w:t xml:space="preserve">Methodology of Evaluation of Natural Ventilation Potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ghiaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPIC 2002, AIVC Conference Energy efficient and healthy buildings in sustainable cities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, France. pp.531-536</w:t>
+              <w:t xml:space="preserve">Forum International sur les Energies Renouvelables (FIER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, France. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312501v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing climatic suitability to natural ventilation by using global and satellite climatic data</w:t>
               </w:r>
@@ -10493,247 +10493,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00312442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Settings of Reseidential Oil Burners by Using Response Surface Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Ghiaus</w:t>
+                <w:t xml:space="preserve">Sol-Vent : Development of Strategies for the Efficient Use of Solar Passive Ventilation in Urban Buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kolokotroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Santamouris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Papafonstantantinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Georkakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th REHVA World Congress CLIMA 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2001, France. pp.217-225</w:t>
+              <w:t xml:space="preserve">, Sep 2001, France. pp.39-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312449v1</w:t>
+                <w:t xml:space="preserve">hal-00312500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sol-Vent : Development of Strategies for the Efficient Use of Solar Passive Ventilation in Urban Buildings</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Georkakis</w:t>
+                <w:t xml:space="preserve">Optimal Settings of Reseidential Oil Burners by Using Response Surface Methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th REHVA World Congress CLIMA 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2001, France. pp.39-52</w:t>
+              <w:t xml:space="preserve">, Sep 2001, France. pp.217-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312500v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du point de fonctionnement d'un brûleur à l'aide de la méthode des surfaces de réponse</w:t>
               </w:r>
@@ -10916,351 +10916,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00312457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle statistique de prédiction du transfert des polluants atmosphériques de l'extérieur vers l'intérieur des espaces habitables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical prediction model of the outdoor/indoor air pollutant transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Iordache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ghiaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Blondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des associations du Génie Civil et Urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2000, France. pp.117-124</w:t>
+              <w:t xml:space="preserve">ROOMVENT 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, France. pp.1219-1224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312485v1</w:t>
+                <w:t xml:space="preserve">hal-00312484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical prediction model of the outdoor/indoor air pollutant transfer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La prévision des pics d'ozone en régime de brise à l'aide de la modélisation neuro-floue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Caini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gazeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROOMVENT 2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, France. pp.1219-1224</w:t>
+              <w:t xml:space="preserve">Journées thématiques Automatique et Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2000, France. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312484v1</w:t>
+                <w:t xml:space="preserve">hal-00312451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prévision des pics d'ozone en régime de brise à l'aide de la modélisation neuro-floue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modèle statistique de prédiction du transfert des polluants atmosphériques de l'extérieur vers l'intérieur des espaces habitables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Iordache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ghiaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Allard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Gazeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques Automatique et Environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2000, France. pp.n.a</w:t>
+              <w:t xml:space="preserve">Forum des associations du Génie Civil et Urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2000, France. pp.117-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312451v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locating the separation point of nonisothermal wall jets using computer vision</w:t>
               </w:r>
@@ -12582,51 +12582,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="43FD11A7"/>
+    <w:nsid w:val="EB30CA0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12813,51 +12813,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cghiaus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5561-1245" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/088073637" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/68336780" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000083910587" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/K-1307-2012" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252801v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ghiaus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2025.100781" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874985v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2024.2441385" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084514v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Ali Kachalla" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeniran Ademuwagun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olufemi Babajide Odeyinde" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Baseer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2025.105336" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936749v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2025.125799" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869255v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410894v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17020443" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338961v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Viala" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Gauthier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Daniel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16145296" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16020902" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484064v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2021.1995498" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411255v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moomal Qureshi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Ahmad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2021.106834" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411221v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Brenner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Tillenkamp" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrefrig.2021.07.026" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Thiery" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13010284" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742513v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2020.118464" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742519v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13133398" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600778v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2020.117019" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742582v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kr&#252;tli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2019.114111" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097028v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Alzetto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2018.1561753" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926456v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raillon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2018.03.168" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Raillon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5636145" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567440v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Naveros" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Ru&#237;z" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2016.12.025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379788v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815792v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Germano" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ghiaus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-A. Roulet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14733315.2005.11683698" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236357v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Ruiz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casta&#241;o" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2015.09.021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289390v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.11.033" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986666v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roula Ghazal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2013.11.081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXQ30CNP-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289400v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.07.021" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986667v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Hazyuk" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Penhouet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2014.03.016" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9SN09NZ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985303v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joubert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Y. Hayyani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985292v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605823v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2012.10.024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732243v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732251v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jabbour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732246v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683872v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Inard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pfafferrott" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541862v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398980v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sempey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allery" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395878v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jaffal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315316v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sempey" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Inard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Allery" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352298v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312211v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Chicinas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395834v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chicinas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312651v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Allard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815835v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santamouris" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Georgakis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nicol" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2005.02.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DVXG1B74-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Ghiaus" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312204v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312203v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312184v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815822v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.04.012" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BRSRWZS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312205v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312202v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312186v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Domsa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilinca Nastase" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312206v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815799v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(02)00110-X" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815812v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(01)00082-2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312161v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815779v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(00)00097-9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312207v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312209v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312213v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Meslem" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Abed-Meraim" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Robitu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815775v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abed-Meraim" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robitu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v7.i1.30" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815756v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Ghiaus" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Ghiaus" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0360-1323(98)00051-1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NR0WPB9B-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312208v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815760v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(98)00070-X" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QVJB1XXG-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312212v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghiaus" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913375v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eGRID62045.2024.10842758" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838039v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GESS63533.2024.10784974" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413467v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986673v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985585v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Roux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986672v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986671v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985368v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985349v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985364v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harukazu Yoshino" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Levine" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuchao Jiang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pietilainen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553892v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986670v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986669v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553921v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554685v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553925v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986668v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536068v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536353v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985342v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010035v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Jaffal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536028v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312582v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351516v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312581v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351515v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312319v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312318v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312659v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312394v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312393v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312606v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Iordache" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312669v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312441v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312454v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ca\&amp;amp;quot;\ini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312446v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312455v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312456v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312435v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mansouri" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312445v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312453v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312501v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kolokotroni" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Watkins" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nichou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312447v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312448v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466923v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Roulet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Germano" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312442v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312449v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312500v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Papafonstantantinou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Georkakis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312450v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312457v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312485v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312484v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312451v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caini" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gazeau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312458v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542311v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Szucs" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542001v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312067v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312068v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Postavaru" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578578v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76477-7_5" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995043v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nassioupoulos" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995046v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agota Szucs" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04437632v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387079v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6de0ac7420c4aba4947644755e07b84d572deb36;origin=https://hal.archives-ouvertes.fr/hal-05387079;visit=swh:1:snp:ceb2519b8be922a90fe69827eab42a0efde68c3e;anchor=swh:1:rel:21644e0071f6b55f41ce5f059efd81703791728c;path=/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428659v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:99b492d6486ed54a57e2e509a38058cd996f226c;origin=https://hal.archives-ouvertes.fr/hal-04428659;visit=swh:1:snp:8c8e070a8b9ea6137f6ebd61a434f1171aa310d5;anchor=swh:1:rel:f1fafe143774eb099743bc2ef7db0f9a9b568827;path=/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428725v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f8112c14912b5186b4c81effddeb80d74437a9b5;origin=https://hal.archives-ouvertes.fr/hal-04428725;visit=swh:1:snp:4bc61c3a49161b7191b1996acd1060d29b833dd5;anchor=swh:1:rel:9c8059a3d1be309844f4c9241ae65731fd4ec60b;path=/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428702v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:b1c8a3060c67c10bd971028785592487894776d4;origin=https://hal.archives-ouvertes.fr/hal-04428702;visit=swh:1:snp:5049227eab50b71743e231d92c95c19728d52fba;anchor=swh:1:rel:d7b051a9c19c68b2a2876f473115f7a42e189477;path=/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428808v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ea35db5b1e69046ed0569585ff7297c50bc3fcd2;origin=https://hal.archives-ouvertes.fr/hal-04428808;visit=swh:1:snp:175a45b84d367121f9d82792505acfebb0578a23;anchor=swh:1:rel:afa360cd1b5e89632f48693df156f8015fe60fab;path=/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cghiaus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5561-1245" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/088073637" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/68336780" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000083910587" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/K-1307-2012" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252801v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ghiaus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2025.100781" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084514v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Ali Kachalla" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeniran Ademuwagun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olufemi Babajide Odeyinde" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Baseer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2025.105336" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936749v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2025.125799" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874985v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2024.2441385" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869255v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410894v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17020443" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338961v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Viala" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Gauthier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Daniel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16145296" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16020902" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484064v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2021.1995498" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411255v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moomal Qureshi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Ahmad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2021.106834" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411221v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Brenner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Tillenkamp" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrefrig.2021.07.026" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Thiery" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13010284" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742513v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2020.118464" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742519v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13133398" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600778v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2020.117019" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742582v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kr&#252;tli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2019.114111" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097028v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Alzetto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2018.1561753" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926456v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raillon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2018.03.168" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Raillon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5636145" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567440v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Naveros" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Ru&#237;z" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2016.12.025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379788v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815792v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Germano" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ghiaus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-A. Roulet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14733315.2005.11683698" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236357v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Ruiz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casta&#241;o" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2015.09.021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289390v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.11.033" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986666v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roula Ghazal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2013.11.081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXQ30CNP-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289400v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.07.021" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986667v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Hazyuk" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Penhouet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2014.03.016" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9SN09NZ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985303v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joubert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Y. Hayyani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985292v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605823v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2012.10.024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732243v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732251v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jabbour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732246v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683872v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Inard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pfafferrott" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541862v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398980v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sempey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allery" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395878v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jaffal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315316v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sempey" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Inard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Allery" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352298v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312211v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Chicinas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395834v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chicinas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312651v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Allard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815835v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santamouris" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Georgakis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nicol" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2005.02.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DVXG1B74-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Ghiaus" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312204v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312203v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312184v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815822v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.04.012" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BRSRWZS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312205v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312202v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312186v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Domsa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilinca Nastase" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312206v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815799v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(02)00110-X" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815812v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(01)00082-2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312161v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815779v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(00)00097-9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312207v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312209v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312213v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Meslem" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Abed-Meraim" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Robitu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815775v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abed-Meraim" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robitu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v7.i1.30" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815756v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Ghiaus" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Ghiaus" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0360-1323(98)00051-1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NR0WPB9B-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312208v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815760v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-7788(98)00070-X" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QVJB1XXG-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312212v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghiaus" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913375v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eGRID62045.2024.10842758" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838039v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GESS63533.2024.10784974" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413467v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985585v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Roux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986673v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986672v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986671v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985368v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985349v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985364v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harukazu Yoshino" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Levine" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuchao Jiang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pietilainen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553892v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986670v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986669v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553921v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554685v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553925v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986668v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536353v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536068v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985342v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010035v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Jaffal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536028v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312582v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351516v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351515v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312581v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312319v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312318v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312659v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312394v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312606v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Iordache" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312393v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312669v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312441v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312455v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312446v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312456v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312454v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ca\&amp;amp;quot;\ini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312445v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312435v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mansouri" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312501v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kolokotroni" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Watkins" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nichou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312453v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312447v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312448v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466923v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Roulet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Germano" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312442v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312500v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Papafonstantantinou" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Georkakis" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312449v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312450v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312457v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312484v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312451v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caini" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gazeau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312485v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312458v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542311v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Szucs" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542001v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312067v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312068v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Postavaru" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578578v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76477-7_5" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995043v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nassioupoulos" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995046v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agota Szucs" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04437632v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387079v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6de0ac7420c4aba4947644755e07b84d572deb36;origin=https://hal.archives-ouvertes.fr/hal-05387079;visit=swh:1:snp:ceb2519b8be922a90fe69827eab42a0efde68c3e;anchor=swh:1:rel:21644e0071f6b55f41ce5f059efd81703791728c;path=/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428659v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:99b492d6486ed54a57e2e509a38058cd996f226c;origin=https://hal.archives-ouvertes.fr/hal-04428659;visit=swh:1:snp:8c8e070a8b9ea6137f6ebd61a434f1171aa310d5;anchor=swh:1:rel:f1fafe143774eb099743bc2ef7db0f9a9b568827;path=/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428725v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f8112c14912b5186b4c81effddeb80d74437a9b5;origin=https://hal.archives-ouvertes.fr/hal-04428725;visit=swh:1:snp:4bc61c3a49161b7191b1996acd1060d29b833dd5;anchor=swh:1:rel:9c8059a3d1be309844f4c9241ae65731fd4ec60b;path=/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428702v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:b1c8a3060c67c10bd971028785592487894776d4;origin=https://hal.archives-ouvertes.fr/hal-04428702;visit=swh:1:snp:5049227eab50b71743e231d92c95c19728d52fba;anchor=swh:1:rel:d7b051a9c19c68b2a2876f473115f7a42e189477;path=/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428808v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ea35db5b1e69046ed0569585ff7297c50bc3fcd2;origin=https://hal.archives-ouvertes.fr/hal-04428808;visit=swh:1:snp:175a45b84d367121f9d82792505acfebb0578a23;anchor=swh:1:rel:afa360cd1b5e89632f48693df156f8015fe60fab;path=/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>