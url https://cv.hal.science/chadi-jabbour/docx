--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1537,277 +1537,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02287579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All-Digital Calibration of Timing Skews for TIADCs Using The Polyphase Decomposition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. M. Nguyen</w:t>
+                <w:t xml:space="preserve">System Design for Direct RF-to-Digital Delta Sigma Receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. M. Homayouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dupperay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Triaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 63 (1), pp.99-103</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01271601v1</w:t>
+                <w:t xml:space="preserve">hal-02287460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">System Design for Direct RF-to-Digital Delta Sigma Receiver</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. T Nguyen</w:t>
+                <w:t xml:space="preserve">All-Digital Calibration of Timing Skews for TIADCs Using The Polyphase Decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Le Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Triaire</w:t>
+                <w:t xml:space="preserve">Tarik Graba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63 (1), pp.99-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287460v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01271601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital excess loop delay compensation for high speed delta–sigma modulators</w:t>
               </w:r>
@@ -3293,286 +3293,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de la precision des cartes d’occupation du sol a la decision pour l’amenagement du territoire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analog Duty Cycle Controller Using Backgate Body Biasing For 5G Millimeter Wave Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Beauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Rey-Valette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">George Aboueldahab</w:t>
+                <w:t xml:space="preserve">David Duperray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Salles</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Frappé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57. Colloque international de l'Association de Science Régionale de Langue Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th IEEE International Conference on Electronics Circuits and Systems, ICECS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Dubai, United Arab Emirates. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS53924.2021.9665600⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04938970v1</w:t>
+                <w:t xml:space="preserve">hal-03515052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analog Duty Cycle Controller Using Backgate Body Biasing For 5G Millimeter Wave Applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Apport de la precision des cartes d’occupation du sol a la decision pour l’amenagement du territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Duperray</w:t>
+                <w:t xml:space="preserve">Helene Rey-Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Aboueldahab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Frappé</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th IEEE International Conference on Electronics Circuits and Systems, ICECS 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">57. Colloque international de l'Association de Science Régionale de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03515052v1</w:t>
+                <w:t xml:space="preserve">hal-04938970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage des systèmes de communications sans fil à base de plateformes SDR</w:t>
               </w:r>
@@ -3634,624 +3634,624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03715741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digitally Enhanced Mixed Signal Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physically-Derived 3-Box Power Amplifier Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Soleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Ferré</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Kamarei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS44328.2019.8961231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02912875v1</w:t>
+                <w:t xml:space="preserve">hal-02274819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physically-Derived 3-Box Power Amplifier Model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elias Soleiman</w:t>
+                <w:t xml:space="preserve">Digitally Enhanced Mixed Signal Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Kamarei</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Sapporo, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02274819v1</w:t>
+                <w:t xml:space="preserve">hal-02912875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Body Communication Channel Characterization for Leadless Cardiac Pacemakers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mirko Maldari</w:t>
+                <w:t xml:space="preserve">FFT-Based Limited Subband Digital Predistortion Technique for Ultra Wideband 5G Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karima Amara</w:t>
+                <w:t xml:space="preserve">Ghyslain Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ismael Rattalino</w:t>
+                <w:t xml:space="preserve">François Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Kaddoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 25th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICECS.2018.8617987⟩</w:t>
+              <w:t xml:space="preserve">International NEWCAS Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montréal, Canada. pp.10-13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2018.8585582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02096506v1</w:t>
+                <w:t xml:space="preserve">hal-02288527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FFT-Based Limited Subband Digital Predistortion Technique for Ultra Wideband 5G Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ghyslain Gagnon</w:t>
+                <w:t xml:space="preserve">Human Body Communication channel modeling for leadless cardiac pacemaker applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirko Maldari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gagnon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Georges Kaddoum</w:t>
+                <w:t xml:space="preserve">Karima Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International NEWCAS Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">COLLOQUE NATIONAL du GDR SOC2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France. pp.2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288527v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Body Communication channel modeling for leadless cardiac pacemaker applications</w:t>
+                <w:t xml:space="preserve">Human Body Communication Channel Characterization for Leadless Cardiac Pacemakers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirko Maldari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismael Rattalino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Desgreys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLLOQUE NATIONAL du GDR SOC2</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 25th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Bordeaux, France. pp.185-188, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2018.8617987⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287907v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Wideband Mixed-Signal Predistorter for Small-Cell Base Station Power Amplifiers</w:t>
               </w:r>
@@ -4348,1604 +4348,1608 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02287877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filter Assisted Memory Polynomial Predistortion for Small-Cell Base Stations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
+                <w:t xml:space="preserve">Cognitive Computation and Communication: A Complement Solution to Cloud for IoT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Nguyen-Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lita Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Duy H. N.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLLOQUE NATIONAL du GDR SoC/SiP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">ATC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Quynhon, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287609v1</w:t>
+                <w:t xml:space="preserve">hal-02412271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Computation and Communication: A Complement Solution to Cloud for IoT</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nguyen Duy H. N.</w:t>
+                <w:t xml:space="preserve">An FIR Memory Polynomial Predistorter for Wideband RF Power Amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Venkata Narasimha Manyam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATC 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.249-252, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2017.8010152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02412271v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An FIR Memory Polynomial Predistorter for Wideband RF Power Amplifiers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wideband Power Amplifier Predistortion: Trends, Challenges and Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venkata Narasimha Manyam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Tchambake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Desgreys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on ASIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Guiyang, China. pp.100-103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ASICON.2017.8252421⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2017.8010152⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02287585v1</w:t>
+                <w:t xml:space="preserve">hal-01685329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wideband Power Amplifier Predistortion: Trends, Challenges and Solutions</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">OpenCTMod: An Open Source Collaborative Matlab Toolbox for the Design and Simulation of Continuous-Time Sigma Delta modulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on ASIC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">University Booth at DATE 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Lausanne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ASICON.2017.8252421⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01685329v1</w:t>
+                <w:t xml:space="preserve">hal-02287670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OpenCTMod: An Open Source Collaborative Matlab Toolbox for the Design and Simulation of Continuous-Time Sigma Delta modulators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Filter Assisted Memory Polynomial Predistortion for Small-Cell Base Stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Venkata Narasimha Manyam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">University Booth at DATE 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">COLLOQUE NATIONAL du GDR SoC/SiP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287670v1</w:t>
+                <w:t xml:space="preserve">hal-02287609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible receiver using deltra sigma modulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. T Nguyen</w:t>
+                <w:t xml:space="preserve">A multi-channel Sigma Delta modulator for subband digital predistortion with LTE signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Tchambake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Dang-Kièn Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. T. Nguyen</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISCAS.2016.7527535⟩</w:t>
+              <w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Vancouver, Canada. pp.1 - 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2016.7604802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02412218v1</w:t>
+                <w:t xml:space="preserve">hal-01613851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-channel Sigma Delta modulator for subband digital predistortion with LTE signals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Germain Dang-Kièn Pham</w:t>
+                <w:t xml:space="preserve">Estimation techniques for timing mismatch in Time-interleaved Analog-to-Digital Converters: Limitations and solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Le Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Desgreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Loumeau</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE ICECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Monaco, Monaco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613851v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation techniques for timing mismatch in Time-interleaved Analog-to-Digital Converters: Limitations and solutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Han Le Duc</w:t>
+                <w:t xml:space="preserve">A flexible receiver using deltra sigma modulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Desgreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ICECS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Montreal, Canada. pp.1470 - 1473, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2016.7527535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02412484v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A CMOS 65nm 120 dB Stacked A/D Converters receiver for long wavelength radio astronomy observations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Reda Mohellebi</w:t>
+                <w:t xml:space="preserve">A continuous-time direct RF-to-digital Delta Sigma receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ICECS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Monte Carlo, Monaco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02412219v1</w:t>
+                <w:t xml:space="preserve">hal-02412261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A continuous-time direct RF-to-digital Delta Sigma receiver</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. T Nguyen</w:t>
+                <w:t xml:space="preserve">A CMOS 65nm 120 dB Stacked A/D Converters receiver for long wavelength radio astronomy observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reda Mohellebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cecconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Dekkali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ICECS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Monte Carlo, Monaco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02412261v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Radios for Global Mobile Devices and IoT</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive digital pre-distortion for future wireless transmitters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dardaillon Mickael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Jabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srini Vason</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tutorial</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Le Caire, Egypt</w:t>
+              <w:t xml:space="preserve">IEEE ICECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Le Caire, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02412211v1</w:t>
+                <w:t xml:space="preserve">hal-02412210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive digital pre-distortion for future wireless transmitters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dardaillon Mickael</w:t>
+                <w:t xml:space="preserve">Hardware Implementation of All Digital Calibration for Undersampling TIADCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Le Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Graba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ICECS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Le Caire, Egypt</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems ISCAS2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02412210v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware Implementation of All Digital Calibration for Undersampling TIADCs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. M. Nguyen</w:t>
+                <w:t xml:space="preserve">Flexible Radios for Global Mobile Devices and IoT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srini Vason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems ISCAS2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">Tutorial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Le Caire, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287188v1</w:t>
+                <w:t xml:space="preserve">hal-02412211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fully Digital Background Calibration of Timing Skew in Undersampling TI-ADC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Han Le Duc</w:t>
+                <w:t xml:space="preserve">A flexible direct delta-sigma receiver for GSM/WCDMA/LTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Tien Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majid Homayouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duperray David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Triaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Circuits and Systems Conference (NEWCAS), 2014 IEEE 12th International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2014, Trois-Rivières, Canada. pp.53-56</w:t>
+              <w:t xml:space="preserve">, Jun 2014, Delta Trois-Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02412166v1</w:t>
+                <w:t xml:space="preserve">hal-01087870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance study of nonlinearities blind correction in wideband receivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Vansebrouck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5976,555 +5980,551 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICECS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Marseille, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2014.7049990⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01225463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible direct delta-sigma receiver for GSM/WCDMA/LTE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Tien Nguyen</w:t>
+                <w:t xml:space="preserve">A Fully Digital Background Calibration of Timing Skew in Undersampling TI-ADC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Le Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Desgreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Jamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Circuits and Systems Conference (NEWCAS), 2014 IEEE 12th International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2014, Delta Trois-Rivières, Canada</w:t>
+              <w:t xml:space="preserve">, Jun 2014, Trois-Rivières, Canada. pp.53-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01087870v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Delta-Sigma Receiver: Analysis, Modelization and Simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Delta-Sigma Receiver: Analysis, Modelization and Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Tien Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Jabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. M. Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chadi Jabbour</w:t>
+                <w:t xml:space="preserve">Cyrius Ouffoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayan Mina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ouffoue</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florent Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on circuits and systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2013, Pekin, China</w:t>
+              <w:t xml:space="preserve">, May 2013, China. pp.1035</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411974v1</w:t>
+                <w:t xml:space="preserve">hal-00848311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delta-Sigma Receiver: Analysis, Modelization and Simulation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A novel dynamic element matching technique suited for high pass Delta Sigma ADCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Fakhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Loumeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on circuits and systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, China. pp.1035</w:t>
+              <w:t xml:space="preserve">IEEE 11th International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00848311v1</w:t>
+                <w:t xml:space="preserve">hal-02412339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel dynamic element matching technique suited for high pass Delta Sigma ADCs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct Delta-Sigma Receiver: Analysis, Modelization and Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. M. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hussein Fakhoury</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ouffoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. T. Nguyen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 11th International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">International Symposium on circuits and systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Pekin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02412339v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Fully Digital Background Calibration of Timing Skew in TI-ADC</w:t>
               </w:r>
@@ -6631,51 +6631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Low Power RC Time Constant Auto-tuning circuit for RC-integrators in High Linearity Continuous-Time Delta Sigma modulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ouffoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6746,611 +6746,611 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02411885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Pass or Low-Pass Delta Sigma Modulators?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High Pass Filter Implementation Comparison in Unity STF High Pass $\Delta \Sigma$ Modulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Khushk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Electronics, Circuits, and Systems (ICECS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Beirut, Lebanon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411845v1</w:t>
+                <w:t xml:space="preserve">hal-02411846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Pass Filter Implementation Comparison in Unity STF High Pass $\Delta \Sigma$ Modulator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Khushk</w:t>
+                <w:t xml:space="preserve">A low-power ΣΔ ADC optimized for GSM/EDGE standard in 65-nm CMOS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Fakhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasham Khushk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Electronics, Circuits, and Systems (ICECS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2011 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Rio de Janeiro, France. pp.1109-1112, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2011.5937764⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411846v1</w:t>
+                <w:t xml:space="preserve">hal-03591976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low-power ΣΔ ADC optimized for GSM/EDGE standard in 65-nm CMOS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Novel Design Methodology for Multiplierless Filters Applied on Delta Sigma Decimators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Jabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Fakhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">van Tam Nguyen</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Electronics, Circuits, and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Beirut, Lebanon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISCAS.2011.5937764⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03591976v1</w:t>
+                <w:t xml:space="preserve">hal-02411847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Design Methodology for Multiplierless Filters Applied on Delta Sigma Decimators</w:t>
+                <w:t xml:space="preserve">A LP/HP UMTS/GSM ΣΔ ADC suited for a Zero-IF/Low-IF receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasham Khushk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Fakhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. T. Nguyen</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Electronics, Circuits, and Systems (ICECS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2011 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Rio de Janeiro, France. pp.1125-1128, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2011.5937768⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411847v1</w:t>
+                <w:t xml:space="preserve">hal-03591978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A LP/HP UMTS/GSM ΣΔ ADC suited for a Zero-IF/Low-IF receiver</w:t>
+                <w:t xml:space="preserve">High-Pass or Low-Pass Delta Sigma Modulators?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">van Tam Nguyen</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Khushk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Electronics, Circuits, and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Beirut, Lebanon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISCAS.2011.5937768⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03591978v1</w:t>
+                <w:t xml:space="preserve">hal-02411845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A technique to reduce the impact of hysterisys in Delta Sigma analog to digital converters</w:t>
               </w:r>
@@ -7551,451 +7551,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03591974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 1 V 65 nm CMOS reconfigurable time interleaved high pass ΣΔ ADC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 65nm CMOS EDGE/UMTS/WLAN tri-mode four-channel time-interleaved ΣΔ ADC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Fakhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Camarero</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasham Khushk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Loumeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE International Symposium on Circuits and Systems - ISCAS 2009</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISCAS.2009.5118066⟩</w:t>
+              <w:t xml:space="preserve">2009 Joint IEEE North-East Workshop on Circuits and Systems and TAISA Conference (NEWCAS-TAISA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Toulouse, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2009.5290508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03591876v1</w:t>
+                <w:t xml:space="preserve">hal-03591973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 65nm CMOS EDGE/UMTS/WLAN tri-mode four-channel time-interleaved ΣΔ ADC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 65 nm CMOS versatile ADC using time interleaving and ΣΔ modulation for multi-mode receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Beydoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Jabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Fakhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lirida Naviner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 Joint IEEE North-East Workshop on Circuits and Systems and TAISA Conference (NEWCAS-TAISA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Toulouse, France. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2009.5290508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2009.5290510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03591973v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 65 nm CMOS versatile ADC using time interleaving and ΣΔ modulation for multi-mode receiver</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 1 V 65 nm CMOS reconfigurable time interleaved high pass ΣΔ ADC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hussein Fakhoury</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Camarero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Loumeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 Joint IEEE North-East Workshop on Circuits and Systems and TAISA Conference (NEWCAS-TAISA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Toulouse, France. pp.1-4, </w:t>
+              <w:t xml:space="preserve">2009 IEEE International Symposium on Circuits and Systems - ISCAS 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Taipei, France. pp.1557-1560, </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2009.5290510⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2009.5118066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03591883v1</w:t>
+                <w:t xml:space="preserve">hal-03591876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing the number of channels for time interleaved sample-and-hold circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Camarero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8259,51 +8259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Beydoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digitally Enhanced Mixed Signal Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institution of Engineering and Technology, pp.171-225, 2019</w:t>
@@ -8985,51 +8985,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667057v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tien Nguyen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Jabbour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ben Kalaia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh-Phuc Le" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13071295" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02302647v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuj Mukherjee" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslan Tchamkerten" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGCN.2023.3238176" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667727v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Fakhoury" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tam Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23010036" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701431v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Mina" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George E Sakr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics11030435" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03330908v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Maldari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Haddab" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945273v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Albatat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Bergsland" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2020.2980205" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02096477v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Soleiman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Ki&#232;n Germain Pham" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Kamarei" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2018.5411" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720439v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Jabbour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Niang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mto.009.0027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02096815v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Shokair" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Beydoun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1347-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287906v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Narasimha Manyam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1263-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287409v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Le Duc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Nguyen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jamin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2016.2645978" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287579v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vansebrouck" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01271601v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Graba" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287460v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T Nguyen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Homayouni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupperay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Triaire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292446v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. T. Nguyen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srini Vason" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggarwal Sudhir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591918v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tam Nguyen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Loumeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2014.2335437" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591917v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-014-0289-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286319v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khushk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591966v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-011-9721-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KCRXGMV3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591964v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasham Ahmed Khushk" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-009-9410-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6A9A7E57A7B102486E821F45BC6B7344CC6E6DC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156959v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schlegel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Valcarce" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wantiez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCNC/6GSummit63408.2025.11036903" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05213780v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Lima" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mathieu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11107152" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156961v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoyang Zeng" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ghonaim" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vasilevski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mohellebi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS56072.2025.11043783" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05213779v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Kibiwott" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriaki Niotaki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11106982" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156942v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848589" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667061v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISQED60706.2024.10528677" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760060v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Beauquier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duperray David" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frapp&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04938970v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Aboueldahab" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515052v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duperray" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS53924.2021.9665600" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03715741v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02912875v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02274819v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961231" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02096506v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Amara" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Rattalino" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8617987" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288527v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyslain Gagnon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gagnon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kaddoum" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2018.8585582" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287907v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287877v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351620" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287609v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412271v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nguyen-Thanh" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lita Yang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Duy H. N." TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287585v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010152" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01685329v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Tchambake" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASICON.2017.8252421" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287670v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412218v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2016.7527535" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613851v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Dang-Ki&#232;n Pham" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2016.7604802" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412484v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412219v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cecconi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petit" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Dekkali" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412261v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412211v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412210v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dardaillon Mickael" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287188v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412166v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225463v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Vansebrouck" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2014.7049990" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087870v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Homayouni" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Triaire" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411974v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Nguyen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ouffoue" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848311v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrius Ouffoue" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sibille" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412339v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286956v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411885v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411845v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411846v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591976v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasham Khushk" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2011.5937764" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411847v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591978v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2011.5937768" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591975v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2010.5537640" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591974v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tarn Nguyen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2010.5537656" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591876v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camarero" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2009.5118066" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591973v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290508" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591883v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lirida Naviner" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290510" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591877v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2008.4606367" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176690v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dallet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192725v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnetat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02274828v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital-library.theiet.org/content/books/10.1049/pbcs040e_ch2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBCS040E_ch2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102366v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156956v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00609650v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667057v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tien Nguyen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Jabbour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ben Kalaia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh-Phuc Le" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13071295" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02302647v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuj Mukherjee" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslan Tchamkerten" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGCN.2023.3238176" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667727v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Fakhoury" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tam Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23010036" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701431v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Mina" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George E Sakr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics11030435" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03330908v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Maldari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Haddab" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945273v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Albatat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Bergsland" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2020.2980205" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02096477v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Soleiman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Ki&#232;n Germain Pham" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Kamarei" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2018.5411" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720439v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Jabbour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Niang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mto.009.0027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02096815v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Shokair" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Beydoun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1347-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287906v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Narasimha Manyam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1263-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287409v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Le Duc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Nguyen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jamin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2016.2645978" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287579v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vansebrouck" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287460v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T Nguyen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Homayouni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupperay" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Triaire" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01271601v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Graba" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292446v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. T. Nguyen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srini Vason" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggarwal Sudhir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591918v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tam Nguyen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Loumeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2014.2335437" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591917v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-014-0289-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286319v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khushk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591966v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-011-9721-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KCRXGMV3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591964v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasham Ahmed Khushk" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-009-9410-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6A9A7E57A7B102486E821F45BC6B7344CC6E6DC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156959v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schlegel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Valcarce" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wantiez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCNC/6GSummit63408.2025.11036903" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05213780v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Lima" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mathieu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11107152" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156961v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoyang Zeng" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ghonaim" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vasilevski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mohellebi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS56072.2025.11043783" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05213779v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Kibiwott" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriaki Niotaki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11106982" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156942v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848589" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667061v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISQED60706.2024.10528677" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760060v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Beauquier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duperray David" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frapp&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515052v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duperray" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS53924.2021.9665600" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04938970v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Aboueldahab" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03715741v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02274819v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961231" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02912875v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288527v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyslain Gagnon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gagnon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kaddoum" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2018.8585582" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287907v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Amara" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02096506v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Rattalino" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8617987" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287877v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351620" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412271v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nguyen-Thanh" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lita Yang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Duy H. N." TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287585v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010152" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01685329v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Tchambake" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASICON.2017.8252421" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287670v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287609v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613851v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Dang-Ki&#232;n Pham" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2016.7604802" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412484v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412218v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2016.7527535" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412261v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412219v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cecconi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petit" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Dekkali" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412210v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dardaillon Mickael" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287188v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412211v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087870v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Homayouni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Triaire" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225463v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Vansebrouck" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2014.7049990" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412166v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848311v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrius Ouffoue" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sibille" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412339v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411974v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Nguyen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ouffoue" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286956v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411885v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411846v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591976v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasham Khushk" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2011.5937764" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411847v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591978v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2011.5937768" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02411845v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591975v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2010.5537640" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591974v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tarn Nguyen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2010.5537656" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591973v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290508" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591883v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lirida Naviner" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290510" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591876v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camarero" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2009.5118066" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03591877v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2008.4606367" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176690v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dallet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192725v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnetat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02274828v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital-library.theiet.org/content/books/10.1049/pbcs040e_ch2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBCS040E_ch2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102366v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05156956v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00609650v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>