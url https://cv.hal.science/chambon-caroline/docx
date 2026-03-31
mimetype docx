--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -30,51 +30,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:120.75471698113px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
             <w10:wrap type="tight" anchorx="margin"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Caroline Chambon </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">Doctorante contractuelle en Sciences de l'éducation et de la formation à l'université Jean Monnet de Saint-Etienne.</w:t>
+        <w:t xml:space="preserve">Doctorante et ATER en Sciences de l'éducation et de la formation à l'université Jean Monnet de Saint-Etienne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -324,96 +324,135 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Problématiser la crise par l’enquête sociale numérique ?</w:t>
+                <w:t xml:space="preserve">La persévérance des apprenantes aux trajectoires atypiques : étude du sentiment d'efficacité personnelle de l'apprenti.e et du soutien social perçu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orlane Le Quellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Racana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Sagueton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">91e congrès de l'ACFAS (colloque 639)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Ottawa (Ontario), Canada</w:t>
+              <w:t xml:space="preserve">La formation professionnelle : entre décrochage, maintien et persévérance des formé.es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620649v1</w:t>
+                <w:t xml:space="preserve">hal-04771241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se former à l’accueil d’apprenant.es aux trajectoires atypiques : facteurs de la persévérance de filles en formations professionnelles sexuées</w:t>
               </w:r>
@@ -501,135 +540,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04647346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La persévérance des apprenantes aux trajectoires atypiques : étude du sentiment d'efficacité personnelle de l'apprenti.e et du soutien social perçu</w:t>
+                <w:t xml:space="preserve">Problématiser la crise par l’enquête sociale numérique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chambon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sarah Sagueton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La formation professionnelle : entre décrochage, maintien et persévérance des formé.es</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">91e congrès de l'ACFAS (colloque 639)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Ottawa (Ontario), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771241v1</w:t>
+                <w:t xml:space="preserve">hal-04620649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressions politiques en ligne des jeunes : de potentielles formes de résistance épistémique ?</w:t>
               </w:r>
@@ -999,52 +999,146 @@
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04905158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'influence des réseaux sociaux numériques sur l'engagement des adolescentes. Le cas de l'égalité entre les femmes et les hommes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'Homme et Société. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">dumas-03735401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1112,51 +1206,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="07692885"/>
+    <w:nsid w:val="C9C64C59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1343,51 +1437,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chambon-caroline" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-8608-9217" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410563v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chambon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Le Quellec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Racana" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sagueton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bfm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620649v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647346v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771241v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620651v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620646v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620652v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608073v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905158v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chambon-caroline" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-8608-9217" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410563v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chambon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Le Quellec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Racana" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sagueton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bfm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771241v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647346v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620649v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620651v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620646v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620652v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608073v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905158v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03735401v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>