--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -106,329 +106,329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rice JASMONIC ACID OXIDASES control resting jasmonate metabolism to promote growth and repress basal immune responses</w:t>
+                <w:t xml:space="preserve">Nested PCR to optimize rpoB metabarcoding for lowconcentration and host-associated bacterial DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Ndecky</w:t>
+                <w:t xml:space="preserve">Laëtitia Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludivine Malherbe</w:t>
+                <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Villette</w:t>
+                <w:t xml:space="preserve">Thierry Brévault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Chalvon</w:t>
+                <w:t xml:space="preserve">Antony Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Meusnier</w:t>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 198 (1), </w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (9), pp.e01417-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiaf161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01417-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344689v1</w:t>
+                <w:t xml:space="preserve">hal-05220858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nested PCR to optimize rpoB metabarcoding for lowconcentration and host-associated bacterial DNA</w:t>
+                <w:t xml:space="preserve">Rice JASMONIC ACID OXIDASES control resting jasmonate metabolism to promote growth and repress basal immune responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Leclerc</w:t>
+                <w:t xml:space="preserve">Simon Ndecky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
+                <w:t xml:space="preserve">Ludivine Malherbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Brévault</w:t>
+                <w:t xml:space="preserve">Claire Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antony Champion</w:t>
+                <w:t xml:space="preserve">Véronique Chalvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Mainguy</w:t>
+                <w:t xml:space="preserve">Isabelle Meusnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 198 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12866-019-1546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiaf161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05220858v1</w:t>
+                <w:t xml:space="preserve">hal-05344689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early transcriptomic responses of rice leaves to herbivory by Spodoptera frugiperda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trang Hieu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -920,51 +920,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmonate signaling controls negative and positive effectors of salt stress tolerance in rice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ndecky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Eiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1622,51 +1622,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early modulation of the jasmonate pathway in rice (Oryza sativa) by the oral microbiota of Spodoptera frugiperda larvae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trang Hiêu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1779,51 +1779,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the oral secretion microbiota of Spodoptera frugiperda in the modulation of defense responses in rice (Oryza sativa)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1936,103 +1936,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rice JASMONIC ACID OXIDASES (OsJAO) control resting jasmonate metabolism to promote development and repress basal immune responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ndecky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Malherbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chalvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Meusnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2225,51 +2225,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMP projet ANR DIG-AI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Azé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Todorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2503,51 +2503,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344689v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ndecky" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Malherbe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chalvon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Meusnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaf161" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220858v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Leclerc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabryelle Agoutin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Br&#233;vault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Champion" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-019-1546" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650624v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang Hieu Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Duval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mariotti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Petitot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-53348-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114234v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de la Fuente" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grondin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassirou Sine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Debieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Belin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.86169" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04777531v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Cheaib" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Trang Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couderc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Soriano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0311136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266641v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Rios" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gantet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0291385" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266591v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Eiche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cognat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pflieger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitin Pawar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad086" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775291v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bellande" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Chi Trinh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Alicia Gonzalez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erac079" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714569v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de la Fuente Cant&#243;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbourou Nelly Diouf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Mamadou Sitor Ndour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-13234-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936674v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Ibrahima Djighaly" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Ngom" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Diagne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dioumacor Fall" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariama Ngom" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12080293" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04973333v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Thi Mai To" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyet Thi Minh Dang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngan Huyen Nguyen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Xuan Bui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-019-0327-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192409v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang Hi&#234;u Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Petitot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192349v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Blanchot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794982v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241718v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Affortit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branly Effa-Effa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Sokhatil Ndoye" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moukouanga" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Luchaire" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161144v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Todorov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Lucas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220858v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Leclerc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabryelle Agoutin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Br&#233;vault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Champion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01417-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ndecky" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Malherbe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chalvon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Meusnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaf161" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650624v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang Hieu Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Duval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mariotti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Petitot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-53348-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114234v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de la Fuente" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grondin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassirou Sine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Debieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Belin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.86169" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04777531v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Cheaib" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Trang Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couderc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Soriano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0311136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266641v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Rios" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gantet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0291385" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266591v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Eiche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cognat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pflieger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitin Pawar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad086" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775291v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bellande" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Chi Trinh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Alicia Gonzalez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erac079" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714569v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de la Fuente Cant&#243;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbourou Nelly Diouf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Mamadou Sitor Ndour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-13234-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936674v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Ibrahima Djighaly" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Ngom" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Diagne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dioumacor Fall" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariama Ngom" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12080293" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04973333v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Thi Mai To" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyet Thi Minh Dang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngan Huyen Nguyen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Xuan Bui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-019-0327-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192409v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang Hi&#234;u Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Petitot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192349v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Blanchot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794982v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241718v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Affortit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branly Effa-Effa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Sokhatil Ndoye" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moukouanga" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Luchaire" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161144v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Todorov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Lucas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>