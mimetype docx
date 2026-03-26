--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -313,234 +313,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04960620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la vie personnelle à l’intimité de la vie privée : un jeu de poupées russes…</w:t>
+                <w:t xml:space="preserve">Loyauté et dévoilement de ses relations amoureuses : une liaison trop dangereuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexbase Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 988</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04694309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la vie personnelle à l’intimité de la vie privée : un jeu de poupées russes…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2024, 999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Congés payés : un dispositif inconventionnel mais constitutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 03, pp.191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04513611v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04694309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des limites de la séduction au travail</w:t>
               </w:r>
@@ -753,1158 +753,1158 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le droit à la preuve face aux autres droits fondamentaux : le jeu de la proportionnalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.652</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’obligation de réemploi de la salariée en congé parental à l’épreuve de la discrimination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Droit ouvrier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 860, pp.117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03014935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le droit à la preuve face aux autres droits fondamentaux : le jeu de la proportionnalité</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of fast-acting insulin aspart in insulin pump therapy in clinical practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Ceriello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Danne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe de Block</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hans Devries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (9), pp.2039-2047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/dom.13798⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02860446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fostering improved human islet research: a European perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Schulte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorella Marselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyke Schoniger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Bugliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 62 (8), pp.1514-1516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00125-019-4911-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02494267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place de la présomption d'innocence en droit disciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 11, pp.652</w:t>
+              <w:t xml:space="preserve">, 2018, 04, pp.278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Piero Marchetti</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02242262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de la sécurité sociale au soutien de la sécurité routière !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Terryn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23, pp.1348</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Mark Evans</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01844213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La non-dénonciation d'infractions routières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...126 lines deleted...]
-                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Terryn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 04, pp.278</w:t>
+              <w:t xml:space="preserve">, 2017, 03, pp.188</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Terryn</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02242156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à la déconnexion : une chimère ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 03, pp.188</w:t>
+              <w:t xml:space="preserve">, 2016, 10, pp.592</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le droit de la sécurité sociale au soutien de la sécurité routière !</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02242104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le statut du lanceur d'alerte en quête de cohérence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Terryn</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 10, pp.592</w:t>
+              <w:t xml:space="preserve">, 2016, 03, pp.159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02242046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Decision Support Tool for Appropriate Glucose-Lowering Therapy in Patients with Type 2 Diabetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Javier Ampudia-Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Terryn</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Yves Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agostino Consoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Diamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diabetes Technology and Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (3), pp.194 - 202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/dia.2014.0260⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dossier « Mariage, pacs, concubinage : le guide » : Le couple en droit du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 01, pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02262947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suspension du permis de conduire du salarié et notion de trouble objectif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 03, pp.159</w:t>
+              <w:t xml:space="preserve">, 2014, 01, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...223 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02241825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les clauses contractuelles limitant la liberté d'expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 03, pp.179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02241846v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-02241825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphorylation of p27(KIP1) homologs KRP6 and 7 by SNF1-related protein kinase-1 links plant energy homeostasis and cell proliferation</w:t>
               </w:r>
@@ -4926,3499 +4926,3499 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Représentativité : les résultats de la 4e mesure d'audience sont disponibles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Congés payés, la France rentre enfin dans le rang !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité du licenciement pour violation de la liberté d’expression : l’employeur et le salarié doivent prendre garde à l’objet de leurs demandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le régime de la présomption de démission partiellement précisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plan de départ volontaire autonome : le salarié ne bénéficie pas du contrat de sécurisation professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Preuve par témoignage anonymisé : la chambre sociale affine sa position</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05023749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection de la maternité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’employeur ne peut librement diffuser l’image de ses salariés à ses clients, ( note sous Soc. 14 février 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04585803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits du salarié licencié pour inaptitude professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les informations concomitantes à la proposition de modification du contrat pour motif économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le placement abusif des heures de délégation en dehors du temps de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le placement abusif des heures de délégation en dehors du temps de travail</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’importance de distinguer une union, un syndicat primaire et une section syndicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un accord GPEC n’exclut pas nécessairement toute consultation du CSE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrôle des salariés par un client mystère : une énigme partiellement résolue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le salarié inapte peut uniquement être licencié pour inaptitude, même s’il a commis une faute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélioration de l’indemnisation des victimes d’une faute inexcusable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des limites de l’invocation du droit à la preuve pour produire une vidéosurveillance illicite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Amélioration de l’indemnisation des victimes d’une faute inexcusable</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question des droits à congés payés du salarié malade soumise au conseil constitutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le contrôle des salariés par un client mystère : une énigme partiellement résolue</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seul un accord d’entreprise peut mettre en place des représentants de proximité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La demande de précision des motifs du licenciement : le salarié est censé connaître la loi !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’exception d’illégalité d’un accord collectif : la voie est ouverte aux syndicats !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blague sexiste : humour noir ou faute disciplinaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le barème des indemnités prud’hommales conforté par la Cour de cassation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La grève : seul oui, à plusieurs non… les nuances de la Cour de cassation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La grève : seul oui, à plusieurs non… les nuances de la Cour de cassation</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La qualification du contrat des chauffeurs VTC toujours en question !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La qualification du contrat des chauffeurs VTC toujours en question !</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les stéréotypes de genre n’ont pas leur place dans un règlement intérieur !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Blague sexiste : humour noir ou faute disciplinaire ?</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règlement intérieur prescrivant la neutralité religieuse : nouvelles précisions de la CJUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’exception d’illégalité d’un accord collectif : la voie est ouverte aux syndicats !</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La contestation du référendum validant un accord collectif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03539269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’identité de « l’employeur » en droit disciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du nouveau sur le rôle des salariés en faveur de l’environnement !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une vidéosurveillance illicite…. peut tout de même être efficace !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ambiguïté des avis médicaux : inaptitude ou aptitude ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accepter une rétrogradation disciplinaire n’est pas approuver la sanction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Accepter une rétrogradation disciplinaire n’est pas approuver la sanction</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits aux congés payés du salarié malade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les droits aux congés payés du salarié malade</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve des heures supplémentaires et du respect de la durée maximale de travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La preuve des heures supplémentaires et du respect de la durée maximale de travail</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve d’une injure ou d’une discrimination sexiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La preuve d’une injure ou d’une discrimination sexiste</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« À défaut d’accord » : obligation ou faculté de tenter une négociation… ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Du nouveau sur le rôle des salariés en faveur de l’environnement !</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licenciement lié au port d’un signe religieux : mode d’emploi pour échapper à la discrimination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’ambiguïté des avis médicaux : inaptitude ou aptitude ?</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Criez, sifflez au cours d’une grève… mais pas dans l’entreprise !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une vidéosurveillance illicite…. peut tout de même être efficace !</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05023979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ambivalence du droit du travail illustrée par le travail des enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publication sur Facebook : méfiez-vous de vos « amis » !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La discrimination indirecte au secours des femmes en congé parental à temps partiel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sexe / Age …des critères discriminatoires aux régimes désormais distincts…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rupture anticipée du CDD: petite leçon de vocabulaire !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amazon stoppé : le droit à la santé opposé à la loi du marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transparence financière au cœur de toute prérogative syndicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les chauffeurs UBER sont des salariés !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le licenciement consécutif à un refus d’aménagement du poste d’un travailleur handicapé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La rupture anticipée du CDD: petite leçon de vocabulaire !</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les subtilités du droit d’alerte en matière de libertés individuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Amazon stoppé : le droit à la santé opposé à la loi du marché</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il y a délégué syndical et délégué syndical…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La transparence financière au cœur de toute prérogative syndicale</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentation équilibrée des candidatures au CSE : la Cour de cassation fixe les lignes directrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préjudice d’anxiété lié à l’amiante : changement de cap !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élections professionnelles : l’égalité des sexes et la liberté syndicale en tension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licenciement d’une salariée voilée : clap de fin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La messagerie instantanée personnelle échappe à la surveillance patronale…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A travail égal, salaire égal… si le salarié l’accepte !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...123 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024136v1</w:t>
-              </w:r>
-[...246 lines deleted...]
-                <w:t xml:space="preserve">hal-05024098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différences de traitement issues d’un accord collectif : une jurisprudence alambiquée !</w:t>
               </w:r>
@@ -8759,51 +8759,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061373v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mathieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05269080v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04960620v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786745v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513611v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694309v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319057v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Terryn-Casalta" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319054v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t G&#233;niaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557547v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014935v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136041v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494267v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Marchetti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Schulte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorella Marselli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyke Schoniger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bugliani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-019-4911-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02860446v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Evans" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Ceriello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Danne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Block" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hans Devries" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.13798" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242262v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242156v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Terryn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01844213v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242104v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242046v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02262947v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01930655v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Javier Ampudia-Blasco" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Benhamou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charpentier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Consoli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Diamant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/dia.2014.0260" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241846v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241825v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644290v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rinier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Millan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Crozet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Oury" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12218" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040723v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040724v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294097v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Dogusan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Garc&#237;a" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Flamez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Alexopoulou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goldman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db07-0844" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656768v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garmier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Priault" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vidal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Driscoll" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Djebbar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M707226200" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658135v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine H. Foyer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-007-9197-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MX7FZ443-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958870v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine de Paepe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032104v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208771v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208101v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207234v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206566v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206186v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00884855v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vuillaume" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Vedel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727835v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charmet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bernard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Bernard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00884803v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bernard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bernard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819337v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489163v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pasquier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04488527v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04211531v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04351031v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040720v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442956v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686481v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=32679" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032115v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467288v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032099v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032100v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032107v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicod" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474153v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524933v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023749v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000972v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103026v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000979v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371706v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068783v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001008v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023765v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000995v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001031v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000987v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585803v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001060v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001043v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023807v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001051v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001039v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023785v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023853v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023776v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023803v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023867v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023842v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023771v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001070v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001077v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539269v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023968v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023873v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024061v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024028v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023963v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024016v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023861v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024006v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024012v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023979v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024049v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023909v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024118v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024102v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024094v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024074v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024032v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024124v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024114v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024022v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024078v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024084v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024087v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024136v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024127v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024142v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024133v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024098v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024091v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024109v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024132v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061373v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mathieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05269080v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04960620v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694309v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786745v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513611v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319057v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Terryn-Casalta" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319054v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t G&#233;niaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557547v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136041v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014935v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02860446v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Evans" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Ceriello" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Danne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Block" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hans Devries" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.13798" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494267v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Marchetti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Schulte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorella Marselli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyke Schoniger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bugliani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-019-4911-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242262v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01844213v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Terryn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242156v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242104v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242046v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01930655v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Javier Ampudia-Blasco" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Benhamou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charpentier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Consoli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Diamant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/dia.2014.0260" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02262947v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241825v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241846v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644290v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rinier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Millan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Crozet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Oury" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12218" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040723v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040724v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294097v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Dogusan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Garc&#237;a" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Flamez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Alexopoulou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goldman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db07-0844" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656768v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garmier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Priault" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vidal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Driscoll" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Djebbar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M707226200" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658135v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine H. Foyer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-007-9197-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MX7FZ443-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958870v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine de Paepe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032104v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208771v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208101v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207234v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206566v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206186v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00884855v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vuillaume" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Vedel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727835v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charmet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bernard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Bernard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00884803v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bernard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bernard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819337v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489163v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pasquier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04488527v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04211531v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04351031v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040720v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442956v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686481v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=32679" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032115v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467288v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032099v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032100v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032107v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicod" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474153v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524933v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068783v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371706v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000979v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000972v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103026v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023749v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000987v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585803v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000995v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001031v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001008v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023765v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023807v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001043v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001060v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001051v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001039v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023785v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023771v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023867v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023803v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023842v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023853v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023776v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001070v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001077v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539269v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023909v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023963v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023861v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024016v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023968v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023873v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024061v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024028v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024012v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024006v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023979v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024049v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024087v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024114v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024124v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024094v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024074v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024032v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024118v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024102v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024022v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024078v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024084v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024142v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024098v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024133v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024127v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024136v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024091v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024109v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024132v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>