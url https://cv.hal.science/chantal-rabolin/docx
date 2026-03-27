--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -684,226 +684,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02910000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les bordures de parcelle comme moyen pour protéger la biodiversité dans le vignoble ?</w:t>
+                <w:t xml:space="preserve">La richesse de la flore comme levier pour maintenir la biodiversité dans le vignoble ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Charles Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Thiollet-Scholtus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BIO Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9, pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/bioconf/20170901006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01652922v1</w:t>
+                <w:t xml:space="preserve">hal-01652896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La richesse de la flore comme levier pour maintenir la biodiversité dans le vignoble ?</w:t>
+                <w:t xml:space="preserve">Les bordures de parcelle comme moyen pour protéger la biodiversité dans le vignoble ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Charles Schneider</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIO Web of Conferences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 164, pp.13-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/bioconf/20170901006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01652896v1</w:t>
+                <w:t xml:space="preserve">hal-01652922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1271,51 +1271,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thiollet-Scholtus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Charles Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1353,51 +1353,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de la valeur pollinisatrice de la flore adventice de différents systèmes de culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Villerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1504,51 +1504,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Charles Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thiollet-Scholtus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1769,51 +1769,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Charles Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thiollet-Scholtus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2704,278 +2704,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02909474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation d'indicateur I-Phy arbo dans les verges des agrumes à la region nord-ouest du Paraná (Brésil)</w:t>
+                <w:t xml:space="preserve">Évaluation du stock semencier de bandes enherbées et fleuries semi-naturelles en fonction des pratiques de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regina Zandonade</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Chantal Rabolin</w:t>
+                <w:t xml:space="preserve">Théophile Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Charles Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02910832v1</w:t>
+                <w:t xml:space="preserve">hal-02910846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la flore viticole : Influence des différents facteurs anthropiques et environnementaux de 2014 à 2016 sur un réseau de parcelles expérimentales</w:t>
+                <w:t xml:space="preserve">Adaptation d'indicateur I-Phy arbo dans les verges des agrumes à la region nord-ouest du Paraná (Brésil)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Buchmann</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Biodiversité et Ecologie. 2016</w:t>
+                <w:t xml:space="preserve">Regina Zandonade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bockstaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Rabolin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'environnement. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02909923v1</w:t>
+                <w:t xml:space="preserve">hal-02910832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation du stock semencier de bandes enherbées et fleuries semi-naturelles en fonction des pratiques de gestion</w:t>
+                <w:t xml:space="preserve">Caractérisation de la flore viticole : Influence des différents facteurs anthropiques et environnementaux de 2014 à 2016 sur un réseau de parcelles expérimentales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théophile Antoine</w:t>
+                <w:t xml:space="preserve">Julie Buchmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Sciences de l'environnement. 2016</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Biodiversité et Ecologie. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02910846v1</w:t>
+                <w:t xml:space="preserve">hal-02909923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de la flore de bandes enherbées et fleuries en fonction des pratiques de gestion</w:t>
               </w:r>
@@ -2987,51 +2987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Alexandre Willot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Rabolin-Meinrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3139,51 +3139,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9762AD84"/>
+    <w:nsid w:val="5F4ABED3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3370,51 +3370,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chantal-rabolin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1651-1994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662199v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Rouabah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Rabolin-Meinrad" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gay" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13109" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02950647v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Muller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Abidon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Grignion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Keichinger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105663" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473690v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audema" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bailly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/MGHRXL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910000v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Durocher" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Rabolin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652922v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charles Schneider" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652896v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20170901006" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662744v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Noraz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05052113v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Noraz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983552v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bailly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Koller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ley" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20191501032" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602686v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Meyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04663001v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Tromp" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602880v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537132v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tournay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947665v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gina Zandonade" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987535v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Mathieu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Jessy Bonadio Bonadio" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04536573v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Pinto Loureiro Pinto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345462v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Li Bat&#244;t" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02922357v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Mich&#232;le Gbaguidi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910794v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ryle Crepin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909970v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Jezequel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909474v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Selb" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910832v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Zandonade" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909923v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Buchmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910846v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Antoine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910869v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexandre Willot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chantal-rabolin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1651-1994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662199v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Rouabah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Rabolin-Meinrad" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gay" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13109" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02950647v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Muller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Abidon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Grignion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Keichinger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105663" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473690v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audema" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bailly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/MGHRXL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910000v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Durocher" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Rabolin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652896v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charles Schneider" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20170901006" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652922v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662744v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Noraz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05052113v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Noraz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983552v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bailly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Koller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ley" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20191501032" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602686v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Meyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04663001v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Tromp" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602880v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537132v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tournay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947665v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gina Zandonade" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987535v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Mathieu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Jessy Bonadio Bonadio" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04536573v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Pinto Loureiro Pinto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345462v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Li Bat&#244;t" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02922357v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Mich&#232;le Gbaguidi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910794v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ryle Crepin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909970v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Jezequel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909474v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Selb" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910846v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Antoine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910832v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Zandonade" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909923v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Buchmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910869v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexandre Willot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>