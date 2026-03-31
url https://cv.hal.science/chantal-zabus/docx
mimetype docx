--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -483,1759 +483,2709 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Trans Africa: Between Transgendered “Possession” and Transsexuality in South African Experiential Narratives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transgender Experience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.153-169, 2013, Transgender Experience, 9780203078099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203078099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Writing with an accent': From early decolonization to contemporary gender issues in the African Novel in French, English, and Arabic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language and Translation in Postcolonial Literatures: Multilingual Contexts, Translational texts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.32-47, 2013, 9780203078167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203078167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cracked communicating vessels: Sexuality, body modification, and flesh in the west and the 'non-west</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Locating Transnational Ideals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.228-248, 2013, Locating Transnational Ideals, 9780203370131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203370131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction to Transgender Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Coad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transgender Experience: Place, Ethnicity, and Visibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.1-16, 2013, Transgender Experience, 9780203078099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203078099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The archaeology of Said: Father Foucault, Dieu Derrida, and other (Af)filiations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edward Said's Translocations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.56-73, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203122549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Writing Rites Gone Wrong: Autobiography, Testimonials, and Their Relevance to the Debate Around Genital Alterations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genital Autonomy: Protecting Personal Choice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Netherlands, pp.137-148, 2010, 2-s2.0-84919673276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-90-481-9446-9_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Articles de la section Australie-Nouvelle Zélande.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kwast-Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Didier, B. (Dir.) Dictionnaire des femmes créatrices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des Femmes, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">’I’ll Be Wise Hereafter’: Caliban in Postmodern British Cinema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Dwyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Theo d'Haen; Nadia Lie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Constellation Caliban : Figurations of a Character</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, Amsterdam &amp; Atlanta, Rodopi, pp.271-289, 1997, Studies in Comparative Literature, 978-90-420-0244-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03256071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (5)</w:t>
+        <w:t xml:space="preserve">Ouvrages (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transafrica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Dunton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bloomsbury. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bloomsbury Publishing Plc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5040/9781350400795⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05358736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transafrica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Dunton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bloomsbury Publishing/Zed Books, 2025, 9781350400764</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05069699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transafrica: The Languages of Postqueerness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Dunton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bloomsbury; Zed Books. 2025, 9781350400764</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tempests after Shakespeare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palgrave Macmillan US; Palgrave, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-137-07602-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre foi, lois et droits:</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2016, 978-2-343-08018-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transgender Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bloomsbury Publishing Plc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5040/9781350400795⟩</w:t>
+                <w:t xml:space="preserve">David Coad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge, 33-34, pp.133-144, 2013, 2-s2.0-84905764129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203078099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...292 lines deleted...]
-                <w:t xml:space="preserve">hal-05071291v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaza Stripped: The Familiar Atrocities of Settler Colonialism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Capperdoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther de Bruijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Zekri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcolonial Text</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender as the UnSaid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neophilologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 55 (1-2), pp.209-222. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4312/an.55.1-2.209-222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hijras, Sangomas, and their Translects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Kumar Das</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interventions: International Journal of Postcolonial Studies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 23 (6), pp.811-834. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/1369801X.2020.1784026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05069692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maran Among the Anthropologists</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études Caribéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/etudescaribeennes.23304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-ID: Five Lessons in Post-Identity Politics from the Postcolony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche littéraire / Literary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transing the Algerian Nation-State</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neophilologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 52 (1-2), pp.69-96. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4312/an.52.1-2.69-96⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">African Tempests and Shakespeare’s Middle Passage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Shakespeare en devenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Of Female Husbands and Boarding School Girls: Gender Bending in Unoma Azuah's Fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in African Literatures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Nigeria's Third-Generation Novel: Preliminary Theoretical Engagements, 9 (2), pp.93-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Italia degli Altri. Riflessioni postcoloniali in occasione del 150° anniversario dello stato senza nazione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Narrativa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 33-34, pp.133-144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/narrativa.1338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05541514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Out in Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Critical Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 6 (2), pp.251-270. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3366/E1744185409000731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheryl Stobie, Somewhere in the Double Rainbow: Representations of Bisexuality in Post-Apartheid Novels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commonwealth Essays and Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 30 (2), pp.124-126. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ces.9214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05541506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Against the Straightgeist: Queer Artists, “Shakespeare’s England,” and “Today’s London”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Anglaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Vol. 61 (3), pp.279-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/e.etan.613.0279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behind the Seine and Other Scenery: African and European Male Intimacies in Western Cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commonwealth Essays and Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 30 (1), pp.49-59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ces.9259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05541509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatal Attractors: Adam, Homer, Shakespeare, Defoe, Walcott, and Re-Righting the Caribbean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commonwealth Essays and Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 28 (2), pp.57-72. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ces.10237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05541500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Text That Dare Not Speak Its Name: Contextual Heterosex and Same-Sex Desire in African Fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commonwealth Essays and Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 28.1, pp.10-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/120ty⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05541495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Of the Ghostly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Literature Written in English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40 (2), pp.116-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17449850408589398⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05572266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WRITING WOMEN'S RITES: EXCISION IN EXPERIENTIAL AFRICAN LITERATURE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Zabus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Women's Studies International Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 24, pp.335 - 345</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02004939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Wɔta Don Pas Gari”: EnPi as the Post-Ethnic Voice in Nigeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Groupe de Recherches Anglo-Américaines de Tours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, Voix ethniques/ Ethnic Voices, 2, pp.37-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pufr.3778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05571954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibliography of Ken Saro-Wiwa's works</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Zabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Groupe de Recherches Anglo-Américaines de Tours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, Voix Ethniques, Ethnic Voices, 2, pp.17-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pufr.3773⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05571977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId56"/>
+      <w:footerReference w:type="default" r:id="rId78"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2382,51 +3332,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093072v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Zabus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350400795.ch-7" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358757v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071315v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071222v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071251v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314255v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kwast-Greff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zabus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03256071v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Dwyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358736v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Dunton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburycollections.com/monograph?docid=b-9781350400795" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350400795" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069699v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093097v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071265v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-137-07602-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071291v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071331v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Capperdoni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther de Bruijn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Zekri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066276v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/an.55.1-2.209-222" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069692v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kumar Das" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369801X.2020.1784026" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066288v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.23304" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066294v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071189v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/an.52.1-2.69-96" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01988716v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541514v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/narrativa.1338" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066282v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/E1744185409000731" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541506v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.9214" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541509v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.9259" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541500v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.10237" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541495v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120ty" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02004939v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093072v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Zabus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350400795.ch-7" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358757v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071315v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071222v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071251v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572398v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203078099" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572439v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203078167" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572416v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203370131" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572406v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572362v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203122549" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572341v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-9446-9_15" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314255v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kwast-Greff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zabus" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03256071v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Dwyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358736v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Dunton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburycollections.com/monograph?docid=b-9781350400795" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350400795" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069699v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093097v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071265v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-137-07602-1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071291v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572381v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071331v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Capperdoni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther de Bruijn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Zekri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066276v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/an.55.1-2.209-222" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069692v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kumar Das" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369801X.2020.1784026" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066288v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.23304" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066294v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071189v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/an.52.1-2.69-96" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572691v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01988716v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541514v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/narrativa.1338" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066282v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/E1744185409000731" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541506v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.9214" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572644v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.etan.613.0279" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541509v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.9259" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541500v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.10237" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541495v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120ty" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05572266v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17449850408589398" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02004939v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05571954v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.3778" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05571977v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.3773" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>