--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -100,1388 +100,1388 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Transparent Contacts Based on a Hafnium‐Titanium Oxide Alloy with Optimized Band Alignment for c‐Si Solar Cells</w:t>
+                <w:t xml:space="preserve">Fabrication and Optimization of Type II Silicon Clathrate Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Malad-Chadi Ettobi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Fix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 224, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/admi.202500083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3791/69215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05078472v1</w:t>
+                <w:t xml:space="preserve">hal-05316911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication and Optimization of Type II Silicon Clathrate Films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Potential of Silicon Clathrate Films with NiOx‐Based Selective Contacts for Optoelectronic Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malad-Chadi Ettobi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
+                <w:t xml:space="preserve">Alain Fave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Roques</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Chevalier</w:t>
+                <w:t xml:space="preserve">Erwann Fourmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 224, </w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (17), </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3791/69215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/admi.202500301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316911v1</w:t>
+                <w:t xml:space="preserve">hal-05250882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Potential of Silicon Clathrate Films with NiOx‐Based Selective Contacts for Optoelectronic Devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Enhancing Morphological and Optoelectronic Properties of Silicon Clathrate Films through Thermal Press Annealing and SF 6 Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Briggs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwann Fourmond</w:t>
+                <w:t xml:space="preserve">Maxime Hanauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/admi.202500301⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (3), pp.1752-1758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.4c02915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05250882v1</w:t>
+                <w:t xml:space="preserve">hal-04941817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Morphological and Optoelectronic Properties of Silicon Clathrate Films through Thermal Press Annealing and SF 6 Treatment</w:t>
+                <w:t xml:space="preserve">Enhanced Optoelectronic Properties of Silicon Clathrate Films via Sodium Extraction by Vacuum Annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph P Briggs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Hanauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Vollondat</w:t>
+                <w:t xml:space="preserve">Marc Lenertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (3), pp.1752-1758. </w:t>
+              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.4c02915⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pssr.202500318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04941817v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05293689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Optoelectronic Properties of Silicon Clathrate Films via Sodium Extraction by Vacuum Annealing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a wide bandgap absorber: structural, morphological, and optical investigation of Ag-alloyed Cu 2 ZnSnS 4 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph P Briggs</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Messaoud Tamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Outman El Khouja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guemmaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Lenertz</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelia Elena Bocirnea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssr.202500318⟩</w:t>
+              <w:t xml:space="preserve">Sustainable Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5SE01303H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05293689v1</w:t>
+                <w:t xml:space="preserve">hal-05392602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a wide bandgap absorber: structural, morphological, and optical investigation of Ag-alloyed Cu 2 ZnSnS 4 thin films</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Outman El Khouja</w:t>
+                <w:t xml:space="preserve">Effect of hydrogenation on type II silicon clathrate films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Hanauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Guemmaz</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Yongfeng Tong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Aissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amelia Elena Bocirnea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.045019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5SE01303H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2515-7655/ae0368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05392602v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05262688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of hydrogenation on type II silicon clathrate films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Hanauer</w:t>
+                <w:t xml:space="preserve">Selective Transparent Contacts Based on a Hafnium‐Titanium Oxide Alloy with Optimized Band Alignment for c‐Si Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yongfeng Tong</w:t>
+                <w:t xml:space="preserve">Claude Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Aissa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charif Tamin</w:t>
+                <w:t xml:space="preserve">Thomas Fix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, pp.045019. </w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2515-7655/ae0368⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/admi.202500083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05262688v1</w:t>
+                <w:t xml:space="preserve">hal-05078472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Sodium Concentration on the Optoelectronic Properties of Silicon Clathrate Films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Increasing potential of silicon clathrate films for photovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Bartringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">pv magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04747308v1</w:t>
+                <w:t xml:space="preserve">hal-04706881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing potential of silicon clathrate films for photovoltaics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Comparative energy levels analysis of Type I and Type II silicon clathrate films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Hanauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vollondat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">pv magazine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MRS Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, pp.1685-1690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/s43580-024-01019-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706881v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative energy levels analysis of Type I and Type II silicon clathrate films</w:t>
+                <w:t xml:space="preserve">Influence of Sodium Concentration on the Optoelectronic Properties of Silicon Clathrate Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vollondat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Bartringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9, pp.1685-1690. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (19), pp.8554-8561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1557/s43580-024-01019-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.4c01514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04869144v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of hetero-interface engineering by partial substitution of Zn in Cu2ZnSnS4-based solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1567,51 +1567,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of absorber and heterojunction in the pure sulphide kesterite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1746,90 +1746,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the optoelectronic properties of silicon clathrate films for photovoltaic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd International Materials Research Congress - IMRC 2024, Cancun, Mexico, août 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Cancun, Mexico</w:t>
@@ -1871,90 +1871,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuneable optoelectronic properties of silicon clathrate films for sustainable energy applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd International Materials Research Congress - IMRC 2024, Cancun, Mexico, août 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Cancun, Mexico</w:t>
@@ -1983,77 +1983,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Development of Selenium-Silicon Tandem Solar Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La 14e édition des Journées Nationales du PhotoVoltaïque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2091,77 +2091,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers les premiers dispositifs à base de clathrates de silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2216,77 +2216,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon clathrate films for photovoltaic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2328,103 +2328,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-Temperature HfxTi1-xOy Electron-Selective Contacts for c-Si Solar Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La 14e édition des Journées Nationales du PhotoVoltaïque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Dourdan, France</w:t>
@@ -2447,303 +2447,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards p-PERT c-Si solar cells with tunnel junction for monolithic tandem integration with CIGS</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ANR EPCIS: first results on High-Efficiency Epitaxial CIGSu on Silicon Tandem Solar Cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Fornacciari</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Gautheron-Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque, JNPV 2022</w:t>
+              <w:t xml:space="preserve">12è Journées Nationales du PhotoVoltaïque (JNPV 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827539v1</w:t>
+                <w:t xml:space="preserve">hal-03968258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANR EPCIS: first results on High-Efficiency Epitaxial CIGSu on Silicon Tandem Solar Cell</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maud Jullien</w:t>
+                <w:t xml:space="preserve">Towards p-PERT c-Si solar cells with tunnel junction for monolithic tandem integration with CIGS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rozenn Gautheron-Bernard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benjamin Fornacciari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Fourmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fave</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12è Journées Nationales du PhotoVoltaïque (JNPV 2022)</w:t>
+              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque, JNPV 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03968258v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03827539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial cation-substitution in the sulphide kesterite: Absorber and heterojunction engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2826,51 +2826,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de matériaux absorbants de type Kesterite (Cu2ZnSnS4) pour application dans les cellules solaires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université Bourgogne Franche-Comté, 2021. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021UBFCK035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3066,51 +3066,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078472v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Tamin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar Bharwal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Botella" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fix" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500083" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316911v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malad-Chadi Ettobi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roques" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/69215" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250882v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fave" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Fourmond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941817v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Briggs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hanauer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vollondat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02915" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293689v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph P Briggs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenertz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202500318" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392602v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Tamin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outman El Khouja" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guemmaz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Elena Bocirnea" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SE01303H" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Tong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Aissa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7655/ae0368" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747308v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bartringer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c01514" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706881v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869144v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43580-024-01019-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820288v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Adnane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2022022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032110v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bsecv.2020.05.004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691010v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stoeffler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691011v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748018v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607633v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612912v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827539v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fornacciari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968258v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Bertin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jullien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gautheron-Bernard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03719183v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UBFCK035" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malad-Chadi Ettobi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Tamin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar Bharwal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/69215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250882v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fave" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Fourmond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500301" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941817v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Briggs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hanauer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vollondat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02915" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293689v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph P Briggs" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenertz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202500318" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392602v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Tamin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outman El Khouja" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guemmaz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Elena Bocirnea" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SE01303H" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262688v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Tong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Aissa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7655/ae0368" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078472v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Botella" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500083" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706881v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869144v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43580-024-01019-4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747308v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bartringer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c01514" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820288v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Adnane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2022022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032110v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bsecv.2020.05.004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691010v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stoeffler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691011v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748018v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607633v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612912v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968258v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Bertin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jullien" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gautheron-Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827539v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fornacciari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03719183v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UBFCK035" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>