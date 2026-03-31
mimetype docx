--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -416,593 +416,593 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DateBack, an evolving open-access repository of Phoenix archaeobotanical data supporting new perspectives on the history of date palm cultivation</w:t>
+                <w:t xml:space="preserve">Interest of Naturalist Collections and Drawings for Archaeobotany: The Example of Sorghum Specimens of the Ethnobotanical Collections of the French National Museum of Natural History</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Besseiche</w:t>
+                <w:t xml:space="preserve">Flora Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elora Chambraud</w:t>
+                <w:t xml:space="preserve">Didier Geffard-Kuriyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+                <w:t xml:space="preserve">Marie Aimée Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Brandstatt</w:t>
+                <w:t xml:space="preserve">Etienne Martiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Sabot</w:t>
+                <w:t xml:space="preserve">Simon Juraver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.e55. </w:t>
+              <w:t xml:space="preserve">Interdisciplinaria archaeologica Natural Sciences in Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, XVI (2), pp.187-195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pci.archaeo.100603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24916/iansa.2025.2.6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05082078v1</w:t>
+                <w:t xml:space="preserve">hal-05290037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging the Late Antique Gap in Northwest Arabia: New Archaeological Evidence on the Occupation of Wādī al‐Qurā (al‐ʿUlā [AlUla], Saudi Arabia) Between the Third and Seventh Centuries CE</w:t>
+                <w:t xml:space="preserve">DateBack, an evolving open-access repository of Phoenix archaeobotanical data supporting new perspectives on the history of date palm cultivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Rohmer</w:t>
+                <w:t xml:space="preserve">Margot Besseiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdulrahman Alsuhaibani</w:t>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Brandstatt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/aae.70009⟩</w:t>
+              <w:t xml:space="preserve">Peer Community In Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pci.archaeo.100603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05515409v1</w:t>
+                <w:t xml:space="preserve">hal-05082078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special issue from the Tenth International Workgroup for African Archaeobotany in Paris, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bridging the Late Antique Gap in Northwest Arabia: New Archaeological Evidence on the Occupation of Wādī al‐Qurā (al‐ʿUlā [AlUla], Saudi Arabia) Between the Third and Seventh Centuries CE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrahman Alsuhaibani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interdisciplinaria archaeologica Natural Sciences in Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/aae.70009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290109v2</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05515409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interest of Naturalist Collections and Drawings for Archaeobotany: The Example of Sorghum Specimens of the Ethnobotanical Collections of the French National Museum of Natural History</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Special issue from the Tenth International Workgroup for African Archaeobotany in Paris, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Pennec</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interdisciplinaria archaeologica Natural Sciences in Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, XVI (2), pp.187-195. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2025, Tenth International Workgroup for African Archaeobotany in Paris, France, XVI (2), pp.101-102</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290037v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290109v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tale of new crops in the arid Arabian Peninsula oasis from antiquity to the early Islamic period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Herveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1092,51 +1092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frijda Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite I García‐collado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Besseiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neal Payne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1181,1952 +1181,1952 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04410842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the carbonization effect on the interspecific identification of cotton (Gossypium spp.) seeds using classical and 2D geometric morphometrics</w:t>
+                <w:t xml:space="preserve">Strontium isotope evidence for Pre-Islamic cotton cultivation in Arabia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Milon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">Saskia E Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Viot</w:t>
+                <w:t xml:space="preserve">Éric Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lemoine</w:t>
+                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Cucchi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.104007⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.1257482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2023.1257482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04102316v1</w:t>
+                <w:t xml:space="preserve">mnhn-04351509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strontium isotope evidence for Pre-Islamic cotton cultivation in Arabia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the carbonization effect on the interspecific identification of cotton (Gossypium spp.) seeds using classical and 2D geometric morphometrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Douville</w:t>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+                <w:t xml:space="preserve">Christopher Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Deschamps</w:t>
+                <w:t xml:space="preserve">Michel Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Battesti</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Cucchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11, pp.1257482. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49, pp.104007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/feart.2023.1257482⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.104007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04351509v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taposiris Magna et Plinthine (2020)</w:t>
+                <w:t xml:space="preserve">Human-woodland interactions during the Pre-Aksumite and Aksumite periods in northeastern Tigray, Ethiopia: insights from the wood charcoal analyses from Mezber and Ona Adi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérangère Redon</w:t>
+                <w:t xml:space="preserve">Abel Ruiz-Giralt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
+                <w:t xml:space="preserve">Aurélie Salavert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essam Ahmed</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">Carla Lancelotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maël Crépy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Catherine D’andrea</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Le Delta et les marges septentrionales, </w:t>
+              <w:t xml:space="preserve">Vegetation History and Archaeobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/baefe.2825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00334-021-00825-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03323501v1</w:t>
+                <w:t xml:space="preserve">mnhn-03158480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop processing, consumption and trade of Asian rice (Oryza sativa L.) in the Arabian Peninsula during Antiquity: earliest evidence from Mleiha (third c. AD), United Arab Emirates</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Iron craftsmanship in Muweis, a town of the Meroe Empire: metal production and smithing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Dieudonné-Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Mouton</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dominique Gemehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sudan &amp; Nubia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24, pp.212-232</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03391779v1</w:t>
+                <w:t xml:space="preserve">hal-03216577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strontium isotope evidence for a trade network between southeastern Arabia and India during Antiquity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Archaeobotanical analysis of food and fuel procurement from Fulayj fort (Oman, 5th-8th c. CE) including the earliest secure evidence for sorghum in Eastern Arabia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Gauthier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seth Priestman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-79675-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Arid Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 190, pp.104512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaridenv.2021.104512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03116675v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Providing fuel, building materials and food for gold exploitation in the Eastern Desert, Egypt: Multidisciplinary dataset of the Ptolemaic site of Samut North (late 4th c. BCE)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">From section to landscape(s): reconstructions of environmental and landscape changes for the past 8000 years around the site of Wakarida (Ethiopia) using chronostratigraphy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Callot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102729⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 192 (53), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/bsgf/2021041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03215881v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeobotanical analysis of food and fuel procurement from Fulayj fort (Oman, 5th-8th c. CE) including the earliest secure evidence for sorghum in Eastern Arabia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Crop processing, consumption and trade of Asian rice (Oryza sativa L.) in the Arabian Peninsula during Antiquity: earliest evidence from Mleiha (third c. AD), United Arab Emirates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Seth Priestman</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mouton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Arid Environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaridenv.2021.104512⟩</w:t>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (34), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12520-021-01277-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03388566v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From section to landscape(s): reconstructions of environmental and landscape changes for the past 8000 years around the site of Wakarida (Ethiopia) using chronostratigraphy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Taposiris Magna et Plinthine (2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essam Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Crépy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/bsgf/2021041⟩</w:t>
+              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Le Delta et les marges septentrionales, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/baefe.2825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03412595v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03323501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron craftsmanship in Muweis, a town of the Meroe Empire: metal production and smithing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadine Dieudonné-Glad</w:t>
+                <w:t xml:space="preserve">Strontium isotope evidence for a trade network between southeastern Arabia and India during Antiquity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Samuel Guérin</w:t>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Millet</w:t>
+                <w:t xml:space="preserve">Caroline Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sudan &amp; Nubia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-79675-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216577v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03116675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-woodland interactions during the Pre-Aksumite and Aksumite periods in northeastern Tigray, Ethiopia: insights from the wood charcoal analyses from Mezber and Ona Adi</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Providing fuel, building materials and food for gold exploitation in the Eastern Desert, Egypt: Multidisciplinary dataset of the Ptolemaic site of Samut North (late 4th c. BCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Salavert</w:t>
+                <w:t xml:space="preserve">Jean-Bernard Huchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carla Lancelotti</w:t>
+                <w:t xml:space="preserve">Thomas Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Catherine D’andrea</w:t>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vegetation History and Archaeobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, pp.102729. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00334-021-00825-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03158480v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03215881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marking the sacral landscape of a north Arabian oasis: a sixth-millennium BC monumental stone platform and surrounding burials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Taposiris Magna et Plinthine (2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Munoz</w:t>
+                <w:t xml:space="preserve">Sylvain Dhennin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Cotty</w:t>
+                <w:t xml:space="preserve">Claire Somaglino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Charloux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">Matthieu Vanpeene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Monchot</w:t>
+                <w:t xml:space="preserve">Lorenzo Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 94 (375), pp.601-621. </w:t>
+              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Le Delta et les marges septentrionales, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15184/aqy.2020.81⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/baefe.884⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02862815v1</w:t>
+                <w:t xml:space="preserve">hal-03085498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique d’une mort annoncée ? Quand la Loi de programmation de la recherche sonne le glas de la recherche publique.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Désert Oriental – Époque ptolémaïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Crépy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nejma Goutas</w:t>
+                <w:t xml:space="preserve">Alexandre Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Costamagno</w:t>
+                <w:t xml:space="preserve">Jennifer Gates-Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.10216⟩</w:t>
+              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Le désert oriental et le littoral de la mer Rouge, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/baefe.1087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03014611v1</w:t>
+                <w:t xml:space="preserve">hal-03085501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La culture du coton en région désertique. Une culture durable ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Marking the sacral landscape of a north Arabian oasis: a sixth-millennium BC monumental stone platform and surrounding burials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cotty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Charloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Monchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.10591⟩</w:t>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 94 (375), pp.601-621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15184/aqy.2020.81⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03218815v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taposiris Magna et Plinthine (2019)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chronique d’une mort annoncée ? Quand la Loi de programmation de la recherche sonne le glas de la recherche publique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Vanpeene</w:t>
+                <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Medini</w:t>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Costamagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/baefe.884⟩</w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nda.10216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03085498v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Désert Oriental – Époque ptolémaïque</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La culture du coton en région désertique. Une culture durable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Le désert oriental et le littoral de la mer Rouge, </w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 161, pp.55-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/baefe.1087⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nda.10591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03085501v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03218815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tightening the thread from seed to cloth. New enquiries in the archaeology of Old World cotton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Yvanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3180,291 +3180,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02187349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agro-pastoral productions and landscape evolution during Antiquity and Islamic periods (AD 1st–12th centuries) at Dharih (Jordan)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Proceedings of the 17th conference of the International Work Group for Paleoethnobotany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Monchot</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Salavert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Villeneuve</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Françoise Toulemonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Islamic Archaeology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1558/jia.37691⟩</w:t>
+              <w:t xml:space="preserve">Vegetation History and Archaeobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27, pp.1-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00334-017-0662-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02106780v1</w:t>
+                <w:t xml:space="preserve">hal-03088394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proceedings of the 17th conference of the International Work Group for Paleoethnobotany</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Agro-pastoral productions and landscape evolution during Antiquity and Islamic periods (AD 1st–12th centuries) at Dharih (Jordan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Monchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Toulemonde</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anais Marrast</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vegetation History and Archaeobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 27, pp.1-2. </w:t>
+              <w:t xml:space="preserve">Journal of Islamic Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (1), pp.39-70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00334-017-0662-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1558/jia.37691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088394v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape use and fruit cultivation in Petra (Jordan) from Early Nabataean to Byzantine times (2nd century BC - 5th century AD)</w:t>
               </w:r>
@@ -3548,839 +3548,839 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Banqueting in a Northern Arabian Oasis: A Nabataean Triclinium at Dûmat al-Jandal, Saudi Arabia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Charloux</w:t>
+                <w:t xml:space="preserve">État des lieux de la recherche archéobotanique en péninsule Arabique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ariane Thomas</w:t>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the American Schools of Oriental Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Routes de l'Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Actualité des recherches archéologiques en Arabie, Hors-série n 2 "Actualités des recherches archéologiques en Arabie", pp.21-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02169486v1</w:t>
+                <w:t xml:space="preserve">hal-02306034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État des lieux de la recherche archéobotanique en péninsule Arabique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Banqueting in a Northern Arabian Oasis: A Nabataean Triclinium at Dûmat al-Jandal, Saudi Arabia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Charloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Monchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Routes de l'Orient</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin of the American Schools of Oriental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 375, pp.13-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5615/bullamerschoorie.375.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02306034v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02169486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Discoveries in a Nabataean Tomb. Burial Practices and 'plant Jewellery' in Ancient Hegra (Madâ'in Sâlih, Saudi Arabia)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Occupation et abandon de la grande citerne du sanctuaire de Dharih (Jordanie) durant l'Antiquité tardive : analyse du mobilier céramique et données archéobotaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Sachet</w:t>
+                <w:t xml:space="preserve">Juliette Bertaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Dal-Prà</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Syria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92, pp.365-392</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306041v1</w:t>
+                <w:t xml:space="preserve">hal-02306029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agrarian Legacies and Innovations in the Nabataean Territory</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">New Discoveries in a Nabataean Tomb. Burial Practices and 'plant Jewellery' in Ancient Hegra (Madâ'in Sâlih, Saudi Arabia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Sachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dal-Prà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Delhopital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Douaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 39, pp.103-124. </w:t>
+              <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26, pp.28-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/archeosciences.4421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/aae.12047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02306031v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupation et abandon de la grande citerne du sanctuaire de Dharih (Jordanie) durant l'Antiquité tardive : analyse du mobilier céramique et données archéobotaniques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Agrarian Legacies and Innovations in the Nabataean Territory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Syria</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39, pp.103-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeosciences.4421⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02306029v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hellenistic-Nabataean Crypt in Tower Tomb 303 at Ath-Thughrah in Petra. Results of the Archaeological and Multi-Disciplinary Studies</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Tomé Carpentier</w:t>
+                <w:t xml:space="preserve">Exploitation végétale des oasis d'Arabie : production, commerce et utilisation des plantes. L'exemple de Madâ'in Sâlih (Arabie Saoudite) entre le IVe siècle av. J.-C. et le VIIe siècle ap. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ḥawliyyaẗ dāʹiraẗ al-āṯār al-’āmmaẗ = Annual of the Department of Antiquities of Jordan</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ethnoécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ethnoecologie.1217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306028v1</w:t>
+                <w:t xml:space="preserve">hal-02306039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recension de l'ouvrage de M. van der Veen (2011) Consumption, Trade and Innovation. Exploring the Botanical Remains from the Roman and Islamic Ports at Quseir al-Qadim, Egypt. Journal of African Archaeology Monograph Series Volume 6, Africa Magna Verlag, Frankfurt</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">The Hellenistic-Nabataean Crypt in Tower Tomb 303 at Ath-Thughrah in Petra. Results of the Archaeological and Multi-Disciplinary Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Sachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Delhopital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tomé Carpentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Syria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 90, pp.532</w:t>
+              <w:t xml:space="preserve">Ḥawliyyaẗ dāʹiraẗ al-āṯār al-’āmmaẗ = Annual of the Department of Antiquities of Jordan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 57, pp.141-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306027v1</w:t>
+                <w:t xml:space="preserve">hal-02306028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation végétale des oasis d'Arabie : production, commerce et utilisation des plantes. L'exemple de Madâ'in Sâlih (Arabie Saoudite) entre le IVe siècle av. J.-C. et le VIIe siècle ap. J.-C.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Recension de l'ouvrage de M. van der Veen (2011) Consumption, Trade and Innovation. Exploring the Botanical Remains from the Roman and Islamic Ports at Quseir al-Qadim, Egypt. Journal of African Archaeology Monograph Series Volume 6, Africa Magna Verlag, Frankfurt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnoécologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Syria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 90, pp.532</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ethnoecologie.1217⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02306039v1</w:t>
+                <w:t xml:space="preserve">hal-02306027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cotton Cultivation and Textile Production in the Arabian Peninsula during Antiquity: The Evidence from Madâ'in Sâlih (Saudi Arabia) and Qal'at al-Bahrain (Bahrain)</w:t>
               </w:r>
@@ -4482,51 +4482,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques alimentaires en Arabie antique. Etude archéobotanique de Madâ'in Sâlih.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, IX, pp.247-256</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4564,64 +4564,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Nabataean Rock-Cut Sanctuary in Petra: Second Preliminary Report on the &amp;quot;Obodas Chapel&amp;quot; Excavation Project, Jabal Numayr (2005-2007)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tholbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ḥawliyyaẗ dāʹiraẗ al-āṯār al-’āmmaẗ = Annual of the Department of Antiquities of Jordan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 52, pp.235-254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4672,355 +4672,355 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultures et collectes des eaux en milieu aride</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Wine and viticulture on both shores of the Eastern Mediterranean during the 1st millennium BC: cultural exchanges, varietal diversity and adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Ivorra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Frédéric Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Rencontres Archéobotaniques de langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Paimpol, France</w:t>
+              <w:t xml:space="preserve">20th conference of the International Work Group of Palaeoethnobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Groningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05515856v1</w:t>
+                <w:t xml:space="preserve">hal-05536044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wine and viticulture on both shores of the Eastern Mediterranean during the 1st millennium BC: cultural exchanges, varietal diversity and adaptation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarah Ivorra</w:t>
+                <w:t xml:space="preserve">Agricultures et collectes des eaux en milieu aride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bonhomme</w:t>
+                <w:t xml:space="preserve">Hatem Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Frédéric Terral</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Louise Purdue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th conference of the International Work Group of Palaeoethnobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Groningen, Netherlands</w:t>
+              <w:t xml:space="preserve">15ème Rencontres Archéobotaniques de langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Paimpol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05536044v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05515856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The field of possibilities: Early crops in north-western Arabia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Munirah Almushawh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdulrahman Alsuhaibani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminar for Arabian Studies 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IASA, Jun 2024, Paris, France</w:t>
@@ -5049,90 +5049,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vents de graines et lancers de bûches sur l’Arabie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sur les routes d’Arabie. Itinéraires terrestres et maritimes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Institut du Monde Arabe (IMA), Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5209,51 +5209,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Jimenez-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaddai Heidgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th European Association of Archaeologists Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Roma, Italy</w:t>
@@ -5282,103 +5282,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECO-Seed project. Recent results on past diversity and uses of plants in the Al-ʿUlā region.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Desormeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFALULA Oasis project workshop 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5397,950 +5397,950 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04252303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulation des sociétés humaines, diffusions des plantes : réflexions autour du coton et du pavot</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The origins, domestications, diffusions of cotton cultivation and products in the Old World.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cucchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire HEBA - UMR 7209 AASPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">A3Tex International Workshop “Archaeology and Archaeometry of Ancient Textiles: Analytical methods, conservation, and dissemination in textile research”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03811092v1</w:t>
+                <w:t xml:space="preserve">mnhn-03779202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paysages végétaux de l’Egypte ancienne. Approches archéobotaniques et étude de cas à Plinthine/Taposiris Magna</w:t>
+                <w:t xml:space="preserve">Agrobiodiversity and plant trade dynamics in the Northwestern Arabia (~2500 BCE-1200 CE): new evidence in the oasis of Al Ula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Decaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Desormeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Dinies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les séminaires de recherche de l'IFAO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Le Caire, France</w:t>
+              <w:t xml:space="preserve">19th International workgroup for Palaeoethnobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, České Budějovice, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-04251415v1</w:t>
+                <w:t xml:space="preserve">mnhn-03779290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation, usage et économie du bois dans le désert oriental égyptien à l’époque ptolémaïque d’après les ostraca grecs et démotiques et les sources archéobotaniques du district de Samut</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Circulation des sociétés humaines, diffusions des plantes : réflexions autour du coton et du pavot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bérangère Redon</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Salavert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXe International congress of Papyrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire HEBA - UMR 7209 AASPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03779318v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03811092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Honouring the Gods in the Eastern Desert during Graeco-Roman Era: an Analysis at the Interface of Written Testimonies, Artefacts and Ecofacts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Les paysages végétaux de l’Egypte ancienne. Approches archéobotaniques et étude de cas à Plinthine/Taposiris Magna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martine Leguilloux</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXe International congress of Papyrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Les séminaires de recherche de l'IFAO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Le Caire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03779313v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-04251415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ECO-Seed project. New results on the plant remains analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploitation, usage et économie du bois dans le désert oriental égyptien à l’époque ptolémaïque d’après les ostraca grecs et démotiques et les sources archéobotaniques du district de Samut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chauffray Marie-Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFALULA Oasis project workshop 4</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">XXXe International congress of Papyrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03847606v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03779318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind tasting at Plinthine (Western Egyptian delta) during the 1st millennium BCE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Honouring the Gods in the Eastern Desert during Graeco-Roman Era: an Analysis at the Interface of Written Testimonies, Artefacts and Ecofacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efstathia Dionysopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennat-Allah El Dorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Leguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brussel Institute for advanced studies Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Bruxelles, France</w:t>
+              <w:t xml:space="preserve">XXXe International congress of Papyrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03811103v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03779313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The origins, domestications, diffusions of cotton cultivation and products in the Old World.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The ECO-Seed project. New results on the plant remains analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Desormeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A3Tex International Workshop “Archaeology and Archaeometry of Ancient Textiles: Analytical methods, conservation, and dissemination in textile research”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rome, Italy</w:t>
+              <w:t xml:space="preserve">AFALULA Oasis project workshop 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03779202v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03847606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agrobiodiversity and plant trade dynamics in the Northwestern Arabia (~2500 BCE-1200 CE): new evidence in the oasis of Al Ula</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Blind tasting at Plinthine (Western Egyptian delta) during the 1st millennium BCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Desormeau</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennat-Allah El Dorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Dinies</w:t>
+                <w:t xml:space="preserve">Nicolas Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International workgroup for Palaeoethnobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, České Budějovice, Czech Republic</w:t>
+              <w:t xml:space="preserve">Brussel Institute for advanced studies Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Bruxelles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03779290v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03811103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cotons en Arabie et en Afrique orientale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche du laboratoire Archéorient, Actualités des méthodes et des terrains au Proche-Orient ancien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6365,103 +6365,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tale of new crops in the oasis of the Arabian Peninsula in the long 1st millenium CE through archaeobotanical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moving plant workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Cambridge, United Kingdom</w:t>
@@ -6490,64 +6490,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strontium isotope composition as a provenance indicator for Nabataean cotton textiles from Hegra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6615,103 +6615,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tale of new crops in the oasis of the arid Arabian Peninsula in the long 1st millennium CE through archaeobotanical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moving plants: Agricultural crop migrations in the 1st millennium CE Middle East and Mediter-ranean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Cambridge, United Kingdom</w:t>
@@ -6734,204 +6734,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03921134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulation et acclimatation du riz asiatique dans la péninsule Arabique de l'Antiquité à nos jours</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Assessing the provenance of ancient cotton at Hegra, Saudi Arabia (end of the 1st c. BC-5th c. AD) using new, modern strontium isotope results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les routes des paysages culturels alimentares</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Nanterre, France</w:t>
+              <w:t xml:space="preserve">54th Seminar for Arabian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Cordoue, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03391558v1</w:t>
+                <w:t xml:space="preserve">mnhn-03338337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viticulture aux marges du Delta égyptien au Nouvel Empire et à l’époque ptolémaïque : influences grecques et spécificités locales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Pagnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mennat-Allah El Dorry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e Rencontres d’archéobotanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Bruxelles, Belgique</w:t>
@@ -6954,432 +6984,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-03404665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ECO-Seed project. Ancient agriculture and plant uses in Al Ula region</w:t>
+                <w:t xml:space="preserve">Circulation et acclimatation du riz asiatique dans la péninsule Arabique de l'Antiquité à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thursday night conference of archaeological projects in Al Ula</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Al Ula, Saudi Arabia</w:t>
+              <w:t xml:space="preserve">Les routes des paysages culturels alimentares</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03811126v1</w:t>
+                <w:t xml:space="preserve">hal-03391558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle matière, une nouvelle culture : le coton en Arabie antique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The ECO-Seed project. Ancient agriculture and plant uses in Al Ula region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Juliette Milon</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Decaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Desormeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kabboul Christelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXXIe Rencontres Internationales d’Archéologie et d’Histoire de Nice Côte d’Azur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Nice, France</w:t>
+              <w:t xml:space="preserve">Thursday night conference of archaeological projects in Al Ula</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Al Ula, Saudi Arabia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03404660v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03811126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the provenance of ancient cotton at Hegra, Saudi Arabia (end of the 1st c. BC-5th c. AD) using new, modern strontium isotope results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
+                <w:t xml:space="preserve">Une nouvelle matière, une nouvelle culture : le coton en Arabie antique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Douville</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th Seminar for Arabian Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Cordoue, Spain</w:t>
+              <w:t xml:space="preserve">XXXXIe Rencontres Internationales d’Archéologie et d’Histoire de Nice Côte d’Azur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03338337v1</w:t>
+                <w:t xml:space="preserve">mnhn-03404660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research update: the varied application of strontium isotopes to archaeological questions, from an early medieval Irish population to pre-Islamic cotton in Arabia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin G. Crowley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7387,51 +7387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Snoeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Reynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Irish Isotope Research Group Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Dublin, Ireland</w:t>
@@ -7454,881 +7454,881 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fibres et teintures végétales au Moyen-Orient antique</w:t>
+                <w:t xml:space="preserve">L'adoption des cultures d'été en péninsule Arabique : état de la recherche et revue critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Louise Quillien</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d’histoire et archéologie des mondes orientaux (SHAMO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Damien Agut-Labordère; Cécile Michel, Feb 2019, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Séminaire SAPOA, études bioarchéologiques en péninsule Arabique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 7209 (MNHN-CNRS), Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336210v1</w:t>
+                <w:t xml:space="preserve">hal-04010426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultural economy and the development of cotton cultivation during the Meroitic period (4th c. BC - 5th c. AD) in central Sudan: seed, fruits and morphometric analyses at Mouweis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Agriculture and viticulture in the New Kingdom-Antique Egyptian Delta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennat-Allah El Dorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th of the International Workgroup for Palaeoethnobotany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336200v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grapes from Plinthine (Egyptian Delta) during the 1st mill. BC : piquette, grand cru and fuel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Fibres et teintures végétales au Moyen-Orient antique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quillien</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier transversal SAPOA-PACEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Paris, Unknown Region</w:t>
+              <w:t xml:space="preserve">Séminaire d’histoire et archéologie des mondes orientaux (SHAMO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Damien Agut-Labordère; Cécile Michel, Feb 2019, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336219v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adoption of summer crops in the Arabian Peninsula: a critical review of the evidence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Agricultural economy and the development of cotton cultivation during the Meroitic period (4th c. BC - 5th c. AD) in central Sudan: seed, fruits and morphometric analyses at Mouweis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cucchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th of the International Workgroup for Palaeoethnobotany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336199v1</w:t>
+                <w:t xml:space="preserve">hal-02336200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion of Cotton in Northeastern Africa and Arabia: New Morphometric and Chronological Data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Grapes from Plinthine (Egyptian Delta) during the 1st mill. BC : piquette, grand cru and fuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie Millet</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennat-Allah El Dorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Red Sea Conference IX</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Atelier transversal SAPOA-PACEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Paris, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336218v1</w:t>
+                <w:t xml:space="preserve">hal-02336219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'adoption des cultures d'été en péninsule Arabique : état de la recherche et revue critique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">The adoption of summer crops in the Arabian Peninsula: a critical review of the evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire SAPOA, études bioarchéologiques en péninsule Arabique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR 7209 (MNHN-CNRS), Mar 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">18th of the International Workgroup for Palaeoethnobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04010426v1</w:t>
+                <w:t xml:space="preserve">hal-02336199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture and viticulture in the New Kingdom-Antique Egyptian Delta</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Diffusion of Cotton in Northeastern Africa and Arabia: New Morphometric and Chronological Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cucchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th of the International Workgroup for Palaeoethnobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lecce, Italy</w:t>
+              <w:t xml:space="preserve">Red Sea Conference IX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336197v1</w:t>
+                <w:t xml:space="preserve">hal-02336218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absolute chronology of cotton distribution in Arabia and Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Dal-Prà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleur Letellier-Willemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th of the International Workgroup for Palaeoethnobotany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Lecce, Italy</w:t>
@@ -8357,51 +8357,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ressources végétales en territoire nabatéen. Approches archéobotaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Arabie antique vue de la Méditerranée (Séminaire Paris 4 : Littérature et science dans le monde grec aux périodes hellénistique et romaine)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Didier Marcotte, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8426,64 +8426,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeobotany of the Egyptian Delta: State of Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mennat-Allah El Dorry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Malleson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8545,1785 +8545,1785 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02402049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Troc de graines et semences voyageuses autour de la mer Rouge dans l’Antiquité</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juliette Milon</w:t>
+                <w:t xml:space="preserve">Wood and charcoal analysis in Egypt : some results and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mobilités humaines dans l’Antiquité : méthodes et sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Annual Archaeobotany in Egypt Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mennat-Allah El Dorry, Sep 2018, Le Caire, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02969654v1</w:t>
+                <w:t xml:space="preserve">hal-02336204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chauffer et construire dans le désert oriental romain (1er-3e s. ap. J.-C.) : l’étude des bois et du charbon de bois</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Providing fuel, beams and food for gold exploration in the desert: new archaeobotanical, archaeoentomological, archaeological and textual data from the Ptolemaic site of Samut (Eastern Desert, Egypt)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Huchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d’histoire et archéologie des mondes orientaux (SHAMO, D. Agut, C. Michel)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Nanterre, France</w:t>
+              <w:t xml:space="preserve">9h International Workshop of African Archaeobotany (IWAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Las Palmas, Gran Canaria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336213v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’amidonnier au blé dur : étude croisée de la transition céréalière en Egypte (du 5e siècle av. J.-C. au 1er siècle ap. J.-C.)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Roman life in the Eastern Desert of Egypt: food, imperial power and geopolitics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijke van Der Veen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Lerouxel</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Cappers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d’histoire et archéologie des mondes orientaux (SHAMO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Eastern Desert of Egypt during the Greco-Roman Period: Archaeological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.cdf.5252⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336214v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cereal evolution during Antiquity and the Islamic period in North Africa: a preliminary review of the archaeobotanical and textual evidence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Troc de graines et semences voyageuses autour de la mer Rouge dans l’Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9h International Workshop of African Archaeobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Las Palmas, Gran Canaria, Spain</w:t>
+              <w:t xml:space="preserve">Les mobilités humaines dans l’Antiquité : méthodes et sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336207v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02969654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roman life in the Eastern Desert of Egypt: food, imperial power and geopolitics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Chauffer et construire dans le désert oriental romain (1er-3e s. ap. J.-C.) : l’étude des bois et du charbon de bois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Eastern Desert of Egypt during the Greco-Roman Period: Archaeological Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire d’histoire et archéologie des mondes orientaux (SHAMO, D. Agut, C. Michel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Nanterre, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336187v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Providing fuel, beams and food for gold exploration in the desert: new archaeobotanical, archaeoentomological, archaeological and textual data from the Ptolemaic site of Samut (Eastern Desert, Egypt)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">De l’amidonnier au blé dur : étude croisée de la transition céréalière en Egypte (du 5e siècle av. J.-C. au 1er siècle ap. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Agut-Labordère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bérangère Redon</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lerouxel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9h International Workshop of African Archaeobotany (IWAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Las Palmas, Gran Canaria, Spain</w:t>
+              <w:t xml:space="preserve">Séminaire d’histoire et archéologie des mondes orientaux (SHAMO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Damien Agut-Labordère; Cécile Michel, 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336205v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approvisionnement en combustible ligneux et en bois dans le désert oriental d’Égypte à l’époque romaine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Cereal evolution during Antiquity and the Islamic period in North Africa: a preliminary review of the archaeobotanical and textual evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Agut-Labordère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lerouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le désert oriental d’Égypte durant la période gréco-romaine: bilans archéologiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9h International Workshop of African Archaeobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Las Palmas, Gran Canaria, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336188v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The introduction and cultivation of summer-crops in the Arabian Peninsula. A critical review of the archaeobotanical evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeology ’18 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Al Aïn, Abu Dhabi, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultural economy during the Meroitic period: a case archaeobotanical study from Mouweis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Approvisionnement en combustible ligneux et en bois dans le désert oriental d’Égypte à l’époque romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Newton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijke van Der Veen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vermeeren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Internation Conference for Nubian Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le désert oriental d’Égypte durant la période gréco-romaine: bilans archéologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.cdf.5177⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03847377v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economies alimentaire, textile et combustible à Mouweis. Approche archéobotanique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Agricultural economy during the Meroitic period: a case archaeobotanical study from Mouweis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Juliette Milon</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Archéologie de l’Antiquité et du Moyen Âge (Univ. de Poitiers, N. Dieudonné-Glad)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">14th Internation Conference for Nubian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336211v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03847377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living in Madā'in Sālih/Hegra during the late pre-Islamic period. The excavations of Area 1 in the ancient city</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Economies alimentaire, textile et combustible à Mouweis. Approche archéobotanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacqueline Studer</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminar for Arabian Studies 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, British Museum, Aug 2017, Londres, United Kingdom. pp.47-65</w:t>
+              <w:t xml:space="preserve">Séminaire Archéologie de l’Antiquité et du Moyen Âge (Univ. de Poitiers, N. Dieudonné-Glad)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02169512v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céréales et Légumineuses de l'Antiquité en Afrique du Nord : une revue préliminaire des résultats archéobotaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Columelle et les céréales : problématique et enjeux des cultures de plein champ dans la littérature agronomique de l’Antiquité gréco-romaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Blandenet M. Bretin-Chabrol ENS, Lyon, Sep 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03847630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vie romaine dans le désert Oriental d’Égypte : alimentation, puissance impériale et géopolitique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">De l’amidonnier au blé dur : un changement dans la céréaliculture égyptienne dans la seconde moitié du Ier millénaire av. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Agut-Labordère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Newton</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lerouxel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le désert oriental d’Égypte durant la période gréco-romaine : bilans archéologiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire Critique de l’économie historique : la question des ressources (EHESS, M. Arnoux, M. Aymard, J.-Y. Grenier, G. Postel-Vinay)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336189v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’amidonnier au blé dur : un changement dans la céréaliculture égyptienne dans la seconde moitié du Ier millénaire av. J.-C.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Living in Madā'in Sālih/Hegra during the late pre-Islamic period. The excavations of Area 1 in the ancient city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Charloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Lerouxel</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Studer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Critique de l’économie historique : la question des ressources (EHESS, M. Arnoux, M. Aymard, J.-Y. Grenier, G. Postel-Vinay)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Seminar for Arabian Studies 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Museum, Aug 2017, Londres, United Kingdom. pp.47-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336212v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02169512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wood and charcoal analysis in Egypt : some results and perspectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ch. Bouchaud</w:t>
+                <w:t xml:space="preserve">Vie romaine dans le désert Oriental d’Égypte : alimentation, puissance impériale et géopolitique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijke van Der Veen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Cappers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Archaeobotany in Egypt Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le désert oriental d’Égypte durant la période gréco-romaine : bilans archéologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.cdf.5170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336204v1</w:t>
+                <w:t xml:space="preserve">hal-02336189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agrarian innovations in oasis environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Et les Shadoks comptaient... évaluation expérimentale des méthodes de quantification des restes en carpologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pradat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Wiethold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des refuges aux oasis : vivre en milieu aride de la Préhistoire à nos jours, XXXVIIIèmes Rencontres Internationales d’Archéologie et d’Histoire d’Antibes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Antibes, France</w:t>
+              <w:t xml:space="preserve">XIe Rencontres d’Archéobotanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02969753v1</w:t>
+                <w:t xml:space="preserve">hal-03874674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Et les Shadoks comptaient... évaluation expérimentale des méthodes de quantification des restes en carpologie</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Pradat</w:t>
+                <w:t xml:space="preserve">Agrarian innovations in oasis environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIe Rencontres d’Archéobotanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t>
+              <w:t xml:space="preserve">Des refuges aux oasis : vivre en milieu aride de la Préhistoire à nos jours, XXXVIIIèmes Rencontres Internationales d’Archéologie et d’Histoire d’Antibes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874674v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02969753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le poivre dans tous ses états : l’archéobotanique comme source d’informations sur le commerce et la consommation du poivre durant l’Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le poivre, de l’Antiquité à l’époque moderne : un luxe populaire ?, Ex Oriente Luxuria 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10348,77 +10348,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture and diffusion of plants in the Oman peninsula during the 3rd century AD: recent archaeobotanical research in Mleiha (U.A.E.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Work Group for Palaeoethnobotany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10443,77 +10443,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les assemblages archéobotaniques dans l’espace habité comme témoignages de la vie quotidienne : Exemple issu du site de Qalhât (Sultanat d’Oman)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Rougeulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10564,77 +10564,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local harvesting and importation of wood in the Oman peninsula at the end of Antiquity: recent charcoal analyses from a burnt building at Mleiha (U.A.E, 2nd -3rd century AD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Anthracology Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Freiburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10659,51 +10659,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cottoning on to cotton (Gossypium spp.) in Arabia and Africa during Antiquity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Clapham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10780,77 +10780,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The multipurpose date palm “tree”: anatomical identification of modern palm stems and practical application in the archaeological site of Madâ’in Sâlih (Saudi Arabia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International meeting of charcoal analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10875,64 +10875,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cultivation of cotton (Gossypium) in Arabia during Achaemenid and Nabatean times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Moulherat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10970,64 +10970,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carpologie et anthracologie des époques « classiques » aux Proche- et Moyen-Orient : nouvelles recherches et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéosciences et Antiquité classique : approches pluridisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d’Archéologie Classique, Mar 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11044,117 +11044,117 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02996734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A blend of flavours and culture: Northwestern Arabia (KSA) during the Islamic period (7th-20th c. CE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Mcphillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11209,103 +11209,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fruitful desert: preliminary results of the archaeobotanical study of Dadan (nw Saudi Arabia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 57th Seminar for Arabian Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
@@ -11328,496 +11328,371 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fruitful desert : Preliminary results of the archaeobotanical of Dadan (NW Arabia)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Charring-induced fractionation of δ13C and δ15N in cotton (Gossypium arboreum) seeds: implications for reconstructing archaeological environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Peláez Andérica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th Seminar for Arabian Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Institut national d'Histoire de l'Art (INHA) - Paris, France</w:t>
+              <w:t xml:space="preserve">18th of the International Workgroup for Palaeoethnobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lecce, Italy. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05515896v1</w:t>
+                <w:t xml:space="preserve">hal-02336202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charring-induced fractionation of δ13C and δ15N in cotton (Gossypium arboreum) seeds: implications for reconstructing archaeological environments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Taxinomic characterisation of cotton seeds (Gossypium ssp.) through morphological and morphometrical analyses. Exploratory and archaeological approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Milon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cucchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Viot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th of the International Workgroup for Palaeoethnobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lecce, Italy. 2019</w:t>
+              <w:t xml:space="preserve">9th International Workshop for African Archaeobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Las Palmas de Gran Canaria, Spain. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336202v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taxinomic characterisation of cotton seeds (Gossypium ssp.) through morphological and morphometrical analyses. Exploratory and archaeological approaches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Human-Environment relationships during the pre-Aksumite (\textgreater800 – 50 BCE) and Aksumite periods (50 BCE – CE 700) in Ethiopia: preliminary charcoal analysis from Mezber and Ona Adi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abel Ruiz-Giralt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...66 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Salavert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Lancelotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
-              <w:r>
-[...64 lines deleted...]
-            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9h International Workshop of African Archaeobotany (IWAA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Las Palmas, Canarias, Spain. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11827,261 +11702,261 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Report on the Third Excavation Season (2010) of the Madâ'in Sâlih Archaeological Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daifallah Al Talhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daifallah Al Talhi</w:t>
+                <w:t xml:space="preserve">Laila Nehmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laila Nehmé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Villeneuve</w:t>
+                <w:t xml:space="preserve">Christian Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Augé</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Benech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L. Nehmé, D. al-Talhi, F. Villeneuve. Riyadh, Saudi Commission for Tourism and Antiquities, 326 p., 2014, Series of Archaeological Refereed Studies, 23, 978-603-8136-02-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00542793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adoption et adaptation. Archéo Doct</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Borderie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Borderie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">Taisir Al Halabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taisir Al Halabi</w:t>
+                <w:t xml:space="preserve">Charles-Edouard Sauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles-Edouard Sauvin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibault Vallette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Publications de la Sorbonne, 2014, 979-10-351-0006-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12091,448 +11966,487 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'histoire longue des oasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Muséum national d’Histoire naturelle, Editions grand public du Muséum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Déserts. Vivre en milieu extrême</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.112-117, 2024, 978-2-38279-031-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04740867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New clues to the development of the oasis of Dadan. Results from a test excavation at Tall al-Sālimīyyah (al-ʿUlā, Saudi Arabia)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Domestication des plantes et des animaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Rebecca Foote; Maria Guagnin; Ingrid Périssé; Steve Karacic. </w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Denis Vigne; Bruno David; Frédérique Chlous-Ducharme; Gaël Clément; Guillaume Lecointre; Jian-Sheng Sun. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revealing Cultural Landscapes in Northwest Arabia</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.157-190, 2022, Proceedings of the Seminar for Arabian Studies, 9781803273945</w:t>
+              <w:t xml:space="preserve">La Terre, le vivant, les humains. Petites et grandes découvertes de l’histoire naturelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions La Découverte; Muséum national d’histoire naturelle, pp.40-47, 2022, 9782348075650</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03930118v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03869995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestication des plantes et des animaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">New clues to the development of the oasis of Dadan. Results from a test excavation at Tall al-Sālimīyyah (al-ʿUlā, Saudi Arabia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lesguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Jean-Denis Vigne; Bruno David; Frédérique Chlous-Ducharme; Gaël Clément; Guillaume Lecointre; Jian-Sheng Sun. </w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Purdue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrahman Alsuhaibani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rebecca Foote; Maria Guagnin; Ingrid Périssé; Steve Karacic. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Terre, le vivant, les humains. Petites et grandes découvertes de l’histoire naturelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions La Découverte; Muséum national d’histoire naturelle, pp.40-47, 2022, 9782348075650</w:t>
+              <w:t xml:space="preserve">Revealing Cultural Landscapes in Northwest Arabia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 21 (Supplement), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archaeopress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.157-190, 2022, Proceedings of the Seminar for Arabian Studies, 9781803273945</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03869995v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustible, bois de construction, alimentation végétale et végétation : les données archéobotaniques de Samut nord</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">De l'amidonnier au blé dur : un changement dans la céréaliculture égyptienne dans la seconde moitié du ier millénaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Agut-Labordère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lerouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire L Newton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Samut Nord. L’exploitation de l’or du désert Oriental à l’époque ptolémaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 978-2-7247-0750-2</w:t>
+              <w:t xml:space="preserve">Le changement dans les économies antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02562342v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02947774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intégration du coton au sein des économies agraires antiques : un marqueur discret d’innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12564,398 +12478,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02947777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’amidonnier au blé dur : un changement dans la céréaliculture égyptienne dans la seconde moitié du ier millénaire a.C.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Combustible, bois de construction, alimentation végétale et végétation : les données archéobotaniques de Samut nord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">F. Lerouxel et J. Zurbach (eds), Le changement dans les économies antiques,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.29-79, 2020</w:t>
+              <w:t xml:space="preserve">Samut Nord. L’exploitation de l’or du désert Oriental à l’époque ptolémaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-2-7247-0750-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03092392v1</w:t>
+                <w:t xml:space="preserve">mnhn-02562342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'amidonnier au blé dur : un changement dans la céréaliculture égyptienne dans la seconde moitié du ier millénaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">De l’amidonnier au blé dur : un changement dans la céréaliculture égyptienne dans la seconde moitié du ier millénaire a.C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Agut-Labordere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lerouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire L Newton</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le changement dans les économies antiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">F. Lerouxel et J. Zurbach (eds), Le changement dans les économies antiques,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.29-79, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02947774v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuelwood and Wood Supplies in the Eastern Desert of Egypt during Roman Times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijke Van Der Veen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vermeeren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brun, Jean-Pierre and Faucher, Thomas and Redon, Bérangère and Sidebotham, Steven. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Eastern Desert of Egypt during the Greco-Roman Period: Archaeological Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collège de France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Institut Des Civilisations, 978-2-7226-0488-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cottoning on to Cotton (Gossypium Spp.) in Arabia and Africa during Antiquity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Clapham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12990,428 +12865,428 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Thanheiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mercuri, Anna Maria and D'Andrea, A. Catherine and Fornaciari, Rita and Höhn, Alexa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plants and People in the African Past: Progress in African Archaeobotany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer International Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.380-426, 2018, 978-3-319-89839-1. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer International Publishing</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-89839-1_18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The earliest evidence for citrus in Egypt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Schram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Schram</w:t>
+                <w:t xml:space="preserve">Jacob Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijke Van der veen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">V. Zech-Matterne; G. Fiorentino. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGRUMED: Archaeology and history of citrus fruit in the Mediterranean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publications du Centre Jean Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9782918887775. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Publications du Centre Jean Bérard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pcjb.2179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heating the Greek and Roman baths in Egypt. Papyrological and Archeobotanical data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bérangère Redon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collective baths in Egypt 2. New discoveries and perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l'IFAO</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.323-349, 2017, 9782724706963</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse carpologique à Sharma : production et circulation des produits végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Guillemare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Axelle Rougeulle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sharma : Un entrepôt de commerce médiéval sur la côte du Ḥaḍramawt (Yémen, ca 980-1180)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 17, Archaeopress, pp.417-423, 2015, British Foundation for the Study of Arabia Monographs</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02969352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13421,281 +13296,281 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Author Correction: Strontium isotope evidence for a trade network between southeastern Arabia and India during Antiquity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-021-86256-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03721919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompéi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Zech-Matterne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Zech-Matterne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">d'Auria A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">d'Auria A.</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gaetano Di Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">catalogue de l’exposition Je mange donc je suis, Musée de l’Homme, Paris, 2019-20. Muséum national d’Histoire naturelle, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.168-170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02615859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13705,737 +13580,737 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to build and maintain a water-recycling flotation machine?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Desormeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04577409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultural economy and the development of cotton cultivation during the meroitic period (4th c. bc – 5th c. ad) in central sudan: seed, fruits and morphometric analyses at Mouweis . Journée scientifique de l’UMR 7209 AASPE, MNHN, Paris 2019/09/30</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Milon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02615843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charring-induced fractionation of stable isotopes (δ13C, δ15N, δ2H, δ18O) in cotton (Gossypium arboreum) seeds: implications for reconstructing archaeological environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Peláez Andérica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Fiorillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ancient Cotton Route: strontium isotopes support a trade network between southeast Arabia and India during Antiquity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ex oriente luxuria (I). Introductory seminar : towards a definition of the luxury item.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Schneider</w:t>
+                <w:t xml:space="preserve">Jean Trinquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Trinquier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">Eva Dubois-Pélerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Dubois-Pélerin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laetitia Graslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01202124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Report on the second season (2009) of the Madâ'in Sâlih Archaeological Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laila Nehmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daifallah Al Talhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Al Anzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00548747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14445,2551 +14320,2551 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECO-Seed project Report 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Desormeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kabboul Christelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04059718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VitiOrient - Vigne et vin en Egée et en Egypte au Ier millénaire avant notre ère. Rapport des activités 2022 pour l'Ifao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Pagnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Crépy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bost</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivier Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut français d'archéologie orientale. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECO-Seed project report 3 - Dadan, Al Ula, Saudi Arabia. 2020 archaeological campaign.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ECO-Seed project report 2 - Tell 4215, Al Ula, Saudi Arabia. 2019 archaeological campaign.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Desormeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Cnrs; AFALULA. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03405582v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03405581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECO-Seed project report 2 - Tell 4215, Al Ula, Saudi Arabia. 2019 archaeological campaign.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ECO-Seed project report 3 - Dadan, Al Ula, Saudi Arabia. 2020 archaeological campaign.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Desormeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Cnrs; AFALULA. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03405581v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03405582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Report on the 2018 and 2019 Seasons of the Madâ'in Sâlih Archaeological Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Nehmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Delhopital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Delhopital</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Florent Égal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] CNRS. 2020, pp.209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02869017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECO-Seed project report 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Milon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] AFALULA. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02955359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First archaeobotanical analysis at Kerma, casting mould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] AASPE - Archéozoologie, archéobotanique : sociétés, pratiques et environnements. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02955355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plinthine – Archaeobotanical report 2019, January</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Plinthine and Abbad – Analysis report at the laboratoire d’étude des matériaux de l’Ifao. 2019, November 17-27</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennat-Allah El Dorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essam Ahmed</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] IFAO. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336192v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02955354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude archéobotanique de Bi’r Samut, Désert oriental. Séjour d’étude au laboratoire d’étude des matériaux de l’IFAO, Mai 2019</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] IFAO. 2019</w:t>
+                <w:t xml:space="preserve">Plinthine – Archaeobotanical report 2019, January</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennat El Dorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Emad Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essam Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Abdel Fattah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] IFAO. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336194v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission d’étude du matériel archéobotanique de DHARIH stocké à l’université du Yarmouk, Jordanie, 23-27 juin 2019.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude archéobotanique de Bi’r Samut, Désert oriental. Séjour d’étude au laboratoire d’étude des matériaux de l’IFAO, Mai 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2019</w:t>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] IFAO. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336196v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plinthine and Abbad – Analysis report at the laboratoire d’étude des matériaux de l’Ifao. 2019, November 17-27</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Mission d’étude du matériel archéobotanique de DHARIH stocké à l’université du Yarmouk, Jordanie, 23-27 juin 2019.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] IFAO. 2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02955354v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeobotany at Plinthine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mennat El Dorry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Pagnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Ministère des Affaires Etrangères. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission archéologique de Madāʾin Ṣāliḥ. Rapport de la campagne 2018</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Ministère des affaires étrangères et européennes; Saudi Commission for Tourism and National Heritage. 2018</w:t>
+                <w:t xml:space="preserve">Plinthine – Archaeobotanical report 2018, September</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennat El Dorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] IFAO. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02096625v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeobotanical report. Madâ’in Sâlih 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Milon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] MAE. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plinthine – Archaeobotanical report 2018, September</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] IFAO. 2018</w:t>
+                <w:t xml:space="preserve">Mission archéologique de Madāʾin Ṣāliḥ. Rapport de la campagne 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Gatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Leguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère des affaires étrangères et européennes; Saudi Commission for Tourism and National Heritage. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336190v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary Report. Fourth season of the Saudi-French mission in al-Kharj, Province of Riyadh, 23 January - 27 February 2015</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Madain Salih Archaeological Project. Report on the 2015 Season</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Alhaiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Delhopital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Schiettecatte</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rémy Crassard</w:t>
+                <w:t xml:space="preserve">Zbigniew T. Fiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] CNRS, UMR8167 Orient &amp; Méditerranée. 2015</w:t>
+              <w:t xml:space="preserve">[Research Report] CNRS-UMR8167. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01186755v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01311865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madain Salih Archaeological Project. Report on the 2015 Season</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary Report. Fourth season of the Saudi-French mission in al-Kharj, Province of Riyadh, 23 January - 27 February 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Schiettecatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdalaziz Al-Ghazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalid Alhaiti</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Zbigniew T. Fiema</w:t>
+                <w:t xml:space="preserve">Rémy Crassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] CNRS-UMR8167. 2015</w:t>
+              <w:t xml:space="preserve">[Research Report] CNRS, UMR8167 Orient &amp; Méditerranée. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01311865v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01186755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madâ'in Sâlih Report on the 2012 Season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Nehmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Dal Prà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Dal Prà</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Leguilloux Martine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Delhopital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UMR 8167; Saudi Commission for Tourism and National Heritage. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission franco-jordanienne de Khirbet edh-Dharih (Jordanie). Rapport de la 14e campagne de fouille - secteur C1 (26.08 - 07.09.2008)</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] MAE. 2008</w:t>
+                <w:t xml:space="preserve">Les restes végétaux d'Ez Zantur, Pétra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SLSA Jahresbericht. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303893v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les restes végétaux d'Ez Zantur, Pétra</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Rapport préliminaire de l'étude des macro-restes végétaux de Madâ'in Sâlih, Arabie Saoudite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] SLSA Jahresbericht. 2008</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] MAE. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303899v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport préliminaire de l'étude des macro-restes végétaux de Madâ'in Sâlih, Arabie Saoudite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+                <w:t xml:space="preserve">Mission franco-jordanienne de Khirbet edh-Dharih (Jordanie). Rapport de la 14e campagne de fouille - secteur C1 (26.08 - 07.09.2008)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] MAE. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303897v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ath-Thughrah and Umm al-Biyarah Necropolis/Petra archaeological park</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Department of Antiquities of Jordan. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des macro-restes végétaux de Qarassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IFPO. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport archéobotanique. Mission Bosra 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] MAE. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des macro-restes végétaux de la Chapelle d'Obodas (Pétra)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Etude des macro-restes végétaux de Khirbet edh-Dharih, Jordanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IFPO. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303896v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des macro-restes végétaux de Khirbet edh-Dharih, Jordanie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Analyse des macro-restes végétaux de la Chapelle d'Obodas (Pétra)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IFPO. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303895v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les relations hommes-plantes en contexte semi-aride aux périodes classiques et islamiques. Étude carpologique des sites de Bosra (Syrie) et Khirbet edh-Dharih (Jordanie).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Travaux universitaires] Université Paris 1 Panthéon-Sorbonne. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16999,114 +16874,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysages et pratiques d’exploitation des ressources végétales en milieux semi-aride et aride dans le sud du Proche-Orient : Approche archéobotanique des périodes antique et islamique (IVe siècle av. J.-C. – XVIe siècle ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Paris 1 - Panthéon-Sorbonne, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02106771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId390"/>
+      <w:footerReference w:type="default" r:id="rId389"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17174,51 +17049,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CA4B7310"/>
+    <w:nsid w:val="FB1FDF92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17405,51 +17280,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charlene-bouchaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1318-027X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158810422" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082078v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Besseiche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora Chambraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Dabrowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Brandstatt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sabot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.archaeo.100603" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515409v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rohmer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Alsuhaibani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouchaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.70009" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290109v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pennec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290037v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Geffard-Kuriyama" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Aim&#233;e Allard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Martin&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Juraver" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24916/iansa.2025.2.6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411318v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Herveux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Ryan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-023-00976-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04410842v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fuks" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frijda Schmidt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite I Garc&#237;a&#8208;collado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neal Payne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10468" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102316v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Milon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Viot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.104007" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04351509v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia E Ryan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Douville" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Battesti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2023.1257482" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03323501v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Boussac" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essam Ahmed" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.2825" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391779v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mouton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-021-01277-5" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116675v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia E. Ryan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauthier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79675-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03215881v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102729" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388566v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Priestman" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2021.104512" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412595v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Blond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2021041" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216577v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dieudonn&#233;-Glad" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gemehl" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gu&#233;rin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Millet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03158480v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Ruiz-Giralt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Salavert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Lancelotti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Catherine D&#8217;andrea" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-021-00825-2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862815v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cotty" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.81" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014611v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10216" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218815v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10591" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085498v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dhennin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Somaglino" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vanpeene" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Medini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.884" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085501v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rabot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Gates-Foster" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.1087" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187349v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Yvanez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#160;peter Wild" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.4501" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106780v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Makowski" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Marrast" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/jia.37691" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088394v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Toulemonde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-017-0662-7" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306033v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Jacquat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Martinoli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-016-0582-y" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169486v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Durand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Thomas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5615/bullamerschoorie.375.0013" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306034v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306041v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sachet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dal-Pr&#224;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delhopital" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Douaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12047" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R7V9NHXJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306031v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4421" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306029v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertaut" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sartori" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306028v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tom&#233; Carpentier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306027v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306039v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.1217" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306038v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tengberg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dal Pr&#224;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-011-0296-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BXPKX5RN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264090v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306032v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tholbecq" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515856v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Purdue" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536044v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717635v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munirah Almushawh" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065326v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911551v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Varalli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca d'Agostini" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Jimenez-Arteaga" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaddai Heidgen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04252303v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Desormeau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811092v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04251415v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779318v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauffray Marie-Pierre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779313v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstathia Dionysopoulou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mennat-Allah El Dorry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03847606v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811103v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779202v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779290v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Dinies" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811111v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779172v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03847701v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dal-Pr&#224;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Nehm&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921134v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391558v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03404665v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811126v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabboul Christelle" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03404660v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03338337v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952525v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin G. Crowley" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Snoeck" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Reynard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336210v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Quillien" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336200v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336219v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336199v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336218v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010426v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336197v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336193v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Letellier-Willemin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336209v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02402049v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Malleson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Newton" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969654v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336213v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336214v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Agut-Labord&#232;re" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lerouxel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336207v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336187v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke van Der Veen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Cappers" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5252" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336205v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336188v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vermeeren" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5177" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336203v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03847377v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336211v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169512v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Gerber" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Studer" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03847630v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336189v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5170" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336212v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336204v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Bouchaud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969753v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874674v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tillier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Wiethold" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969756v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969724v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969740v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Rougeulle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ros" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969686v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382511v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Clapham" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Thanheiser" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02993660v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thomas" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02993599v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulherat" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02996734v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515888v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcphillips" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chung-To" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630030v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515896v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336202v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Pel&#225;ez And&#233;rica" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336191v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336208v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine d'Andrea" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542793v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daifallah Al Talhi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Nehm&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aug&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882080v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisir Al Halabi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Sauvin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vallette" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740867v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03930118v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lesguer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781803273945" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03869995v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02562342v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02947777v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092392v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Agut-Labordere" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02947774v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire L Newton" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303846v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Van Der Veen" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/cdf/5237" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303845v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-89839-1\&#8321;8" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-89839-1_18" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419425v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schram" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Morales" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Van&#160;der&#160;veen" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pcjb/2179" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.2179" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758107v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifao.egnet.net/publications/catalogue/9782724706963/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969352v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guillemare" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03721919v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86256-5" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615859v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Zech-Matterne" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=d'Auria A." TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Di Pasquale" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577409v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615843v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950477v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950476v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202124v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schneider" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Trinquier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Dubois-P&#233;lerin" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Graslin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00548747v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Anzi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04059718v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803966v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bost" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henry" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03405582v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03405581v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869017v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delhopital" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent &#201;gal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02955359v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02955355v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336192v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mennat El Dorry" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Emad Saleh" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdel Fattah" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336194v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336196v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02955354v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336195v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096625v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Gatier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336215v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336190v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Saleh" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01186755v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Schiettecatte" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdalaziz Al-Ghazzi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrol" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311865v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Alhaiti" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew T. Fiema" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995894v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dal Pr&#224;" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303893v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sartori" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303899v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303897v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303894v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sachet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303900v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303898v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303896v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303895v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303929v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02106771v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charlene-bouchaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1318-027X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158810422" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290037v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pennec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Geffard-Kuriyama" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Aim&#233;e Allard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Martin&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Juraver" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24916/iansa.2025.2.6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082078v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Besseiche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora Chambraud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Dabrowski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Brandstatt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sabot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.archaeo.100603" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515409v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rohmer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Alsuhaibani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouchaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.70009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290109v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411318v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Herveux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Ryan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-023-00976-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04410842v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fuks" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frijda Schmidt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite I Garc&#237;a&#8208;collado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neal Payne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10468" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04351509v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia E Ryan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Douville" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Battesti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2023.1257482" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102316v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Milon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Viot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.104007" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03158480v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Ruiz-Giralt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Salavert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Lancelotti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Catherine D&#8217;andrea" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-021-00825-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216577v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dieudonn&#233;-Glad" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gemehl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gu&#233;rin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Millet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388566v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Priestman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2021.104512" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412595v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Blond" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2021041" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391779v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mouton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-021-01277-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03323501v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Boussac" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essam Ahmed" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.2825" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116675v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia E. Ryan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauthier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79675-3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03215881v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102729" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085498v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dhennin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Somaglino" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vanpeene" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Medini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.884" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085501v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rabot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Gates-Foster" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.1087" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862815v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cotty" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.81" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014611v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10216" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218815v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10591" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187349v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Yvanez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#160;peter Wild" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.4501" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088394v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Toulemonde" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-017-0662-7" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106780v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Makowski" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Marrast" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/jia.37691" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306033v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Jacquat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Martinoli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-016-0582-y" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306034v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169486v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Durand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Thomas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5615/bullamerschoorie.375.0013" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306029v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertaut" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sartori" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306041v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sachet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dal-Pr&#224;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delhopital" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Douaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12047" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R7V9NHXJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306031v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4421" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306039v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.1217" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306028v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tom&#233; Carpentier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306027v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306038v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tengberg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dal Pr&#224;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-011-0296-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BXPKX5RN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264090v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306032v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tholbecq" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536044v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515856v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Purdue" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717635v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munirah Almushawh" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065326v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911551v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Varalli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca d'Agostini" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Jimenez-Arteaga" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaddai Heidgen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04252303v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Desormeau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779202v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779290v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Dinies" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811092v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04251415v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779318v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauffray Marie-Pierre" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779313v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstathia Dionysopoulou" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mennat-Allah El Dorry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03847606v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811103v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morand" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811111v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03779172v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03847701v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dal-Pr&#224;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Nehm&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921134v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03338337v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03404665v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391558v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03811126v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabboul Christelle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03404660v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952525v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin G. Crowley" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Snoeck" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Reynard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010426v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336197v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336210v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Quillien" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336200v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336219v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336199v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336218v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336193v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Letellier-Willemin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336209v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02402049v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Malleson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Newton" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336204v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Bouchaud" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336205v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336187v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke van Der Veen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Cappers" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5252" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969654v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336213v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336214v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Agut-Labord&#232;re" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lerouxel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336207v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336203v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336188v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vermeeren" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5177" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03847377v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336211v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03847630v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336212v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169512v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Gerber" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Studer" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336189v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5170" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874674v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tillier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Wiethold" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969753v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969756v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969724v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969740v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Rougeulle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ros" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969686v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382511v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Clapham" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Thanheiser" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02993660v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thomas" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02993599v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulherat" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02996734v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515888v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcphillips" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chung-To" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630030v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336202v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Pel&#225;ez And&#233;rica" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336191v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336208v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine d'Andrea" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542793v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daifallah Al Talhi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Nehm&#233;" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aug&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882080v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisir Al Halabi" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Sauvin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vallette" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740867v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03869995v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03930118v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lesguer" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781803273945" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02947774v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire L Newton" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02947777v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02562342v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092392v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Agut-Labordere" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303846v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Van Der Veen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/cdf/5237" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303845v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-89839-1\&#8321;8" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-89839-1_18" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419425v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schram" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Morales" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Van&#160;der&#160;veen" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pcjb/2179" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.2179" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758107v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifao.egnet.net/publications/catalogue/9782724706963/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969352v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guillemare" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03721919v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86256-5" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615859v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Zech-Matterne" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=d'Auria A." TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Di Pasquale" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577409v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615843v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950477v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950476v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202124v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schneider" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Trinquier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Dubois-P&#233;lerin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Graslin" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00548747v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Anzi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04059718v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803966v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bost" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henry" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03405581v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03405582v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869017v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delhopital" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent &#201;gal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02955359v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02955355v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02955354v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336192v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mennat El Dorry" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Emad Saleh" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdel Fattah" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336194v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336196v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336195v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336190v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Saleh" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336215v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096625v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Gatier" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311865v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Alhaiti" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew T. Fiema" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01186755v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Schiettecatte" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdalaziz Al-Ghazzi" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrol" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995894v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dal Pr&#224;" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303899v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303897v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303893v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sartori" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303894v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sachet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303900v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303898v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303895v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303896v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303929v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02106771v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>