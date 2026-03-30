--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -861,295 +861,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytoplankton Surveys in the Arctic Fram Strait Demonstrate the Tiny Eukaryotic Alga Micromonas and Other Picoprasinophytes Contribute to Deep Sea Export</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The microbiome of a bacterivorous marine choanoflagellate contains a resource-demanding obligate bacterial associate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Needham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chang Choi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eva-Maria Nöthig</w:t>
+                <w:t xml:space="preserve">Emma George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Wilken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10050961⟩</w:t>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (9), pp.1466-1479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41564-022-01174-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04052275v1</w:t>
+                <w:t xml:space="preserve">hal-04052236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The microbiome of a bacterivorous marine choanoflagellate contains a resource-demanding obligate bacterial associate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phytoplankton Surveys in the Arctic Fram Strait Demonstrate the Tiny Eukaryotic Alga Micromonas and Other Picoprasinophytes Contribute to Deep Sea Export</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Sudek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Needham</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charles Bachy</w:t>
+                <w:t xml:space="preserve">Chang Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Eckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma George</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Susanne Wilken</w:t>
+                <w:t xml:space="preserve">Eva-Maria Nöthig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 7 (9), pp.1466-1479. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.961. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41564-022-01174-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10050961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04052236v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04052275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic adaptation of the picoeukaryote $Pelagomonas\ calceolata$ to iron-poor oceans revealed by a chromosome-scale genome sequence</w:t>
               </w:r>
@@ -1520,51 +1520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charmaine Yung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Needham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Consuelo Gazitúa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1654,51 +1654,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chang Jae Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Needham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1896,51 +1896,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A distinct lineage of giant viruses brings a rhodopsin photosystem to unicellular marine predators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Needham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susumu Yoshizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2426,295 +2426,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional responses of the marine green alga Micromonas pusilla and an infecting prasinovirus under different phosphate conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symbiont Chloroplasts Remain Active During Bleaching-Like Response Induced by Thermal Stress in Collozoum pelagicum (Collodaria, Retaria)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Charlesworth</w:t>
+                <w:t xml:space="preserve">Emilie Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Chan</w:t>
+                <w:t xml:space="preserve">Vincent Dani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Finke</w:t>
+                <w:t xml:space="preserve">Estelle Bigeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chee‐hong Wong</w:t>
+                <w:t xml:space="preserve">Tatiana Linhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Mendez-Sandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.14273⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2018.00387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273289v1</w:t>
+                <w:t xml:space="preserve">hal-02046464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbiont Chloroplasts Remain Active During Bleaching-Like Response Induced by Thermal Stress in Collozoum pelagicum (Collodaria, Retaria)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Villar</w:t>
+                <w:t xml:space="preserve">Transcriptional responses of the marine green alga Micromonas pusilla and an infecting prasinovirus under different phosphate conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Dani</w:t>
+                <w:t xml:space="preserve">Christina Charlesworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Bigeard</w:t>
+                <w:t xml:space="preserve">Amy Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Linhart</w:t>
+                <w:t xml:space="preserve">Jan Finke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Mendez-Sandin</w:t>
+                <w:t xml:space="preserve">Chee‐hong Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 5, pp.387. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (8), pp.2898-2912. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2018.00387⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.14273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046464v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the evolution, ecology and physiology of marine protists using transcriptomics</w:t>
               </w:r>
@@ -2886,51 +2886,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gualtiero Spiro Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Sudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 27 (1), pp.R15-R16. </w:t>
@@ -2962,307 +2962,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence-based green algal genomics reveals marine diversity and ancestral characteristics of land plants</w:t>
+                <w:t xml:space="preserve">Updating Biodiversity Studies in Loricate Protists: The Case of the Tintinnids (Alveolata, Ciliophora, Spirotrichea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marijke van Baren</w:t>
+                <w:t xml:space="preserve">Luciana Santoferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Nahas Reistetter</w:t>
+                <w:t xml:space="preserve">Viviana Alder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Purvine</w:t>
+                <w:t xml:space="preserve">Jun Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jane Grimwood</w:t>
+                <w:t xml:space="preserve">Young‐ok Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (1), pp.267. </w:t>
+              <w:t xml:space="preserve">Journal of Eukaryotic Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63 (5), pp.651-656. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-016-2585-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jeu.12303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273297v1</w:t>
+                <w:t xml:space="preserve">hal-04273303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Updating Biodiversity Studies in Loricate Protists: The Case of the Tintinnids (Alveolata, Ciliophora, Spirotrichea)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luciana Santoferrara</w:t>
+                <w:t xml:space="preserve">Evidence-based green algal genomics reveals marine diversity and ancestral characteristics of land plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijke van Baren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun Gong</w:t>
+                <w:t xml:space="preserve">Emily Nahas Reistetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Young‐ok Kim</w:t>
+                <w:t xml:space="preserve">Samuel Purvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Grimwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Eukaryotic Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jeu.12303⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-016-2585-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04273303v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intron Invasions Trace Algal Speciation and Reveal Nearly Identical Arctic and Antarctic Micromonas Populations</w:t>
               </w:r>
@@ -3287,64 +3287,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Sudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijke van Baren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Sudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 32 (9), pp.2219-2235. </w:t>
@@ -4843,51 +4843,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Hehenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Chen Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Needham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Strauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4970,90 +4970,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloroplasts of symbiotic microalgae remain active during bleaching induced by thermal stress in Collodaria (Radiolaria)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bigeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Linhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Mendez Sandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5360,51 +5360,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968405v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Wittmers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Poirier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bachy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Eckmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Matantseva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2025.01.009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273229v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Eberle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Wilken" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Bergauer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1131351" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273232v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Strauss" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Jae Choi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grone" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Jimenez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16431" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273226v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longji Deng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiqiang Gao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Toseland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01498-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897509v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Baudoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03627117v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muschiol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hamilton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-071921-100530" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052275v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sudek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Choi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Maria N&#246;thig" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050961" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052236v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Needham" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma George" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-022-01174-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03791710v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Ciccarella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Flamant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fr&#233;mont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03939-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273234v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052316v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Mascioni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Hehenberger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charmaine Yung" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02973-21" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273247v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Consuelo Gazit&#250;a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-021-00989-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273252v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.542372" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273258v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Zimmerman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiufeng Ma" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Bin Jang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14608" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273260v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susumu Yoshizawa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiaki Hosaka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1907517116" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273265v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Kashiyama" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Yokoyama" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Shiratori" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hess" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Not" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0377-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971739v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273285v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Guo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ansong" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0178-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273289v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Charlesworth" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Chan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Finke" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee&#8208;hong Wong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14273" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02046464v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Villar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bigeard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Linhart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Mendez-Sandin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00387" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273294v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harriet Alexander" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Allen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Archibald" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Virginia Armbrust" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrmicro.2016.160" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273291v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualtiero Spiro Jaeger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2016.11.032" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273297v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke van Baren" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Nahas Reistetter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Purvine" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Grimwood" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2585-6" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273303v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Santoferrara" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Alder" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Gong" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young&#8208;ok Kim" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeu.12303" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V7TK6P60-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273298v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Simmons" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sudek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv122" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502728v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Dunthorn" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere H. Lipps" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Dolan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Abboud-Abi Saab" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erna Aescht" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2015.05.004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273305v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rockwell" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deqiang Duanmu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelley Martin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Price" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1401871111" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502774v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purificaci&#243;n L&#243;pez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12224" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273327v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee-Hong Wong" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Jim&#233;nez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1416751111" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273333v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Z. Worden" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.03.029" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502780v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W. Pierce" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2013.11.002" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502641v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deschamps" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2012.106" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502657v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gomez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2012.01.001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRB4DJB4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273352v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Vereshchaka" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2011.00106" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273357v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grimsley" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pequin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piganeau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msp203" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410501v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Carradec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052268v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chen Ling" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90383-1_4" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971941v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Mendez Sandin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00769949v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112105" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968405v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Wittmers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Poirier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bachy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Eckmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Matantseva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2025.01.009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273229v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Eberle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Wilken" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Bergauer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1131351" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273232v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Strauss" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Jae Choi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grone" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Jimenez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16431" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273226v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longji Deng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiqiang Gao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Toseland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01498-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897509v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Baudoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03627117v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muschiol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hamilton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-071921-100530" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052236v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Needham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma George" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-022-01174-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052275v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sudek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Choi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Maria N&#246;thig" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050961" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03791710v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Ciccarella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Flamant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fr&#233;mont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03939-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273234v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052316v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Mascioni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Hehenberger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charmaine Yung" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02973-21" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273247v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Consuelo Gazit&#250;a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-021-00989-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273252v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.542372" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273258v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Zimmerman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiufeng Ma" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Bin Jang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14608" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273260v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susumu Yoshizawa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiaki Hosaka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1907517116" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273265v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Kashiyama" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Yokoyama" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Shiratori" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hess" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Not" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0377-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971739v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273285v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Guo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ansong" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0178-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02046464v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Villar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dani" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bigeard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Linhart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Mendez-Sandin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00387" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273289v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Charlesworth" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Chan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Finke" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee&#8208;hong Wong" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14273" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273294v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harriet Alexander" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Allen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Archibald" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Virginia Armbrust" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrmicro.2016.160" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273291v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualtiero Spiro Jaeger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2016.11.032" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273303v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Santoferrara" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Alder" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Gong" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young&#8208;ok Kim" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeu.12303" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V7TK6P60-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273297v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke van Baren" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Nahas Reistetter" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Purvine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Grimwood" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2585-6" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273298v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Simmons" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sudek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv122" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502728v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Dunthorn" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere H. Lipps" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Dolan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Abboud-Abi Saab" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erna Aescht" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2015.05.004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273305v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rockwell" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deqiang Duanmu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelley Martin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Price" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1401871111" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502774v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purificaci&#243;n L&#243;pez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12224" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273327v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee-Hong Wong" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Jim&#233;nez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1416751111" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273333v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Z. Worden" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.03.029" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502780v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W. Pierce" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2013.11.002" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502641v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deschamps" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2012.106" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502657v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gomez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2012.01.001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRB4DJB4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273352v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Vereshchaka" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2011.00106" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273357v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grimsley" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pequin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piganeau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msp203" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410501v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Carradec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052268v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chen Ling" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90383-1_4" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971941v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Mendez Sandin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00769949v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112105" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>