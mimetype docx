--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,50 +100,71 @@
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0003-1119-9978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">292249632</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
@@ -587,1631 +608,1631 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les écrans ne peuvent pas se passer de nous !</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Groupe de recherche &amp;quot;Réalité virtuelle et Émotions&amp;quot; (RéVE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Appadourai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Atchiaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyu Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Kozlovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université Paris 1 Panthéon-Sorbonne. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Bodon</w:t>
-[...494 lines deleted...]
-                <w:t xml:space="preserve">hal-04366000v1</w:t>
+                <w:t xml:space="preserve">hal-05081325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who’s Afraid of Connection? H(a)unting Relations in Nishida and Whitehead’s Mereotopology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">La Vacuité créatrice : réalisme impersonnel et logique du Lieu chez Nishida. Perspectives pour un virtuel relationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Graduate Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Department of Philosophy, Columbia University, Oct 2025, New York (USA), United States</w:t>
+              <w:t xml:space="preserve">Colloque "Phénoménologies de l'absence"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05431375v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050959v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocelyn Benoist à la question : Le prix du sens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Who’s Afraid of Connection? H(a)unting Relations in Nishida and Whitehead’s Mereotopology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jocelyn Benoist : rendre justice au réel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les Colloques de Cerisy, Aug 2025, Cerisy-la-Salle, France</w:t>
+              <w:t xml:space="preserve">Graduate Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Department of Philosophy, Columbia University, Oct 2025, New York (USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05300158v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05431375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Vacuité créatrice : réalisme impersonnel et logique du Lieu chez Nishida. Perspectives pour un virtuel relationnel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Jocelyn Benoist à la question : Le prix du sens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Phénoménologies de l'absence"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, Apr 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Jocelyn Benoist : rendre justice au réel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Colloques de Cerisy, Aug 2025, Cerisy-la-Salle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05050959v3</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05300158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual and Augmented Realities as Symbolic Assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LAW AND CULTURE International Chair of Philosophy Jacques Derrida 9th Edition: Augmented Reality? Nature and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Università di Torino; Labont - Center for Ontology, Oct 2024, Turin (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737041v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conséquences psychosociales de la grammatisation numérique du langage chez Stiegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'étude "Le numérique collaboratif : coopération, co-création et partage ?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LabSIC – Université Sorbonne Paris Nord; Maison des Sciences de l'Homme Paris Nord, May 2024, Campus Condorcet, Paris-Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04585648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle réalité pour l’objet numérique ? Transcendance, permanence, et référence de la ressource Web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude doctorale du pôle « Expérience et Connaissance » (EXeCO) du Centre de philosophie contemporaine de La Sorbonne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut des sciences juridiques et philosophiques de La Sorbonne, UMR 8103, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04562687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au croisement des ontologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Access Week 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SCD de l'Université d'Artois, Oct 2022, Arras &amp; Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herméneutique et intelligence artificielle : une collaboration humain-machine en quête de sens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque des Jeunes Chercheur·se·s en Sciences Cognitives, 11e édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération Française des Étudiants et Jeunes Actifs en Sciences de la Cognition (Fresco); Institut des Sciences du Digital (IDMC), Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'interopérabilité sémantique pour la recherche interdisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Charlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire dialoguer les disciplines via l’indexation des connaissances : la recherche interdisciplinaire en débats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des Sciences de l’Homme de Montpellier, MSH-Sud, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parcours innovations en santé vu par les étudiants de philosophie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier International « Santé et maladies, enjeux de formation et de recherche »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sorbonne Université, Dec 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groupe de recherche &amp;quot;Réalité virtuelle et Émotions&amp;quot; (RéVE)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les écrans ne peuvent pas se passer de nous !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Télécom‎ : revue de l'association TELECOM Paristech ALUMNI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Dossier "Europe et innovation", N°215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04934863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représenter la vulnérabilité à la schizophrénie. Une question d’ingénierie des connaissances.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hilbey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025/2 (83), pp.13-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a Pragmatic Approach to Computational Hermeneutics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Intelligibilité du Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Dossier "Le Numérique comme Objet, Le Numérique comme Système", 6|2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04927577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'interaction humain-machine à la lumière de Turing et Wittgenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Implications philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Dossier "Éthique de l'interaction humain-machine"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04365983v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">David Appadourai</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'Ontologie philosophique aux ontologies informatiques : implications sémantiques d'un passage du singulier au pluriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Implications philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Dossier "Philosophie et Numérique"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04365988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur l'Indifférence du langage : la dernière page de Wittgenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opium Philosophie Web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04934882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ontologies informatiques au service de la communication interdisciplinaire : l'interopérabilité sémantique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlet Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Intelligibilité du Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Dossier "Faire dialoguer les disciplines via l'indexation des connaissances : la recherche interdisciplinaire en débats", 1|2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34745/numerev_1693⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lyu Fu</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-05081325v1</w:t>
+                <w:t xml:space="preserve">hal-04366000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cours (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'IA et le devenir des images : de la générativité à la dégénérescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Communication dans le cadre du cours "Artificial Intelligence Issues" de M. Vladimir Atlani, Sciences Po. Paris, Sciences Po - Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04813001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les limites de la rationalité en intelligence artificielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Communication dans le cadre du cours "Intelligence artificielle : enjeux et applications" de M. Vladimir Atlani, Sciences Po. Paris, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366272v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2221,91 +2242,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transhumains d'hier et de demain : brève généalogie de la morale transhumaniste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2315,112 +2336,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intelligence artificielle au service de l’ingénierie des connaissances au 21e siècle : quelques enjeux épistémologiques et ontologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du cerveau à la société : les sciences cognitives face aux défis du XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId41"/>
+      <w:footerReference w:type="default" r:id="rId42"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2488,51 +2509,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4D312C92"/>
+    <w:nsid w:val="A91ABABA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2719,51 +2740,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charles-bodon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1119-9978" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934863v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bodon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927577v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459139v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hilbey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charlet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365983v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365988v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934882v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366000v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlet Jean" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1693" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431375v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300158v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050959v3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737041v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585648v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562687v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366106v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366077v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366092v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366141v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081325v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Appadourai" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Atchiaman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyu Fu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Kozlovsky" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813001v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366272v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366133v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366023v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charles-bodon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1119-9978" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/292249632" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081325v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Appadourai" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Atchiaman" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bodon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyu Fu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Kozlovsky" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050959v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431375v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300158v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737041v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585648v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562687v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366106v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366077v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366092v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charlet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366141v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934863v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459139v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hilbey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927577v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365983v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365988v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934882v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366000v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlet Jean" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1693" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813001v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366272v3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366133v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366023v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>