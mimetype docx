--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -839,204 +839,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03819161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Après la décroissance, l'horizon convivialiste</w:t>
+                <w:t xml:space="preserve">Zéro artificialisation nette : de la Convention citoyenne au texte de loi, une trajectoire en débat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Claron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Elie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Batellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Esperluette</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1 - "Urgence &amp; Convivialité", pp.26-30</w:t>
+              <w:t xml:space="preserve">Fonciers en débat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03343058v1</w:t>
+                <w:t xml:space="preserve">hal-04447817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zéro artificialisation nette : de la Convention citoyenne au texte de loi, une trajectoire en débat</w:t>
+                <w:t xml:space="preserve">Après la décroissance, l'horizon convivialiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Claron</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sarah Batellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fonciers en débat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Esperluette</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1 - "Urgence &amp; Convivialité", pp.26-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04447817v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1048,234 +1048,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les jardins contre l'écoquartier</w:t>
+                <w:t xml:space="preserve">Reclaiming the Saltus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Claron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Bourgogne Franche-Comté Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Bourgogne Franche-Comté Nature, Sep 2023, Saint-Brisson, France</w:t>
+              <w:t xml:space="preserve">Royal Geographical Society Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Royal Geographical Society, Aug 2023, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04447785v1</w:t>
+                <w:t xml:space="preserve">hal-04219436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reclaiming the Saltus</w:t>
+                <w:t xml:space="preserve">Négocier les statuts de la terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Claron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Geographical Society Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Royal Geographical Society, Aug 2023, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">RIODD 2023 : Changer ou s’effondrer ? Session thématique : Changer la propriété pour éviter l’effondrement ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RIODD, Oct 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219436v1</w:t>
+                <w:t xml:space="preserve">hal-04447793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Négocier les statuts de la terre</w:t>
+                <w:t xml:space="preserve">Les jardins contre l'écoquartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Claron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIODD 2023 : Changer ou s’effondrer ? Session thématique : Changer la propriété pour éviter l’effondrement ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RIODD, Oct 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">Rencontres Bourgogne Franche-Comté Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Bourgogne Franche-Comté Nature, Sep 2023, Saint-Brisson, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04447793v1</w:t>
+                <w:t xml:space="preserve">hal-04447785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping ecosystem services to design cost-effective private land conservation</w:t>
               </w:r>
@@ -1632,51 +1632,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Claron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904897v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Salin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nguyen-Rabot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mondolfo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04625026v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jalabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03410398v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Tardieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Viguie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Hamel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04795873v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447770v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.030.0265" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819161v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mikou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2022.106349" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03343058v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447817v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gonon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Elie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Batellier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447785v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219436v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447793v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03384651v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03035486v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Claron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904897v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Salin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nguyen-Rabot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mondolfo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04625026v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jalabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03410398v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Tardieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Viguie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Hamel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04795873v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447770v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.030.0265" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819161v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mikou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2022.106349" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447817v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gonon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Elie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Batellier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03343058v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219436v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447793v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447785v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03384651v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03035486v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>