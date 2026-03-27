--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -668,473 +668,473 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and equality in democratic deliberation</w:t>
+                <w:t xml:space="preserve">La liberté d’expression en conflits. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaële Calvès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Auriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politische Vierteljahresschrift</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Raison Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 28 (2), pp.13-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpub1.028.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957501v1</w:t>
+                <w:t xml:space="preserve">hal-04983050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La liberté d’expression en conflits. Introduction</w:t>
+                <w:t xml:space="preserve">Paroles contre paroles : Les conflits internes à la liberté d'expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Auriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raison Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° 28 (2), pp.13-19. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, n° 28 (2), pp.21-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpub1.028.0021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rpub1.028.0013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04983050v1</w:t>
+                <w:t xml:space="preserve">hal-04957262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pluralisme des médias, condition de la liberté d’expression. À propos de l’interdiction de la publicité politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Auriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raison Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, n° 28 (2), pp.49-73. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpub1.028.0049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04957354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paroles contre paroles : Les conflits internes à la liberté d'expression</w:t>
+                <w:t xml:space="preserve">La liberté d’expression en conflits. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Auriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaële Calvès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raison Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° 28 (2), pp.21-47. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, n° 28 (2), pp.13-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpub1.028.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rpub1.028.0021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04957262v1</w:t>
+                <w:t xml:space="preserve">hal-04957414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La liberté d’expression en conflits. Introduction</w:t>
+                <w:t xml:space="preserve">Diversity and equality in democratic deliberation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gwénaële Calvès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raison Publique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Politische Vierteljahresschrift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65, pp.795-799</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957414v1</w:t>
+                <w:t xml:space="preserve">hal-04957501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Précis de Délibérer entre égaux</w:t>
               </w:r>
@@ -1439,603 +1439,603 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le conflit des libertés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Internet en mal de démocratie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Badouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de Philosophie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/aphi.844.0009⟩</w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Internet en mal de démocratie, 479, pp.33-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/espri.2111.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04594897v1</w:t>
+                <w:t xml:space="preserve">hal-03848997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internet en mal de démocratie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le conflit des libertés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Internet en mal de démocratie, 479, pp.33-37. </w:t>
+              <w:t xml:space="preserve">Archives de Philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Tome 84 (4), pp.9-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/espri.2111.0033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/aphi.844.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848997v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04594897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normes et normativité en économie</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Du droit de la guerre et de la paix. La voie du cosmopolitisme moral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Philosophie Economique / Review of Economic Philosophy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rpec.211.0003⟩</w:t>
+              <w:t xml:space="preserve">Éthique, politique, religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, La temporalité du politique. Crise et continuité, 17, pp.163-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11097-2.p.0163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02936147v1</w:t>
+                <w:t xml:space="preserve">hal-03144576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi a-t-on le droit d'offenser ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Normes et normativité en économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoinette Baujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Favereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie des idées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de Philosophie Economique / Review of Economic Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.3-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpec.211.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04959171v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02936147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du droit de la guerre et de la paix. La voie du cosmopolitisme moral</w:t>
+                <w:t xml:space="preserve">Pourquoi a-t-on le droit d'offenser ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éthique, politique, religions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11097-2.p.0163⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03144576v1</w:t>
+                <w:t xml:space="preserve">hal-04959171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi confronter les raisons ?</w:t>
+                <w:t xml:space="preserve">La Sagesse de la Multitude. Actualité d'un argument aristotélicien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 46 (1), pp.67-93. </w:t>
+              <w:t xml:space="preserve">Journal of ancient philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.348-369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1062013ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11606/issn.1981-9471.v1iSupplementp348-369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04594965v1</w:t>
+                <w:t xml:space="preserve">hal-03171357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Sagesse de la Multitude. Actualité d'un argument aristotélicien</w:t>
+                <w:t xml:space="preserve">Pourquoi confronter les raisons ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of ancient philosophy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.348-369. </w:t>
+              <w:t xml:space="preserve">Philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (1), pp.67-93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11606/issn.1981-9471.v1iSupplementp348-369⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7202/1062013ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03171357v1</w:t>
+                <w:t xml:space="preserve">hal-04594965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le démocrate doit-il renoncer à la vérité ? Sur le procéduralisme épistémique de David Estlund</w:t>
               </w:r>
@@ -2353,628 +2353,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Norman Wilde’s “The Meaning of Rights”</w:t>
+                <w:t xml:space="preserve">La lutte violente entre les parties de la vérité&amp;quot;. Conflit des opinions et démocratie représentative chez John Stuart Mill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 125 (2), pp.543-545. </w:t>
+              <w:t xml:space="preserve">Revue internationale de philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, John Stuart Mill, 272, pp.183-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1086/678381⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rip.272.0183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758579v1</w:t>
+                <w:t xml:space="preserve">hal-01758595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que faire des discours de haine en démocratie ?</w:t>
+                <w:t xml:space="preserve">Making democratic contestation possible : public deliberation and mass media regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erik Bleich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/espri.1510.0005⟩</w:t>
+              <w:t xml:space="preserve">Policy Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, The Sites of Deliberative Democracy, 36 (3), pp.283-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01442872.2015.1065968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758505v1</w:t>
+                <w:t xml:space="preserve">hal-01758578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making democratic contestation possible : public deliberation and mass media regulation</w:t>
+                <w:t xml:space="preserve">Que faire des discours de haine en démocratie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Bleich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Policy Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, The Sites of Deliberative Democracy, 36 (3), pp.283-297. </w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Punir la haine ?, 418, pp.5-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01442872.2015.1065968⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/espri.1510.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01758578v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01758505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lutte violente entre les parties de la vérité&amp;quot;. Conflit des opinions et démocratie représentative chez John Stuart Mill</w:t>
+                <w:t xml:space="preserve">Chronique bibliographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Garrau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Hamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de philosophie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, John Stuart Mill, 272, pp.183-203. </w:t>
+              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 65 (4), pp.633-635. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rip.272.0183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.654.0633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758595v1</w:t>
+                <w:t xml:space="preserve">hal-01758503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique bibliographique</w:t>
+                <w:t xml:space="preserve">Pourquoi punir les discours de haine ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christopher Hamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 65 (4), pp.633-635. </w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10, pp.11-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfsp.654.0633⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/espri.1510.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758503v1</w:t>
+                <w:t xml:space="preserve">hal-01758506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi punir les discours de haine ?</w:t>
+                <w:t xml:space="preserve">On Norman Wilde’s “The Meaning of Rights”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10, pp.11-22. </w:t>
+              <w:t xml:space="preserve">Ethics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 125 (2), pp.543-545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/espri.1510.0011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1086/678381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758506v1</w:t>
+                <w:t xml:space="preserve">hal-01758579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La règle de majorité en démocratie : équité ou vérité ?</w:t>
+                <w:t xml:space="preserve">Le droit et la haine. Liberté d’expression et « discours de haine » en démocratie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raisons politiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Raison-publique.fr : arts, politique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758507v1</w:t>
+                <w:t xml:space="preserve">hal-01758607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique bibliographique : théorie politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2993,92 +2984,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Hamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 64 (1), pp.95-98. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfsp.641.0095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique bibliographique : théorie politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3097,365 +3088,374 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 64 (2014/1), pp.95-98. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.641.0095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01826502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le droit et la haine. Liberté d’expression et « discours de haine » en démocratie</w:t>
+                <w:t xml:space="preserve">La règle de majorité en démocratie : équité ou vérité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raison-publique.fr : arts, politique, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Raisons politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014/1 (53), pp.107-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rai.053.0107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01758607v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01758507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating or segregating Roma migrants in France in the name of respect : a spatial analysis of the villages d’insertion</w:t>
+                <w:t xml:space="preserve">Instituer l’espace de la contestation : la compétence du peuple et la régulation des médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sophie Guérard de Latour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Urban Affairs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/juaf.12029⟩</w:t>
+              <w:t xml:space="preserve">Philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Autorité démocratique et contestation, 40 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1023703ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758584v1</w:t>
+                <w:t xml:space="preserve">hal-01758585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instituer l’espace de la contestation : la compétence du peuple et la régulation des médias</w:t>
+                <w:t xml:space="preserve">Integrating or segregating Roma migrants in France in the name of respect : a spatial analysis of the villages d’insertion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Bessone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Doytcheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Duez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guérard de Latour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Urban Affairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, City, pluralism, and toleration, 36 (2), pp.182-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/juaf.12029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1023703ar⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01758585v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01758584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conversation n'est pas l'âme de la démocratie</w:t>
               </w:r>
@@ -3630,174 +3630,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « libre marché des idées » et la régulation de la communication publique</w:t>
+                <w:t xml:space="preserve">La démocratie doit-elle être délibérative ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Klesis - Revue philosophique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archives de Philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 74 (2), pp.223-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/aphi.742.0223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04594996v1</w:t>
+                <w:t xml:space="preserve">hal-01758613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démocratie doit-elle être délibérative ?</w:t>
+                <w:t xml:space="preserve">Le « libre marché des idées » et la régulation de la communication publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de Philosophie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Klesis - Revue philosophique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21, pp.218-238</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/aphi.742.0223⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01758613v1</w:t>
+                <w:t xml:space="preserve">hal-04594996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La délibération médiatisée</w:t>
               </w:r>
@@ -3970,1509 +3970,1509 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rai.034.0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de philosophie morale et politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mougombili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.123-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.221.0123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2019-2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Reber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, pp.103-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.211.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2018-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, pp.109-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.201.0109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2017-2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Campagnolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Celentano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.95-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.192.0095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02185652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2016-2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mougombili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.105-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.181.0105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2015-2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Galateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, pp.245-276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.172.0245⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2014-2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ménissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.409-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.163.0409⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2013-2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Speranta Dumitru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, pp.401-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.153.0401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique bibliographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Garrau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.654.0633⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2012-2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Glon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, pp.395-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.143.0395⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terror-Struck: Freedom of Expression in France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Auriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17176/20220226-001224-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons From the French Citizens' Climate Convention. On the Role and Legitimacy of Citizens' Assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17176/20210729-020225-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959352v1</w:t>
-              </w:r>
-[...1270 lines deleted...]
-                <w:t xml:space="preserve">hal-01934962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5490,64 +5490,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normes et normativité en économie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoinette Baujard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Favereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5598,51 +5598,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Punir la haine ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Bleich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 418, pp.5-66, 2015, Punir la haine ?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6050,51 +6050,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normer sans contraindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Bessone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Bozzo-Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6265,51 +6265,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="12D98452"/>
+    <w:nsid w:val="96BE7C59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6496,51 +6496,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charles-girard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8910-4601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131306057" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111133v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Girard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hamel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594792v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vrin.fr/livre/9782711629275/deliberer-entre-egaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037719v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hulak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00663189v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758524v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758540v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Goff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957501v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983050v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Calv&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Auriel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.028.0013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957354v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.028.0049" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957262v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.028.0021" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957414v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097466ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594865v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097470ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958984v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.224.0477" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959033v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nou&#235;t" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.224.0453" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594897v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.844.0009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03848997v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Badouard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2111.0033" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02936147v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Baujard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Favereau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.211.0003" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959171v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144576v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11097-2.p.0163" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594965v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1062013ar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171357v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.1981-9471.v1iSupplementp348-369" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148399v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dio.261.0034" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758574v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07765-7.p.0053" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758500v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garrau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.665.0801" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758498v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.063.0013" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758579v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/678381" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758505v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bleich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1510.0005" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758578v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01442872.2015.1065968" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758595v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rip.272.0183" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758503v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.654.0633" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758506v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1510.0011" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758507v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.053.0107" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758509v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.641.0095" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826502v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758607v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758584v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bessone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Doytcheva" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Duez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;rard de Latour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/juaf.12029" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AB208CCA0E4A7C9890C977113BB0AA2A41232208/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758585v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1023703ar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758508v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schudson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.003.0219" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758511v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sezin Topcu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.002.0167" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594996v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758613v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.742.0223" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758610v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758514v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.034.0073" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959235v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17176/20220226-001224-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959352v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17176/20210729-020225-0" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197019v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guibet Lafaye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouhassoun" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mougombili" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Picavet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.221.0123" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211594v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferri" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reber" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.211.0103" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479776v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgana Farinetti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.201.0109" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185652v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Campagnolo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Celentano" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.192.0095" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934893v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.181.0105" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934912v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Galateau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.172.0245" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934950v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.163.0409" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934954v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speranta Dumitru" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.153.0401" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826499v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934962v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Glon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.143.0395" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146893v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758547v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01767585v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005701v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005648v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02155573v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Philip-Gay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Epperson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007758v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Bozzo-Rey" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ch&#233;ned&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Deumier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charles-girard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8910-4601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131306057" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111133v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Girard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hamel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594792v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vrin.fr/livre/9782711629275/deliberer-entre-egaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037719v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hulak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00663189v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758524v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758540v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Goff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983050v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Calv&#232;s" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Auriel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.028.0013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957262v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.028.0021" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957354v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.028.0049" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957414v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957501v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097466ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594865v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097470ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958984v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.224.0477" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959033v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nou&#235;t" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.224.0453" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03848997v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Badouard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2111.0033" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594897v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.844.0009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144576v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11097-2.p.0163" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02936147v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Baujard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Favereau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.211.0003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959171v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171357v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.1981-9471.v1iSupplementp348-369" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594965v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1062013ar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148399v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dio.261.0034" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758574v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07765-7.p.0053" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758500v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garrau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.665.0801" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758498v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.063.0013" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758595v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rip.272.0183" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758578v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01442872.2015.1065968" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758505v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bleich" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1510.0005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758503v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.654.0633" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758506v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1510.0011" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758579v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/678381" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758607v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758509v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.641.0095" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826502v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758507v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.053.0107" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758585v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1023703ar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758584v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bessone" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Doytcheva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Duez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;rard de Latour" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/juaf.12029" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AB208CCA0E4A7C9890C977113BB0AA2A41232208/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758508v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schudson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.003.0219" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758511v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sezin Topcu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.002.0167" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758613v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.742.0223" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594996v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758610v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758514v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.034.0073" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197019v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guibet Lafaye" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouhassoun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mougombili" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Picavet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.221.0123" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211594v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reber" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.211.0103" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479776v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgana Farinetti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.201.0109" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185652v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Campagnolo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Celentano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.192.0095" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934893v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.181.0105" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934912v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Galateau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.172.0245" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934950v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.163.0409" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934954v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speranta Dumitru" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.153.0401" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826499v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934962v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Glon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.143.0395" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959235v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17176/20220226-001224-0" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959352v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17176/20210729-020225-0" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146893v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758547v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01767585v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005701v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005648v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02155573v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Philip-Gay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Epperson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007758v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Bozzo-Rey" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ch&#233;ned&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Deumier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>