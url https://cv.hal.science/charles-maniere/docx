--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (90)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (91)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -338,650 +338,564 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A gradient descent method for inverse learning of a sintering model with specific physical parameter denormalization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comparative study of CMC and HPMC binders for direct ink writing of ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Lebas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérine Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2026.118158⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 109 (2), pp.e70565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.70565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05470432v1</w:t>
+                <w:t xml:space="preserve">hal-05510310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of CMC and HPMC binders for direct ink writing of ceramics</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A gradient descent method for inverse learning of a sintering model with specific physical parameter denormalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 109 (2), pp.e70565. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 46 (8), pp.118158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jace.70565⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2026.118158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05510310v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05470432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation of direct ink writing suspensions from coarse and reused B4C powders with ultra-high-temperature pressureless SPS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flavie Lebas</w:t>
+                <w:t xml:space="preserve">Hybrid FEM-deep learning framework for robust prediction of sintering distortions in 3D-printed parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Barrioulet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Charles Manière</w:t>
+                <w:t xml:space="preserve">Fatima Hammoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Additive Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addma.2025.105071⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.122114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2026.122114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446812v1</w:t>
+                <w:t xml:space="preserve">hal-05549747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of direct ink writing of Si₃N₄ suspensions for the fabrication of self-supported structure</w:t>
+                <w:t xml:space="preserve">Formulation of direct ink writing suspensions from coarse and reused B4C powders with ultra-high-temperature pressureless SPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Lebas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Barrioulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Josse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Additive Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40964-025-01212-3⟩</w:t>
+              <w:t xml:space="preserve">Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 115, pp.105071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.addma.2025.105071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131444v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05446812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pneumatic dispensing of aqueous Al₂O₃ suspensions via material extrusion additive manufacturing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Finite Element Prediction of Sintering Deformation in 3D-Printed Porcelain Filament</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Hammoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Next Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nxmate.2025.100750⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmrt.2025.11.239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131410v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05388051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressureless sintering of 3D printed SiC filaments at 2200 °C: impact of coarsening, debinding atmosphere, residual carbon and anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Hammoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -999,1175 +913,1218 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Additive Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s40964-025-01230-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite Element Prediction of Sintering Deformation in 3D-Printed Porcelain Filament</w:t>
+                <w:t xml:space="preserve">A new sinter-forging process based on a 915 MHz solidstate microwave source for sintering of oxides ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Hammoud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Rayrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Onfroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lemonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmrt.2025.11.239⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45 (7), pp.117262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2025.117262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05388051v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debinding and sintering optimization of stereolithography based silicon nitride parts for attaining centimetric wall-thickness shapes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Théotim Marie</w:t>
+                <w:t xml:space="preserve">Sintering under high hating rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Levent Karacasulu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zehui Du</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chee Lip Gan</w:t>
+                <w:t xml:space="preserve">Cekdar Vakifahmetoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Biesuz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2024.116911⟩</w:t>
+              <w:t xml:space="preserve">Annual Review of Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55 (1), pp.203-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev-matsci-080323-042441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738296v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZrB2 Gear Fabrication by Spark Plasma Sintering Coupled to Interface 3D Printing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the sintering trajectory of ZnO by cold sintering process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Albar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hérisson de Beauvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Estournès</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emeric Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ceramics8030081⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 290, pp.120974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.ACTAMAT.2025.120974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05140971v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05015110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling anisotropic sintering for fused deposition modeling of alumina</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ultrafast high-temperature sintering of yttria-stabilized zirconia in reactive N2 atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Levent Karacasulu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hérisson de Beauvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele de Bona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Cassetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cekdar Vakifahmetoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45 (2), pp.116879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.JEURCERAMSOC.2024.116879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-025-15306-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05130081v1</w:t>
+                <w:t xml:space="preserve">hal-04703445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sintering under high hating rates</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cekdar Vakifahmetoglu</w:t>
+                <w:t xml:space="preserve">Debinding and sintering optimization of stereolithography based silicon nitride parts for attaining centimetric wall-thickness shapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théotim Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zehui Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chee Lip Gan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vijay Shankar Sridharan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1146/annurev-matsci-080323-042441⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45 (2), pp.116911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2024.116911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05140930v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the sintering trajectory of ZnO by cold sintering process</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ZrB2 Gear Fabrication by Spark Plasma Sintering Coupled to Interface 3D Printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.ACTAMAT.2025.120974⟩</w:t>
+              <w:t xml:space="preserve">Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (3), pp.81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ceramics8030081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05015110v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new sinter-forging process based on a 915 MHz solidstate microwave source for sintering of oxides ceramics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexis Onfroy</w:t>
+                <w:t xml:space="preserve">Modeling anisotropic sintering for fused deposition modeling of alumina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Hammoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Bilot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2025.117262⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 137 (5-6), pp.2319-2334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-025-15306-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131575v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05130081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast high-temperature sintering of yttria-stabilized zirconia in reactive N2 atmosphere</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Hérisson de Beauvoir</w:t>
+                <w:t xml:space="preserve">Versatile aqueous alumina suspensions formulations by one step ball milling for robocasting from fine to coarse powders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Lebas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Herbinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emanuele de Bona</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cekdar Vakifahmetoglu</w:t>
+                <w:t xml:space="preserve">Loïc Le Pluart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.JEURCERAMSOC.2024.116879⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45, pp.102647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2025.102647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04703445v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versatile aqueous alumina suspensions formulations by one step ball milling for robocasting from fine to coarse powders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flavie Lebas</w:t>
+                <w:t xml:space="preserve">Elaboration of Printable Nanopowder Zirconia Suspensions for Vat Photopolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Jugan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pluart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théotim Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Herbinet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Le Pluart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 45, pp.102647. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2025.102647⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11665-025-11338-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131426v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A continuum approach to simulating the sintering of 3D-printed objects with natural anisotropic honeycomb lattice structures</w:t>
               </w:r>
@@ -2179,968 +2136,968 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theotim Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Jugan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Pluart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 45 (10), pp.117334. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2025.117334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05130086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration of Printable Nanopowder Zirconia Suspensions for Vat Photopolymerization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Jugan</w:t>
+                <w:t xml:space="preserve">Optimization of direct ink writing of Si₃N₄ suspensions for the fabrication of self-supported structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Lebas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Jaumouillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Herbinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Progress in Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11665-025-11338-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40964-025-01212-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131528v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacrificial ceramics powders mix for titanium alloys complex shapes production by hybridization of SPS and 3D printing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joseph Le Cloarec</w:t>
+                <w:t xml:space="preserve">Pneumatic dispensing of aqueous Al₂O₃ suspensions via material extrusion additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Lebas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Moukrane Dehmas</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Herbinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pluart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2024.120324⟩</w:t>
+              <w:t xml:space="preserve">Next Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8, pp.100750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nxmate.2025.100750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738249v1</w:t>
+                <w:t xml:space="preserve">hal-05131410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of pressure-assisted sintering models through sinter-forging tests: A case study of alumina incorporating capillarity forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Couder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Bilot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ceramics International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ceramint.2024.04.358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04564275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast high-temperature sintering (UHS) vs. conventional sintering of 3YSZ: Microstructure and properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charles Manière</w:t>
+                <w:t xml:space="preserve">Stereolithography coupled with spark plasma sintering to produce Ti-6Al-4V complex shapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Le Cloarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moukrane Dehmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Folton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 44 (7), pp.4741-4750. </w:t>
+              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 114, pp.122-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.JEURCERAMSOC.2024.01.064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2024.01.084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04487686v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04532046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stereolithography coupled with spark plasma sintering to produce Ti-6Al-4V complex shapes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cendrine Folton</w:t>
+                <w:t xml:space="preserve">A robust thermomechanical sintering simulation for 3D printed parts with internal lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Sambasene Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Riquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2024.01.084⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.120024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2024.120024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532046v1</w:t>
+                <w:t xml:space="preserve">hal-04586943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust thermomechanical sintering simulation for 3D printed parts with internal lattices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrafast high-temperature sintering (UHS) vs. conventional sintering of 3YSZ: Microstructure and properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Biesuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hérisson de Beauvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele de Bona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Cassetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Riquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.120024. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44 (7), pp.4741-4750. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2024.120024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/J.JEURCERAMSOC.2024.01.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04586943v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast firing of 3 mol% yttria‐stabilized zirconia: On the effect of heating rate on sintering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattia Biesuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele de Bona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3187,51 +3144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Element simulation for Si3N4 heating and sintering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Grippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Béhar-Lafenetre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3451,90 +3408,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ti–6Al–4V complex shape production by spark plasma sintering with ceramic–metal sacrificial powder and interface 3D printing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Le Cloarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moukrane Dehmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3575,1087 +3532,1087 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04738221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densification modeling for gas pressure sintered silicon nitride-based ceramics with Thermo-Optical dilatometry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Uwe Schenderlein</w:t>
+                <w:t xml:space="preserve">Sacrificial ceramics powders mix for titanium alloys complex shapes production by hybridization of SPS and 3D printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Le Cloarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Folton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moukrane Dehmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.09.028⟩</w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 448, pp.120324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2024.120324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04245052v1</w:t>
+                <w:t xml:space="preserve">hal-04738249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast high-temperature sintering (UHS) of ZrB2-based materials</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Densification modeling for gas pressure sintered silicon nitride-based ceramics with Thermo-Optical dilatometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Béhar-Lafenêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holger Friedrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Schenderlein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, 44 (1), pp.567-573. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.09.007⟩</w:t>
+              <w:t xml:space="preserve">, In press, 44 (2), pp.822-830. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.09.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208347v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04245052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sintering behavior of ultra-thin 3D printed alumina lattice structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flash microwave sintering of alumina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Lechevallier-Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 250, pp.118865. </w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 330, pp.133327. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.118865⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2022.133327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077557v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flash microwave sintering of alumina</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+                <w:t xml:space="preserve">Ultrafast high-temperature sintering (UHS) of ZrB2-based materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele de Bona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clotilde Lechevallier-Boissel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charles Manière</w:t>
+                <w:t xml:space="preserve">Vincenzo Sglavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Biesuz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 330, pp.133327. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 44 (1), pp.567-573. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2022.133327⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03818623v1</w:t>
+                <w:t xml:space="preserve">hal-04208347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of SrTiO3 polycrystalline substrate grain growth for tuning thin film functional properties</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sintering behavior of ultra-thin 3D printed alumina lattice structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Materials Today</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apmt.2023.101818⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 250, pp.118865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.118865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04077479v1</w:t>
+                <w:t xml:space="preserve">hal-04077557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure assisted sintering stress exponent assessment methods: Accuracy analysis and effect of sintering stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling of SrTiO3 polycrystalline substrate grain growth for tuning thin film functional properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dallocchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christelle Bilot</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lecourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrike Lüders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Prellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 181, pp.104664. </w:t>
+              <w:t xml:space="preserve">Applied Materials Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.101818. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2023.104664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apmt.2023.101818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04083198v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04077479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-rapid debinding and sintering of additively manufactured ceramics by ultrafast high-temperature sintering</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling spark plasma sintering of zirconia with prediction of final stage high densification rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Sambasene Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Couder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.08.040⟩</w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 337, pp.133930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2023.133930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04200350v1</w:t>
+                <w:t xml:space="preserve">hal-03958584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flash microwave sintering of zirconia by multiple susceptors cascade strategy</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ultra-rapid debinding and sintering of additively manufactured ceramics by ultrafast high-temperature sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subhadip Bhandari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Maniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Sedona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele de Bona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Sglavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.04.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.08.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077541v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of microstructure reactivity and surface diffusion in explaining flash (ultra-rapid) sintering kinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4696,789 +4653,789 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03927934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling spark plasma sintering of zirconia with prediction of final stage high densification rate</w:t>
+                <w:t xml:space="preserve">Flash microwave sintering of zirconia by multiple susceptors cascade strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Sambasene Diatta</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Guillaume Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 337, pp.133930. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2023.133930⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03958584v1</w:t>
+                <w:t xml:space="preserve">hal-04077541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of graphite foil rolling on the thermal field homogeneity of spark plasma sintering</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pressure assisted sintering stress exponent assessment methods: Accuracy analysis and effect of sintering stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Sambasene Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Couder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 181, pp.104664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2023.03.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2023.104664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04034373v1</w:t>
+                <w:t xml:space="preserve">hal-04083198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spark plasma sintering grain growth assessment by densification kinetics analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of graphite foil rolling on the thermal field homogeneity of spark plasma sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Le Cloarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 228, pp.115346. </w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2023.115346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2023.03.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04016360v1</w:t>
+                <w:t xml:space="preserve">hal-04034373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain growth modeling for gas pressure sintering of silicon nitride based ceramics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spark plasma sintering grain growth assessment by densification kinetics analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Sambasene Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Couder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34, pp.105189. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 228, pp.115346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2022.105189⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2023.115346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03940287v1</w:t>
+                <w:t xml:space="preserve">hal-04016360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimate microstructure development from sintering shrinkage: A kinetic field approach</w:t>
+                <w:t xml:space="preserve">Rapid microwave sintering of centimetric zirconia: Scalability and electromagnetic‐thermal‐fluid‐dynamic simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Grippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Behar-Lafenetre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2022.103269⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (2), pp.848-859. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.18787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03588296v1</w:t>
+                <w:t xml:space="preserve">hal-03795354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid microwave sintering of centimetric zirconia: Scalability and electromagnetic‐thermal‐fluid‐dynamic simulation</w:t>
+                <w:t xml:space="preserve">Estimate microstructure development from sintering shrinkage: A kinetic field approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Grippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 106 (2), pp.848-859. </w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31, pp.103269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jace.18787⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2022.103269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795354v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flash sintering of complex shapes</w:t>
               </w:r>
@@ -5581,64 +5538,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flash spark plasma sintering of zirconia nanoparticles: Electro-thermal-mechanical-microstructural simulation and scalability solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Riquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5696,1794 +5653,1824 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03404194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive manufacturing of powder components based on subtractive sintering approach</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Grain growth modeling for gas pressure sintering of silicon nitride based ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Béhar-Lafenetre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holger Friedrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Schenderlein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Prototyping Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/RPJ-01-2021-0006⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34, pp.105189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2022.105189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03403488v1</w:t>
+                <w:t xml:space="preserve">hal-03940287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issues and opportunities from Peltier effect in functionally-graded colusites: from SPS temperature modeling to enhanced thermoelectric performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Guélou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Couder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabin Guélou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charles Manière</w:t>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Materials Today</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22, pp.100948. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apmt.2021.100948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03405331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promoting microstructural homogeneity during flash sintering of ceramics through thermal management</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Additive manufacturing of powder components based on subtractive sintering approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maricruz Henkel Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Maniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A Olevsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/s43577-020-00010-2⟩</w:t>
+              <w:t xml:space="preserve">Rapid Prototyping Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (9), pp.1731-1736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/RPJ-01-2021-0006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03403730v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03403488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous stage assessment of pressure assisted sintering modeling parameters: a ceramic identification method insensitive to final stage grain growth disturbance</w:t>
+                <w:t xml:space="preserve">3D printing of porcelain: finite element simulation of anisotropic sintering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.116899⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 116 (9-10), pp.3263-3275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-021-07304-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404081v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D printing of porcelain: finite element simulation of anisotropic sintering</w:t>
+                <w:t xml:space="preserve">Porous stage assessment of pressure assisted sintering modeling parameters: a ceramic identification method insensitive to final stage grain growth disturbance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00170-021-07304-y⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 211, pp.116899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.116899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404162v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the sintering trajectories of MgAl2O4 spinel</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Promoting microstructural homogeneity during flash sintering of ceramics through thermal management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gareth M Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Biesuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Fisher John</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolyn Grimley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2021.114048⟩</w:t>
+              <w:t xml:space="preserve">MRS Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (1), pp.59 - 66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/s43577-020-00010-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03403541v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03403730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Master sintering curve with dissimilar grain growth trajectories: A case study on MgAl2O4</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+                <w:t xml:space="preserve">Modeling the sintering trajectories of MgAl2O4 spinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Kerbart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 41 (1), pp.1048-1051. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 203, pp.114048. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.09.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2021.114048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011580v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03403541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D printing of porcelain and finite element simulation of sintering affected by final stage pore gas pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Master sintering curve with dissimilar grain growth trajectories: A case study on MgAl2O4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Kerbart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26, pp.102063. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (1), pp.1048-1051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2021.102063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03141588v1</w:t>
+                <w:t xml:space="preserve">hal-03011580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flash microwave pressing of zirconia</w:t>
+                <w:t xml:space="preserve">3D printing of porcelain and finite element simulation of sintering affected by final stage pore gas pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jace.17072⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26, pp.102063. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2021.102063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02616768v1</w:t>
+                <w:t xml:space="preserve">hal-03141588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling zirconia sintering trajectory for obtaining translucent submicronic ceramics for dental implant applications</w:t>
+                <w:t xml:space="preserve">Graphite creep negation during flash spark plasma sintering under temperatures close to 2000 °C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Mckittrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Maximenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.01.061⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 162, pp.106-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2020.02.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616736v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphite creep negation during flash spark plasma sintering under temperatures close to 2000 °C</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predicting final stage sintering grain growth affected by porosity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Kerbart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2020.02.027⟩</w:t>
+              <w:t xml:space="preserve">Applied Materials Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20, pp.100759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apmt.2020.100759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616747v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting final stage sintering grain growth affected by porosity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of convection and radiation on direct/hybrid heating stability of field assisted sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christelle Harnois</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Borie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Materials Today</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apmt.2020.100759⟩</w:t>
+              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56, pp.147-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2020.04.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011566v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling sintering anisotropy in ceramic stereolithography of silica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Kerbart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Harnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 182, pp.163-171. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actamat.2019.10.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02449658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of convection and radiation on direct/hybrid heating stability of field assisted sintering</w:t>
+                <w:t xml:space="preserve">Flash microwave pressing of zirconia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Torresani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John F. Gerling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadim V. Yakovlev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2020.04.075⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.17072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616775v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric properties of flash spark plasma sintered BaTiO3 and CaCu3Ti4O12</w:t>
+                <w:t xml:space="preserve">Modeling zirconia sintering trajectory for obtaining translucent submicronic ceramics for dental implant applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Mckittrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shirley Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 173, pp.41-45. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 188, pp.101-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2019.07.048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.01.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02449266v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electric current effects in spark plasma sintering: From the evidence of physical phenomenon to constitutive equation formulation</w:t>
               </w:r>
@@ -7495,64 +7482,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Mckittrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scripta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 170, pp.90-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7580,1490 +7567,1490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave Sintering of Alumina at 915 MHz: Modeling, Process Control, and Microstructure Distribution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microwave sintering of complex shapes: From multiphysics simulation to improvements of process scalability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shirley Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma12162544⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 102 (2), pp.611-620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.15892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02449318v1</w:t>
+                <w:t xml:space="preserve">hal-02616810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of complex shapes: From multiphysics simulation to improvements of process scalability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microwave Sintering of Alumina at 915 MHz: Modeling, Process Control, and Microstructure Distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 102 (2), pp.611-620. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (16), pp.2544. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jace.15892⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma12162544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616810v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02449318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Spark Plasma Sintering of Multiple Complex Shapes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consolidation of Molybdenum nanopowders by spark plasma sintering: Densification mechanism and first mirror application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Mckittrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russell Doerner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daisuke Nishijima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma12040557⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 516, pp.354-359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.01.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02616802v1</w:t>
+                <w:t xml:space="preserve">hal-02616801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consolidation of Molybdenum nanopowders by spark plasma sintering: Densification mechanism and first mirror application</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simultaneous Spark Plasma Sintering of Multiple Complex Shapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Torresani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 516, pp.354-359. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (4), pp.557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.01.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma12040557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616801v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation effects on spark plasma sintering of molybdenum nanopowders</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dielectric properties of flash spark plasma sintered BaTiO3 and CaCu3Ti4O12</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marinel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jace.16182⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 173, pp.41-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2019.07.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02616806v1</w:t>
+                <w:t xml:space="preserve">hal-02449266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of electric current on densification behavior of conductive ceramic powders consolidated by spark plasma sintering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy efficient spark plasma sintering: Breaking the threshold of large dimension tooling energy consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Mckittrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.11.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.16046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616820v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy efficient spark plasma sintering: Breaking the threshold of large dimension tooling energy consumption</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of electric current on densification behavior of conductive ceramic powders consolidated by spark plasma sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Maximenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Izhvanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jace.16046⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 144, pp.524-533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616807v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave flash sintering of metal powders: From experimental evidence to multiphysics simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Zahrah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 147, pp.24-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actamat.2018.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sintering dilatometry based grain growth assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shirley Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Mckittrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Results in Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10, pp.91-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rinp.2018.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A spark plasma sintering densification modeling approach: from polymer, metals to ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 53 (10), pp.7869-7876. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10853-018-2096-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01737655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swelling negation during sintering of sterling silver: An experimental and theoretical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elia Saccardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Mckittrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Molinari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Results in Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11, pp.79-84. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rinp.2018.08.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid dynamics thermo-mechanical simulation of sintering: Uniformity of temperature and density distributions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxidation effects on spark plasma sintering of molybdenum nanopowders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Back</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Mckittrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 123, pp.603-613. </w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2017.05.116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jace.16182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02616826v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ creep law determination for modeling Spark Plasma Sintering of TiAl 48-2-2 powder</w:t>
               </w:r>
@@ -9196,51 +9183,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porosity dependence of powder compaction constitutive parameters: Determination based on spark plasma sintering tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scripta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 141, pp.62-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9300,51 +9287,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9391,64 +9378,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fully coupled electromagnetic-thermal-mechanical comparative simulation of direct vs hybrid microwave sintering of 3Y-ZrO 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Zahrah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 100 (6), pp.2439-2450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9508,51 +9495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Results in Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7, pp.1494-1497. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9612,51 +9599,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Nigito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Weibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9733,51 +9720,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contact resistances in spark plasma sintering: From in-situ and ex-situ determinations to an extended model for the scale up of the process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9867,64 +9854,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inherent heating instability of direct microwave sintering process: Sample analysis for porous 3Y-ZrO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Zahrah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scripta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 128, pp.49-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9952,1159 +9939,1263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spark-plasma-sintering and finite element method: From the identification of the sintering parameters of a submicronic α-alumina powder to the development of complex shapes</w:t>
+                <w:t xml:space="preserve">Fluid dynamics thermo-mechanical simulation of sintering: Uniformity of temperature and density distributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Claude Estournès</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Zahrah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, vol. 102, pp. 169-175. </w:t>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 123, pp.603-613. </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.09.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2017.05.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01447965v1</w:t>
+                <w:t xml:space="preserve">hal-02616826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A predictive model to reflect the final stage of spark plasma sintering of submicronic α-alumina</w:t>
+                <w:t xml:space="preserve">Identification of the Norton-Green Compaction Model for the Prediction of the Ti-6Al-4V Densification During the Spark Plasma Sintering Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugras Kus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julitte Huez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2016.02.048⟩</w:t>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 18 (n° 10), p.1720-1727. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.201600348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01486921v1</w:t>
+                <w:t xml:space="preserve">hal-01493174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Norton-Green Compaction Model for the Prediction of the Ti-6Al-4V Densification During the Spark Plasma Sintering Process</w:t>
+                <w:t xml:space="preserve">A predictive model to reflect the final stage of spark plasma sintering of submicronic α-alumina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Weibel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, vol. 18 (n° 10), p.1720-1727. </w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 42 (n° 7), pp. 9274-9277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adem.201600348⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2016.02.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01493174v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite-element modeling of the electro-thermal contacts in the spark plasma sintering process</w:t>
+                <w:t xml:space="preserve">Spark-plasma-sintering and finite element method: From the identification of the sintering parameters of a submicronic α-alumina powder to the development of complex shapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Weibel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2015.10.033⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 102, pp. 169-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01727546v1</w:t>
+                <w:t xml:space="preserve">hal-01447965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sacrificial material approach for spark plasma sintering of complex shapes</w:t>
+                <w:t xml:space="preserve">Finite-element modeling of the electro-thermal contacts in the spark plasma sintering process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Afanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, vol. 124, pp. 126-128. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (3), pp.741-748. </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2016.07.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2015.10.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01449277v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Powder/die friction in the spark plasma sintering process: Modelling and experimental identification</w:t>
+                <w:t xml:space="preserve">A sacrificial material approach for spark plasma sintering of complex shapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Weibel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scripta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, vol. 116, pp. 139-142. </w:t>
+              <w:t xml:space="preserve">, 2016, vol. 124, pp. 126-128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2016.01.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2016.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01486908v1</w:t>
+                <w:t xml:space="preserve">hal-01449277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dog-bone copper specimens prepared by one-step spark plasma sintering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Powder/die friction in the spark plasma sintering process: Modelling and experimental identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10853-015-9293-5⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 116, pp. 139-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2016.01.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01727547v1</w:t>
+                <w:t xml:space="preserve">hal-01486908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulse analysis and electric contact measurements in spark plasma sintering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dog-bone copper specimens prepared by one-step spark plasma sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bley</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsr.2015.06.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (22), pp.7364-7373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10853-015-9293-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01493438v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pulse analysis and electric contact measurements in spark plasma sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, vol. 127, pp. 307-313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsr.2015.06.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01493438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Local Distortions in Nanostructured Ferroelectric Ceramics through Strain Tuning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Albino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Epherre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Beynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 1 (10), 1500190 (8 p.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/aelm.201500190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01222865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11114,384 +11205,384 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frittage de céramiques par chauffage micro-ondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Techniques de l’ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.N4 808, 2021, Matériaux - Verres et céramiques, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51257/a-v1-n4808⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions T.I.</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">emse-04932394v1</w:t>
+                <w:t xml:space="preserve">hal-03404242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frittage de céramiques par chauffage micro-ondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l’ingénieur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId296" w:history="1">
+              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Matériaux | Verres et céramiques |Céramiques : propriétés et élaboration (N4808 v1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions T.I.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.51257/a-v1-n4808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404242v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04932394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to overcome the main challenges of SPS technology: Reproducibility, multi-samples and elaboration of complex shapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugras Kus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Weibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Extrait de : Spark Plasma Sintering : Current status, new developments and challenges (chap. 3)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.77-108, 2019, 978-0-12-817744-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-817744-0.00003-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02168256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11501,684 +11592,684 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poudre sacrificielle comprenant un mélange homogène de poudre de fer et de poudre de magnétite FR3156354-A1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Le Cloarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3156354-A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05388228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poudre sacrificielle comprenant un mélange homogène de poudre de dioxyde de titane et de poudre de magnétite FR3156440-A1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Le Cloarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3156440-A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05388225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective sintering-based fabrication of fully dense complex shaped parts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geuntak Lee</w:t>
+                <w:t xml:space="preserve">Procédé de fabrication d'une pièce par densification sous charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">United States, Patent n° : US62/662,762. 2018</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baylac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : FR3088017-A1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617423v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ partially degradable separation interface for fabrication of complex near net shape objects by pressure assited sintering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Procédé de fabrication d'une pièce par densification sous charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">United States, Patent n° : WO2019/191299A1. 2018</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baylac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : FR3088016-A1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617420v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procédé de fabrication d'une pièce par densification sous charge</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ partially degradable separation interface for fabrication of complex near net shape objects by pressure assited sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : FR3088017-A1. 2018</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">United States, Patent n° : WO2019/191299A1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617435v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procédé de fabrication d'une pièce par densification sous charge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Estournès</w:t>
+                <w:t xml:space="preserve">Selective sintering-based fabrication of fully dense complex shaped parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geuntak Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : FR3088016-A1. 2018</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A. Olevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">United States, Patent n° : US62/662,762. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617428v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of a deformable interface for the production of complex parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2017077028A1. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02617150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12188,100 +12279,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spark plasma sintering : couplage entre les approches : modélisation, instrumentation et matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université Paul Sabatier - Toulouse III, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015TOU30219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01362029v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12291,105 +12382,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation des nouveaux procédés de frittage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université de Caen Normandie, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04230055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId311"/>
+      <w:footerReference w:type="default" r:id="rId313"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12536,51 +12627,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470449v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Lebas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marinel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mani&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202501937" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05308338v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levent Karacasulu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Biesuz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lecourt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bilot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117865" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470432v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2026.118158" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510310v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rine Marie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.70565" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446812v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Barrioulet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Josse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2025.105071" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131444v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Jaumouill&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Herbinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40964-025-01212-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131410v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pluart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nxmate.2025.100750" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156043v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Hammoud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40964-025-01230-1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388051v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2025.11.239" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04738296v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otim Marie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehui Du" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee Lip Gan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Shankar Sridharan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.116911" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140971v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estourn&#232;s" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ceramics8030081" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130081v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-025-15306-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140930v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cekdar Vakifahmetoglu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-matsci-080323-042441" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015110v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Albar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas H&#233;risson de Beauvoir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Sanchez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chevallier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ACTAMAT.2025.120974" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131575v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rayrat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Onfroy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lemonnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117262" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04703445v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele de Bona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cassetta" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JEURCERAMSOC.2024.116879" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131426v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2025.102647" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130086v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theotim Marie" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Jugan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117334" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131528v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-025-11338-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04738249v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Le Cloarec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Folton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moukrane Dehmas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2024.120324" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04564275v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Harnois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couder" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2024.04.358" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04487686v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JEURCERAMSOC.2024.01.064" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532046v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2024.01.084" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04586943v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Sambasene Diatta" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grippi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Riquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04634546v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19989" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04634611v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie B&#233;har-Lafenetre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Friedrich" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Haas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schenderlein" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.116703" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04531951v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Lecourt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dermeik" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Schmiedeke" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahum Travitzky" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.03.031" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04738221v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40964-024-00803-w" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245052v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie B&#233;har-Lafen&#234;tre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.09.028" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208347v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Sglavo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.09.007" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077557v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118865" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03818623v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Lechevallier-Boissel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2022.133327" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077479v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dallocchio" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike L&#252;ders" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Prellier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2023.101818" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083198v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104664" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200350v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhadip Bhandari" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Maniere" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sedona" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.08.040" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077541v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.04.004" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927934v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.12.006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958584v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2023.133930" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034373v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2023.03.028" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016360v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115346" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940287v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.105189" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03588296v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.103269" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795354v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Behar-Lafenetre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18787" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03489845v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geuntak Lee" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A Olevsky" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.101293" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404194v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2021.09.021" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03403488v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maricruz Henkel Carrillo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RPJ-01-2021-0006" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03405331v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gu&#233;lou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lenoir" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.100948" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03403730v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth M Jones" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ji" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fisher John" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Grimley" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43577-020-00010-2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404081v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116899" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404162v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-021-07304-y" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03403541v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Kerbart" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114048" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03011580v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.09.003" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03141588v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2021.102063" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616768v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Torresani" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John F. Gerling" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim V. Yakovlev" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17072" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616736v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Mckittrick" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Chan" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A. Olevsky" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.01.061" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616747v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Maximenko" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.02.027" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03011566v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2020.100759" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02449658v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.10.032" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616775v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Borie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2020.04.075" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449266v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.07.048" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616798v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.05.040" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449318v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bilot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12162544" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616810v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.15892" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616802v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12040557" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616801v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Doerner" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Nishijima" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.01.028" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616806v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Back" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16182" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616820v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Izhvanov" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.11.010" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616807v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16046" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616814v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Zahrah" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.01.017" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616812v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2018.05.014" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737655v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-018-2096-8" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616809v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia Saccardo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Molinari" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2018.08.035" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616826v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.05.116" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01509753v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martins" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grumbach" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Mocellin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2017.03.006" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616817v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2017.07.026" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616816v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15365-x" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616829v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14762" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616827v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2017.04.020" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670313v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nigito" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Weibel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Beynet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2017.07.048" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537962v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brisson" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Desplats" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Carr&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.12.010" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616830v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.10.008" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447965v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.09.003" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486921v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2016.02.048" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493174v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugras Kus" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Mainguy" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201600348" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727546v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pavia" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Afanga" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2015.10.033" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449277v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.07.006" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486908v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.01.040" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727547v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Arnaud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-015-9293-5" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493438v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2015.06.009" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222865v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Philippot" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Albino" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Epherre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201500190" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04932394v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valdivieso" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/materiaux-th11/ceramiques-proprietes-et-elaboration-42578210/frittage-de-ceramiques-par-chauffage-micro-ondes-n4808/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-n4808" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404242v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02168256v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-817744-0.00003-9" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388228v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388225v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617423v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617420v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617435v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baylac" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617428v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617150v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01362029v2" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU30219" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04230055v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470449v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Lebas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marinel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mani&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202501937" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05308338v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levent Karacasulu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Biesuz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lecourt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bilot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117865" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510310v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rine Marie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.70565" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470432v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2026.118158" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549747v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Hammoud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2026.122114" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446812v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Barrioulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Josse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2025.105071" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388051v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2025.11.239" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156043v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40964-025-01230-1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131575v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rayrat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Onfroy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lemonnier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117262" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140930v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cekdar Vakifahmetoglu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-matsci-080323-042441" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015110v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Albar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas H&#233;risson de Beauvoir" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Sanchez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chevallier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ACTAMAT.2025.120974" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04703445v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele de Bona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cassetta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JEURCERAMSOC.2024.116879" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04738296v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otim Marie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehui Du" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee Lip Gan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Shankar Sridharan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.116911" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140971v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estourn&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ceramics8030081" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130081v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-025-15306-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131426v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Herbinet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pluart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2025.102647" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131528v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Jugan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-025-11338-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130086v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theotim Marie" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117334" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131444v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Jaumouill&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40964-025-01212-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131410v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nxmate.2025.100750" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04564275v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Harnois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couder" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2024.04.358" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532046v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Le Cloarec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moukrane Dehmas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Folton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2024.01.084" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04586943v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Sambasene Diatta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grippi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Riquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04487686v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JEURCERAMSOC.2024.01.064" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04634546v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19989" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04634611v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie B&#233;har-Lafenetre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Friedrich" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Haas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schenderlein" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.116703" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04531951v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Lecourt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dermeik" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Schmiedeke" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahum Travitzky" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.03.031" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04738221v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40964-024-00803-w" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04738249v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2024.120324" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245052v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie B&#233;har-Lafen&#234;tre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.09.028" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03818623v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Lechevallier-Boissel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2022.133327" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208347v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Sglavo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.09.007" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077557v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118865" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077479v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dallocchio" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike L&#252;ders" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Prellier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2023.101818" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958584v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2023.133930" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200350v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhadip Bhandari" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Maniere" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sedona" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.08.040" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927934v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.12.006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077541v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.04.004" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083198v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104664" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034373v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2023.03.028" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016360v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115346" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795354v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Behar-Lafenetre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18787" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03588296v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.103269" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03489845v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geuntak Lee" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A Olevsky" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.101293" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404194v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2021.09.021" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940287v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.105189" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03405331v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gu&#233;lou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lenoir" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.100948" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03403488v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maricruz Henkel Carrillo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RPJ-01-2021-0006" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404162v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-021-07304-y" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404081v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116899" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03403730v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth M Jones" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ji" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fisher John" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Grimley" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43577-020-00010-2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03403541v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Kerbart" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114048" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03011580v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.09.003" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03141588v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2021.102063" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616747v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Mckittrick" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Maximenko" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A. Olevsky" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.02.027" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03011566v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2020.100759" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616775v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Borie" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2020.04.075" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02449658v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.10.032" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616768v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Torresani" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John F. Gerling" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim V. Yakovlev" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17072" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616736v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Chan" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.01.061" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616798v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.05.040" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616810v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.15892" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449318v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bilot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12162544" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616801v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Doerner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Nishijima" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.01.028" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616802v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12040557" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449266v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.07.048" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616807v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16046" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616820v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Izhvanov" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.11.010" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616814v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Zahrah" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.01.017" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616812v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2018.05.014" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737655v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-018-2096-8" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616809v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia Saccardo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Molinari" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2018.08.035" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616806v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Back" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16182" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01509753v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martins" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grumbach" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Mocellin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2017.03.006" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616817v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2017.07.026" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616816v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15365-x" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616829v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14762" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616827v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2017.04.020" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670313v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nigito" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Weibel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Beynet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2017.07.048" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537962v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brisson" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Desplats" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Carr&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.12.010" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616830v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.10.008" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02616826v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.05.116" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493174v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugras Kus" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Mainguy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201600348" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486921v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2016.02.048" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447965v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.09.003" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727546v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pavia" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Afanga" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2015.10.033" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449277v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.07.006" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486908v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.01.040" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727547v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Arnaud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-015-9293-5" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493438v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2015.06.009" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222865v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Philippot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Albino" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Epherre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201500190" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03404242v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valdivieso" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-n4808" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04932394v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/materiaux-th11/ceramiques-proprietes-et-elaboration-42578210/frittage-de-ceramiques-par-chauffage-micro-ondes-n4808/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02168256v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-817744-0.00003-9" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388228v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388225v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617435v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baylac" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617428v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617420v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617423v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02617150v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01362029v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU30219" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04230055v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>