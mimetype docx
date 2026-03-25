--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1798,350 +1798,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00933955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">This World and the Next: Contributions on Tibetan Religion, Science and Society</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jill Sudbury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charles Ramble; Jill Sudbury. IITBS, International Institute for Tibetan and Buddhist Studies, 271 p., 2012, 978-3-03809-114-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tibetan sources for a social history of Mustang, Nepal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IITBS, International Institute for Tibetan and Buddhist Studies, 3, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tibetan sources for a social history of Mustang, Nepal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IITBS, International Institute for Tibetan and Buddhist Studies, 2, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Charles Ramble; Jill Sudbury. IITBS, International Institute for Tibetan and Buddhist Studies, 271 p., 2012, 978-3-03809-114-1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Navel of the Demoness: Tibetan Buddhism and Civil Religion in Highland Nepal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oxford University Press. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tibetan Sources for a Social History of Mustang, Nepal. Volume 1: the Archive of Te.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">International Institute for Tibetan and Buddhist Studies. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203412v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03203410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacred Landscape and Pilgrimage in Tibet: in Search of the Lost Kingdon of Bön.</w:t>
               </w:r>
@@ -2911,534 +2911,534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Signs and portents in nature and in dreams: what they mean and what can be done about them.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brill. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Glimpses of Tibetan Divination, Past and Present.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.118-35., 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longing for retirement: the testament of Chos mdzad nyi shar, the last Ya ngal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Bischoff; P. Maurer; C. Ramble. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On a Day of a Month of the Fire Bird Year. Festschrift for Peter Schwieger on his 65th Birthday.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lumbini International Research Institute, pp.635-49, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03112146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The legal foundations of Tibetan religious thought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason and Lives in Buddhist Traditions: Studies in Honor of Matthew Kapstein</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wisdom Publications, pp.35-51, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">J. Bischoff; P. Maurer; C. Ramble. </w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Producing ‘South Asian’ Tibetan documents in highland Nepal, 19th to 20th centuries: the emergence and disappearance of a local diplomatic tradition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Cubelic; A. Michaels; A. Zotter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">On a Day of a Month of the Fire Bird Year. Festschrift for Peter Schwieger on his 65th Birthday.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lumbini International Research Institute, pp.635-49, 2019</w:t>
+              <w:t xml:space="preserve">Studies in Historical Documents from Nepal and India</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Heidelberg University Publishing (HeiUP), pp.109-132, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...93 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03112190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Century of Trade and Tension: Stakeholders in the Kali Gandaki Salt Route, Mid-19th to Mid-20th Centuries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jeannine Bischoff; Alice Travers. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commerce and Communities: Social and Political Status and the Exchange of Goods in Tibetan Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EB-Verlag Dr. Brand, pp.197-222, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">S. Cubelic; A. Michaels; A. Zotter. </w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Findakly. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Historical Documents from Nepal and India</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Heidelberg University Publishing (HeiUP), pp.109-132, 2018</w:t>
+              <w:t xml:space="preserve">Dagues rituelles de l’Himalaya.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustang: black and white, but never gray.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vajra Books. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mustang.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kevin Bubriski, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203543v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03203544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
@@ -3650,1691 +3650,1691 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Demoness’s right (or left) knee (or ankle). A pilgrim’s account of Pra dun tse temple from 1898.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olaf Czaja and Guntram Hazod. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Illuminating Mirror: Tibetan Studies in Honour of Per Sørensen on the Occasion of his 65th Birthday</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reichert Verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.375-388, 2015, 9783954901371</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Demdem and Dachang: the Regulative Rules of Two Archery Festivals from South Mustang (Nepal).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dieter Schuh. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Secular Law and Order in the Tibetan Highland : contributions to a workshop organized by the Tibet Institute in Andiast (Switzerland) on the occasion of the 65th birthday of Christoph Cüppers from the 8th of June to the 12th of June 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IITBS GmbH, International Institute for Tibetan and Buddhist Studies, pp.197-224, 2015, 978-3-03809-126-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Olaf Czaja and Guntram Hazod. </w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behind the frame: reflections on Nepal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kevin Bubriski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Illuminating Mirror: Tibetan Studies in Honour of Per Sørensen on the Occasion of his 65th Birthday</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.375-388, 2015, 9783954901371</w:t>
+              <w:t xml:space="preserve">Nepal: 1975–2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peabody Museum Press, pp.9-22, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fearless Dawn, Bloodless Demon: literary and iconographic manifestations of a little-known Bonpo protector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">From Bhakti to Bon: Festschrift for Per Kvaerne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Novus Forlag, pp.409-430, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01525005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contractor, the duke, the prime minister and the villagers: exploitation and resistance in nineteenth-century rural Nepal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">(eds) Todd T. Lewis and Bruce M. Owens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sucāruvādadeśika: A Festschrift Honoring Professor Theodore Riccardi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Himal Books, pp. 198-211, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01630242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contractor, the duke, the prime minister and the villagers: exploitation and resistance in nineteenth-century rural Nepal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Himal Books. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sucāruvādadeśika: A Festschrift Honoring Professor Theodore Riccardi.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, B.M. Owens; T. Lewis, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behind the frame: reflections on Nepal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peabody Museum Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Kevin Bubriski, Nepal: 1975–2011.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.9-22, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complexity of Tibetan pilgrimage.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Max Deeg. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Buddhist Pilgrimage in History and Present Times</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lumbini International Research Institute, pp.179-196, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Kevin Bubriski. </w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hidden Himalayan transcripts: strategies of social opposition in Mustang (Nepal), 19th–20th centuries.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charles Ramble, Peter Schwieger, Alice Travers. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nepal: 1975–2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Peabody Museum Press, pp.9-22, 2014</w:t>
+              <w:t xml:space="preserve">Tibetans who Escaped the Historian’s Net: Studes in the Social History of Tibetan-speaking Regions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vajra Books</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.231-252, 2013, 978-9937-623-10-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Both fish and fowl? Preliminary reflections on some representations of a Tibetan mirror-world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nepalica-Tibetica: Festgabe for Christoph Cüppers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, International Institute for Tibetan and Buddhist Studies, pp.75-90, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03112106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreword.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kobe City University of Foreign Studies. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Issues and Progress in Tibetan Studies. Proceedings of the Third International Seminar of Young Tibetologists, Kobe 2012. Journal of Research Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 51, Tsuguhito Takeuchi; Kazushi Iwao; Ai Nishida; Seiji Kumagai; Meishi Yamamoto, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bön: Geister aus Butter: Kunst und Ritual des alten Tibet.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Klimburg-Salter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lojda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Katalog zur Ausstellung im Museum für Völkerkunde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreword</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagru Geshe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dimitri Ermakov; Carol Ermakova. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bön in Nepal. Traces of the Great Zhang Zhung Ancestors in the Himalayas. The Light of the History of Existence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Heritage Publishers, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Charles Ramble, Peter Schwieger, Alice Travers. </w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foreword.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amnye Machen Institute. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tibetans who Escaped the Historian’s Net: Studes in the Social History of Tibetan-speaking Regions</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.231-252, 2013, 978-9937-623-10-0</w:t>
+              <w:t xml:space="preserve">Revisiting Tibetan Culture and History. Proceedings of the Second International Seminar of Young Tibetologists, Paris 2009.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kalsang Norbu Gurung; Tim Myatt; Nicola Schneider; Alice Travers, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreword</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marietta Kind. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Bon Landscape of Dolpo: Pilgrimages, Monasteries, Biographies and the Emergence of Bon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jill Sudbury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Charles Ramble; Jill Sudbury. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">This World and the Next: Contributions on Tibetan Religion, Science and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IITBS, International Institute for Tibetan and Buddhist Studies, pp.7-16, 2012, 978-3-03809-114-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreword</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N. J. Allen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Miyapma: Traditional Narratives of the Thulung Rai</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vajra Publications, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Amnye Machen Institute. </w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">History from below: an introduction to three archival collections from Mustang, Nepal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">International Institute for Tibetan and Buddhist Studies. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revisiting Tibetan Culture and History. Proceedings of the Second International Seminar of Young Tibetologists, Paris 2009.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Kalsang Norbu Gurung; Tim Myatt; Nicola Schneider; Alice Travers, 2012</w:t>
+              <w:t xml:space="preserve">Ancient Treasures, New Discoveries.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, H. Diemberger; K. Phuntso, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The good, the bad and the ugly: the circumscription of saintly evil in Tibetan biography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lives Lived, Lives Imagined: Biography in the Buddhist Traditions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Playing dice with the devil: a Bonpo soul-retrieval ritual attributed to Kong rtse ’phrul rgyal and its interpretation in Mustang, Nepal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bon: the Indigenous Source for Tibetan Religion. Special issue of East and West</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 59 (1-4), Samten Karmay; Donatella Rossi, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">International Institute for Tibetan and Buddhist Studies. </w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Aya: fragments of an unknown Tibetan priesthood.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wiener Studien zur Tibetologie und Buddhismuskunde. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ancient Treasures, New Discoveries.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, H. Diemberger; K. Phuntso, 2010</w:t>
+              <w:t xml:space="preserve">Pramanakirtih. Papers Dedicated to Ernst Steinkellner on the Occasion of his 70th Birthday. Part 2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, B. Kellner; H. Krasser; H. Lasic; M.T. Much; H. Tauscher, pp.681-718, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsewang Rigdzin and the Bon tradition of sacred geography.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rubin Museum of Art. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bon: the Magic Word.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Karmay, pp.125-146, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203476v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03203478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacral kings and divine sovereigns: principles of Tibetan monarchy in theory and practice</w:t>
               </w:r>
@@ -5959,173 +5959,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The old sector system of Kagbeni: notes on the history of land use and social organisation.</w:t>
+                <w:t xml:space="preserve">Household organisation and hierarchy in Kagbeni: the limits to cultural revival in a changing society.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giessener Geographische Schriften 77. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kagbeni—Contributions to the Village’s History and Geography.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, P. Pohle; W. Haffner, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03203500v1</w:t>
+                <w:t xml:space="preserve">hal-03203501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Household organisation and hierarchy in Kagbeni: the limits to cultural revival in a changing society.</w:t>
+                <w:t xml:space="preserve">The old sector system of Kagbeni: notes on the history of land use and social organisation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giessener Geographische Schriften 77. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kagbeni—Contributions to the Village’s History and Geography.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, P. Pohle; W. Haffner, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03203501v1</w:t>
+                <w:t xml:space="preserve">hal-03203500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Templates for Religious Concepts: Cross-cultural Evidence for Recall of Counter-Intuitive Representations.</w:t>
               </w:r>
@@ -6402,189 +6402,335 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronologie</w:t>
+                <w:t xml:space="preserve">The classification of territorial divinities in Pagan and Buddhist rituals of South Mustang.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Verlag der Österreichischen Akademie der Wissenschaften. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tibetan Mountain Deities, their Cults and Representations.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A.-M. Blondeau, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Autrement - collection Monde HS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tibétains. 1959-1999: 40 ans de colonisation.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, no. 108, K. Buffetrille, pp.7-17, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Autrement - collection Monde HS. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tibétains. 1959-1999: 40 ans de colonisation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, no. 108, K. Buffetrille, pp.170-74, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Mustang villages of Kag, Te and Khyinga: an introduction to history, ethnicity and the idea of place.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Verlag Philipp von Zabern. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beiträge zur Allgemeinen und Vergleichenden Archäologie, Band 18.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.147-82, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Watermills in Mustang: notes on architecture, function and management.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6600,146 +6746,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancient Nepal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 140, pp.39-52, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houses and households in Southern Mustang.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6755,130 +6828,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancient Nepal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 140, pp.23-37, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203506v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03203504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Creation of the Bon Mountain of Kongpo.</w:t>
               </w:r>
@@ -7077,169 +7077,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Patterns of places.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">: Verlag der Österreichischen Akademie der Wissenschaften. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reflections of the Mountain: essays on the history and social meaning of the mountain cult in Tibet and the Himalaya.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A.-M. Blondeau; E. Steinkellner, 1996</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mustang, the ancient kingdom of Lo.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asian Art and Culture 9 (3), Fall 1996 (special issue on the Himalayas).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203519v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03203518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dead and living settlements in the Shod-yul of Mustang.</w:t>
               </w:r>
@@ -7357,165 +7357,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Civic authority and agrarian management in southern Mustang: remarks on a nineteenth-century land-tax register from Kagbeni.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ancient Nepal, no. 135.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Writings in Monochrome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Himal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203526v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03203525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whither, indeed, the tsampa-eaters?</w:t>
               </w:r>
@@ -7771,251 +7771,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">How Buddhist are Buddhist communities? The construction of tradition in two lamaist villages.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Ramble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Anthropological Society of Oxford 21(2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 185-97, 1990</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The headman as a force for cultural conservation: the case of the Tepas of Nepal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Himalayan Environment and Culture.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, N.K. Rustomji; C. Ramble, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Himalayan Environment and Culture: Analysis and Prospect.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ramble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.K. Rustomji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Indus Publications. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of a conference held at the Indian Institute of Advanced Study, Shimla, October 1986.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203458v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03203535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 'Bem-chag village record and the early history of Mustang District.</w:t>
               </w:r>
@@ -8528,51 +8528,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697898v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Zorin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ramble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112182v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112336v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14484528.2020.1773027" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112195v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112114v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112109v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Helman-Wa&#380;ny" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649636v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngondzin Ngawang Gyatso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112096v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525029v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943576v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/extremeorient.288" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112029v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112194v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512804v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Travers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Schwieger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892835v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kapstein" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203375v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Helman-Wazny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203398v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203402v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Helman-Wazny," TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203405v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Harrison" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drandul Nyima" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525032v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649628v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Roesler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649629v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Havnevik" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933955v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649615v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649616v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649619v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Sudbury" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203412v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203410v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203415v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geshe Gelek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203450v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tournadre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangda Dorje" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203436v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Buffetrille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203554v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chhetri P.B." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Karki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203555v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Christiansen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203559v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.K. Nepali" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sangam" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chapagain C." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203557v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513244v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203446v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112119v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112146v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203457v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112032v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112190v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203543v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203544v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203546v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649635v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112197v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112098v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630244v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reichert-verlag.de/9783954901371_the_illuminating_mirror-detail" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630242v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525005v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203465v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203464v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112094v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649626v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203547v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112106v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203443v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Klimburg-Salter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lojda" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649622v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagru Geshe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630238v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vajrabookshop.com/categories/vajra-publications/products/tibetans-who-escaped-the-historians-net-studies-in-the-social-history-of-tibetan-societies" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649621v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649618v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649620v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203553v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629627v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203471v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203472v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203476v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203478v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112192v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203486v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203481v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203433v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Gutschow" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Michaels" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Steinkellner" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203485v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gutschow" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203491v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203488v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203496v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Holzner" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203500v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203501v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203499v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203498v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203502v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203503v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203512v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203509v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203508v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203511v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203506v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203504v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203513v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203515v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203516v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203519v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203518v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203523v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203522v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203526v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203525v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203529v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203528v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203527v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203531v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203533v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203458v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.K. Rustomji" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203535v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203536v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vinding" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203537v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203539v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203540v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203542v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697898v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Zorin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ramble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112182v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112336v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14484528.2020.1773027" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112195v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112114v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112109v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Helman-Wa&#380;ny" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649636v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngondzin Ngawang Gyatso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112096v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525029v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943576v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/extremeorient.288" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112029v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112194v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512804v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Travers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Schwieger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892835v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kapstein" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203375v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Helman-Wazny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203398v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203402v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Helman-Wazny," TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203405v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Harrison" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drandul Nyima" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525032v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649628v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Roesler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649629v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Havnevik" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933955v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649619v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Sudbury" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649615v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649616v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203410v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203412v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203415v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geshe Gelek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203450v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tournadre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangda Dorje" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203436v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Buffetrille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203554v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chhetri P.B." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Karki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203555v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Christiansen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203559v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.K. Nepali" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sangam" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chapagain C." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203557v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513244v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203446v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112146v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112119v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112190v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112032v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203544v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203543v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203546v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649635v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112197v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630244v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reichert-verlag.de/9783954901371_the_illuminating_mirror-detail" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112098v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649626v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525005v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630242v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203465v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203464v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112094v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630238v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vajrabookshop.com/categories/vajra-publications/products/tibetans-who-escaped-the-historians-net-studies-in-the-social-history-of-tibetan-societies" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112106v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203547v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203443v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Klimburg-Salter" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lojda" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649622v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagru Geshe" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203553v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649621v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649618v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649620v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203472v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629627v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203471v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203478v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203476v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112192v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203486v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203481v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203433v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Gutschow" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Michaels" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Steinkellner" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203485v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gutschow" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203491v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203488v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203496v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Holzner" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203501v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203500v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203499v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203498v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203502v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203503v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203504v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203511v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203512v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203509v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203508v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203506v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203513v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203515v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203516v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203518v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203519v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203523v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203522v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203525v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203526v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203529v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203528v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203527v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203531v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203535v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203533v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203458v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.K. Rustomji" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203536v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vinding" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203537v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203539v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203540v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203542v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>