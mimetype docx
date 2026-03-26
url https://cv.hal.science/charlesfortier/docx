--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -184,1873 +184,1873 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04851193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">2021 : travaillisation accrue et statut codifié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 01, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03521456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le concours, du principe à la marginalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 05, pp.249</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Au revoir, et merci !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Niquège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Zarca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Seurot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 06, pp.313</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Zarca</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Seurot</w:t>
+                <w:t xml:space="preserve">halshs-03892785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi du 6 août 2019, ou comment développer le statut &amp;quot;en même temps&amp;quot; que le contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.111-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petit ramonage pour la flamme des 25 bougies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 06, pp.313</w:t>
+              <w:t xml:space="preserve">, 2021, 03, pp.121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">2021 : travaillisation accrue et statut codifié</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la protection fonctionnelle à la protection des fonctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 01, pp.1</w:t>
+              <w:t xml:space="preserve">, 2021, 01, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le concours, du principe à la marginalisation</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03106965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dynamique statutaire du contrat de fonction publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 05, pp.249</w:t>
+              <w:t xml:space="preserve">, 2020, 02, pp.65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1, pp.111-120</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02498501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les bonnes résolutions des lignes directrices de gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 01, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Petit ramonage pour la flamme des 25 bougies</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02487915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déontologie des agents publics ne se codifie pas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 03, pp.121</w:t>
+              <w:t xml:space="preserve">, 2019, 02, pp.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">De la protection fonctionnelle à la protection des fonctions</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disputatio à l'AJDA : sale temps pour l'universitaire-parlementaire !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.545</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le renforcement du dispositif de participation des chercheurs publics à l'innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22, pp.1278</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la fonction publique : bonne année !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 01, pp.1</w:t>
+              <w:t xml:space="preserve">, 2019, 01, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La dynamique statutaire du contrat de fonction publique</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « référent » : question(s) d'autorité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 02, pp.65</w:t>
+              <w:t xml:space="preserve">, 2018, 01, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les bonnes résolutions des lignes directrices de gestion</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un régime juridique de la diffamation propre aux universitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37, pp.2097</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02220935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recrutements universitaires et conflits d'intérêts : les vicissitudes du double corps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 01, pp.1</w:t>
+              <w:t xml:space="preserve">, 2017, 05, pp.265</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La déontologie des agents publics ne se codifie pas</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la déontologie des fonctionnaires à la spécialisation des fonctions publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 02, pp.61</w:t>
+              <w:t xml:space="preserve">, 2017, 01, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Disputatio à l'AJDA : sale temps pour l'universitaire-parlementaire !</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">20 ans, une nouvelle robe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour sur la sélection en master</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 09, pp.536</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Mesures d'ordre intérieur » : de la clarification à la dénaturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 01, pp.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïcité, liberté chérie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 01, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le recrutement des universitaires en France, ou le mouvement perpétuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ius Publicum network review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1, pp.1-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recrutement universitaire : accélérer le changement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 05, pp.287</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prorogation d'une suspension de fonctions est conditionnée à l'engagement de l'action disciplinaire dans un délai raisonnable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 02, pp.85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot;fonction publique&amp;quot; francese naviga a vista?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ius Publicum network review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2, pp.1-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une clarification du régime juridique des décisions du CNU en matière de recrutement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 10, pp.545</w:t>
+              <w:t xml:space="preserve">, 2014, 12, pp.697</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 22, pp.1278</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02220252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le couronnement de l'arrêt Lebon : le choix de la sanction disciplinaire fait l'objet d'un contrôle plein du juge administratif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 01, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...896 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02224755v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-02220252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le blâme, infligé hors du contrôle du juge</w:t>
               </w:r>
@@ -3528,710 +3528,710 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le régime français de l’alerte – Éléments de cadrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gwenola Bargain; Christina Koumpli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’avenir de la protection des lanceurs d’alerte dans l’Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare &amp; Martin, pp.17-32, 2023, 978-2-84934-707-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04321458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Expression universitaire, liberté, déontologie – Hommage au professeur Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne-Laure Cassard-Valembois; Charles Fortier; Marie-Odile Peyroux-Sissoko. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pouvoir et contre-pouvoirs - Mélanges en l’honneur du professeur Bertrand Mathieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LGDJ, pp.233-237, 2023, 978-2-275-13576-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Mare &amp; Martin, pp.17-32, 2023, 978-2-84934-707-2</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation d'impartialité et prévention des conflits d'intérêts : les sauves apparences d'un couple mal assorti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexis Zarca. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le travailleur obligé. Regards croisés sur les obligations de l'agent public et du salarié</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.171-182, 2019, 9782247185658</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...48 lines deleted...]
-              <w:t xml:space="preserve">, pp.171-182, 2019, 9782247185658</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ces colosses aux pieds d’argile… – Synthèse des actes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuel Aubin; Emmanuel-Pie Guiselin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les regroupements dans l'enseignement supérieur et la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.269-279, 2018, 979-10-90426-90-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, pp.269-279, 2018, 979-10-90426-90-0</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources du droit de l'enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernard Beignier; Didier Truchet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'enseignement supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ; Lextenso, pp.49-100, 2018, 978-2275057606</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...48 lines deleted...]
-              <w:t xml:space="preserve">, LGDJ; Lextenso, pp.49-100, 2018, 978-2275057606</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cas de la France : du statut général des fonctionnaires à un code général des relations professionnelles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Philippe Dunand; Pascal Mahon; Stéphanie Perrenoud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit de la relation de travail à la croisée des chemins : convergences et divergences entre le droit privé du travail et le droit de la fonction publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Schulthess, pp.391-411, 2016, 978-3-7255-8609-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le recrutement des universitaires en France, ou le mouvement perpétuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roberto Cavallo Perin; Gabriella M. Racca; Carla Barbati. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Il reclutamento universitaire in Europa - The Academic Recruitment in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editoriale Scientifica, pp.97-117, 2016, 978-88-6342-971-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Schulthess, pp.391-411, 2016, 978-3-7255-8609-7</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil d’État, juge du recrutement des universitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Caillosse; Olivier Renaudie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Conseil d'État et l'Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.47-67, 2015, 9782247150298</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les lois mémorielles, ou la victimisation institutionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Boris Bernabé. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'avènement juridique de la victime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La documentation française, p. 93-106, 2015, 978-2-11-010053-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01495056v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02505557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Université(s)</w:t>
               </w:r>
@@ -5693,51 +5693,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04851193v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Fortier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892785v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Niqu&#232;ge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Zarca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Marc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seurot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03521456v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323218v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689811v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323229v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03106965v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02498501v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487915v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449312v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449369v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451296v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224837v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220935v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224833v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224815v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215405v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224794v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224801v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689902v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224783v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224771v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323032v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220252v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224753v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220170v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224741v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224736v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219466v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323201v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224709v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224697v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224696v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219418v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224680v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224661v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323243v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224662v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224660v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224669v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218901v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323265v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224576v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218006v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323873v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-droit.fr/editeur/38283-institut-francophone-pour-la-justice-et-la-democratie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323792v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321458v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011349v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247185658-le-travailleur-oblige-regards-croises-sur-les-obligations-de-l-agent-public-et-du-salarie-alexis-zarca/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505411v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fernandes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322859v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505504v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495056v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505557v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323095v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322997v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323073v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323145v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323159v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323179v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323314v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323255v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cassard-Valembois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Peyroux-Sissoko" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322762v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247220458-droit-de-la-fonction-publique-2e-edition-charles-fortier/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442931v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chaussard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jacotot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011324v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247179930-droit-de-la-fonction-publique-charles-fortier/#targetDetail" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488933v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488902v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04323599v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04851193v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Fortier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03521456v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323218v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892785v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Niqu&#232;ge" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Zarca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Marc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seurot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689811v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323229v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03106965v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02498501v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487915v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449312v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449369v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451296v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224837v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220935v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224833v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224815v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224801v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215405v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224794v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689902v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224783v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224771v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323032v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220252v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224755v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224753v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220170v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224741v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224736v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219466v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323201v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224709v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224697v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224696v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219418v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224680v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224661v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323243v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224662v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224660v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224669v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218901v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323265v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224576v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218006v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323873v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-droit.fr/editeur/38283-institut-francophone-pour-la-justice-et-la-democratie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321458v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323792v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011349v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247185658-le-travailleur-oblige-regards-croises-sur-les-obligations-de-l-agent-public-et-du-salarie-alexis-zarca/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505411v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fernandes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505504v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322859v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505557v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495056v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323095v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322997v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323073v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323145v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323159v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323179v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323314v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323255v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cassard-Valembois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Peyroux-Sissoko" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322762v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247220458-droit-de-la-fonction-publique-2e-edition-charles-fortier/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442931v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chaussard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jacotot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011324v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247179930-droit-de-la-fonction-publique-charles-fortier/#targetDetail" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488933v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488902v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04323599v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>