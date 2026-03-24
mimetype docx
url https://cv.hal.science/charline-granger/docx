--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -75,459 +75,459 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le théâtre comme milieu. Essai d’écophysiologie dramaturgique, XVIIIe-XXIe siècles</w:t>
+                <w:t xml:space="preserve">Modération politique et éthos féminin : L’Esclavage des Noirs d’Olympe de Gouges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de synthèse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 146 (1-2), pp.284-316. </w:t>
+              <w:t xml:space="preserve">Pratiques &amp; formes littéraires 16-18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22, </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/19552343-14234077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35562/pfl.936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05234116v1</w:t>
+                <w:t xml:space="preserve">hal-05535430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Géométries de l’enchantement. Pierre Patte, Essai sur l’architecture théâtrale, 1782 »</w:t>
+                <w:t xml:space="preserve">Le théâtre comme milieu. Essai d’écophysiologie dramaturgique, XVIIIe-XXIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Histoire du Théâtre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de synthèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 146 (1-2), pp.284-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/19552343-14234077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05365411v1</w:t>
+                <w:t xml:space="preserve">hal-05234116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un écosystème numérique au service du patrimoine théâtral d’Ancien Régime</w:t>
+                <w:t xml:space="preserve">« Géométries de l’enchantement. Pierre Patte, Essai sur l’architecture théâtrale, 1782 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Karsenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Situ : Revue des patrimoines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue d'Histoire du Théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (301), pp.39-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660756v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Contester, supplier, concéder. Le personnel de la Comédie-Française face au pouvoir souverain des comédiens »</w:t>
+                <w:t xml:space="preserve">Un écosystème numérique au service du patrimoine théâtral d’Ancien Régime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Harvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Karsenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">In Situ : Revue des patrimoines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/122pa⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613834v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Du choc aux convulsions : la contagion de l’horreur dans Gabrielle de Vergy de Belloy »</w:t>
+                <w:t xml:space="preserve">« Contester, supplier, concéder. Le personnel de la Comédie-Française face au pouvoir souverain des comédiens »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Double Jeu : Théâtre / Cinéma</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56, pp.395-417</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/doublejeu.3153⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04344855v1</w:t>
+                <w:t xml:space="preserve">hal-04613834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« The “Comédie-Française” Registers as Linked Open Data: From Heterogeneity to Quantitative RDF Data »</w:t>
               </w:r>
@@ -754,255 +754,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les Journées particulières de la Comédie-Française : Une réflexion sur l'actualité et l'inactualité du répertoire »</w:t>
+                <w:t xml:space="preserve">« Du choc aux convulsions : la contagion de l’horreur dans Gabrielle de Vergy de Belloy »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'esprit créateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 62 (2), pp.50-61. </w:t>
+              <w:t xml:space="preserve">Double Jeu : Théâtre / Cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20, pp.107-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1353/esp.2022.0013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/doublejeu.3153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344995v1</w:t>
+                <w:t xml:space="preserve">hal-04344855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les intempéries de l’opinion, des parterres de théâtre aux journaux-thermomètres sous la Révolution »</w:t>
+                <w:t xml:space="preserve">« Les Journées particulières de la Comédie-Française : Une réflexion sur l'actualité et l'inactualité du répertoire »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, n° 54 (1), pp.261-274. </w:t>
+              <w:t xml:space="preserve">L'esprit créateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (2), pp.50-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dhs.054.0261⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1353/esp.2022.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344951v1</w:t>
+                <w:t xml:space="preserve">hal-04344995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Les intempéries de l’opinion, des parterres de théâtre aux journaux-thermomètres sous la Révolution »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 54 (1), pp.261-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dhs.054.0261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04344951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Mécanique, décoration et architecture : les ambitions totalisatrices de Pierre Boullet (Essai sur l’art de construire les théâtres, 1801) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Double Jeu : Théâtre / Cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 18, p. 71-86. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/doublejeu.2850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1012,51 +1090,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les registres de la Comédie-Française sur le Web de données liées : de l'hétérogénéité de données vers des données quantitatives en RDF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1072,73 +1150,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Conférence Nationale sur les Applications Pratiques de l’Intelligence Artificielle APIA@PFIA2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFIA-Association Française pour l'Intelligence Artificielle; ICube-laboratoire des sciences de l'ingénieur, de l'informatique et de l'imagerie, Jul 2023, Strasbourg, France. pp.63-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04159399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The &amp;quot;Comédie-Française&amp;quot; registers as Linked Open Data: from heterogeneity to quantitative RDF data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1154,51 +1232,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Metadata and Semantics Research (MTSR 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1208,471 +1286,453 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Mots des registres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bouteille-Meister</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ennui du spectateur. Thermique du théâtre (1716-1788)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier. , 2021, 2406119165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une comédie française à Londres au XVIIIe siècle, ou l’échec érigé en mythe patriotique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andrea Fabiano; Agathe Giraud; Florence Naugrette; Clément Scotto di Clemente; Violaine Vielmas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raconter l'histoire du théâtre. Comment et pourquoi ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorbonne Université Presses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.213-228, 2026, Theatrum mundi, 979-10-231-5209-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du tumulte au jugement : les corps des spectateurs du parterre à Paris dans les années 1730</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Capucine Lebreton. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Corps social au XVIIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 21, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.99-121, 2025, Lumières, 9782825713389</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05234147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’imagination thérapeutique dans De la passion de l’amour (1782) »</w:t>
+                <w:t xml:space="preserve">Incidents et temps granulaire dans la poétique de Diderot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Irène Passeron et Alain Sandrier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les remèdes à l’amour de l’Antiquité au XVIIIe siècle</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Mots de Diderot. Mélanges offerts à Marie Leca-Tsiomis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14743-5.p.0201⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04345030v1</w:t>
+                <w:t xml:space="preserve">hal-05535450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L'impression du moment. Énergie du désordre et séance théâtrale dans les écrits sur le théâtre de Diderot et de Marmontel »</w:t>
               </w:r>
@@ -1812,245 +1872,336 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05146846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation et dossier critique de l’article FROID (Belles-Lettres) (vol. VII, 1757)</w:t>
+                <w:t xml:space="preserve">« L’imagination thérapeutique dans De la passion de l’amour (1782) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Édition Numérique Collaborative et Critique de l’Encyclopédie (1751-1772) [ENCCRE]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les remèdes à l’amour de l’Antiquité au XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.201-218, 2023, 978-2-406-14743-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14743-5.p.0201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933628v1</w:t>
+                <w:t xml:space="preserve">hal-04345030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation et dossier critique de l’article FEU (Littérat.) (vol. VI, 1756)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Édition Numérique Collaborative et Critique de l’Encyclopédie (1751-1772) [ENCCRE]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, http://enccre.academie-sciences.fr/encyclopedie/article/v6-777-31, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04933618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Annotation et dossier critique de l’article FROID (Belles-Lettres) (vol. VII, 1757)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Édition Numérique Collaborative et Critique de l’Encyclopédie (1751-1772) [ENCCRE]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , http://enccre.academie-sciences.fr/encyclopedie/article/v7-402-9, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04933628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claude Villaret, « Lettre à M. de V*** sur sa tragédie de Mahomet »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Karsenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Nanterre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Métamorphoses du commentaire (XVᵉ-XVIIIᵉ siècles) : une Anthologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 321-353, 2020, 978-2-84016-356-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2060,98 +2211,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Ailes (du théâtre) » ; « Amphithéâtre » ; « Balcon » ; « Billet » ; « Boues et lanternes » ; « Bougie » ; « Chambrée » ; « Chandelle (ordinaires, extraordinaires, des acteurs) » ; « Chandelle des religieux » ; « Clôture (du théâtre) » ; « Défalque » ; « Dépenses » ; « Droit des pauvres » ; « Erreur dans les compte » ; « Feu(x) d’acteur (feux d’enfant) » ; « Frotteur » ; « Galerie » ; « Mémoire » ; « Monnaie » ; « Ordre des pièces » ; « Ouverture (du théâtre) » ; « Paradis » ; « Part d’acteur » ; « Part d’auteur » ; « Parterre » ; « Preuve » ; « Recette » ; « Registre journalier (registre double ) » ; « Règlement » ; « Relâche » ; « Représentation » ; « Saison » ; « Salle » ; « Semainier » ; « Signature » ; « Suif »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots des registres de la Comédie-Française, Charlotte Bouteille et Charline Granger (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05310084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2161,107 +2312,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligences collectives au siècle des Lumières : parterres de théâtre et foules séditieuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, https://theconversation.com/intelligences-collectives-au-siecle-des-lumieres-parterres-de-theatre-et-foules-seditieuses-267364. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.vm3vjgjcw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05352841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2271,157 +2422,157 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artisanat, art, entreprise commerciale, industrie : comment dépasser les oppositions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Goestchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Poirson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Varela</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Son</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05009653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2568,51 +2719,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234116v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Granger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19552343-14234077" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660756v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Harvey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Karsenti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/122pa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613834v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344855v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.3153" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344884v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Amarger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39141-5_7" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344840v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.5799" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349888v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.3914" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344995v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2022.0013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344951v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.054.0261" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344830v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2850" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159399v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898020v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344918v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bouteille-Meister" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344813v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473893v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/arts-et-esthetique/theatrum-mundi/raconter-lhistoire-du-theatre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234147v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.georg.ch/le-corps-social-au-xviiie-siecle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345030v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-remedes-a-l-amour-de-l-antiquite-au-xviiie-siecle-l-imagination-therapeutique-dans-de-la-passion-de-l-amour-1782.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14743-5.p.0201" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385188v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15810-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146846v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Yvernault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933628v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933618v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344776v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310084v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352841v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.vm3vjgjcw" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009653v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goestchel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Poirson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Varela" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535430v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Granger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/pfl.936" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234116v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19552343-14234077" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365411v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660756v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Harvey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Karsenti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/122pa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613834v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344884v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Amarger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39141-5_7" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344840v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.5799" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349888v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.3914" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344855v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.3153" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344995v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2022.0013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.054.0261" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344830v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2850" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159399v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898020v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344918v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bouteille-Meister" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344813v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473893v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/arts-et-esthetique/theatrum-mundi/raconter-lhistoire-du-theatre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234147v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.georg.ch/le-corps-social-au-xviiie-siecle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535450v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385188v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15810-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146846v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Yvernault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345030v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-remedes-a-l-amour-de-l-antiquite-au-xviiie-siecle-l-imagination-therapeutique-dans-de-la-passion-de-l-amour-1782.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14743-5.p.0201" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933618v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933628v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344776v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310084v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352841v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.vm3vjgjcw" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009653v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goestchel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Poirson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Varela" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>