--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,410 +66,276 @@
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Thèmes de recherche :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Mon travail de thèse porte sur les manières dont les enseignants de collège envisagent la notion d’esprit critique et leurs stratégies d’enseignement pour développer l’esprit critique de leurs élèves. Je m’intéresse également aux conceptions de l’esprit critique dans les ressources pédagogiques que les enseignants utilisent pour s’auto-former sur ce sujet, ainsi que celles qu’ils et elles produisent et/ou mobilisent pour éduquer à l’esprit critique. Pour ce faire, je mobilise avant tout des méthodes qualitatives (enquête par entretiens et analyse documentaire).</w:t>
+        <w:t xml:space="preserve">Mon travail de thèse portait sur les manières dont les enseignants de collège envisagent la notion d’esprit critique et leurs stratégies d’enseignement pour développer l’esprit critique de leurs élèves. Je me suis également intéressée aux conceptions de l’esprit critique dans les ressources pédagogiques que les enseignants utilisent pour s’auto-former sur ce sujet, ainsi que celles qu’ils et elles produisent et/ou mobilisent pour éduquer à l’esprit critique.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">J’ai auparavant contribué au projet de recherche e-FRAN Savanturiers du Numérique, en étudiant notamment l’appropriation par des enseignants de primaire et du secondaire d’une application web (le carnet numérique de l’élève-chercheur) visant à instrumenter la mise en oeuvre d'une démarche d'investigation en classe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservative management of brain arteriovenous malformations: results of the prospective observation registry of a pragmatic trial</w:t>
+                <w:t xml:space="preserve">Mentoring teachers in the context of student-question-based inquiry: the challenges of the Savanturiers programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tim Darsaut</w:t>
+                <w:t xml:space="preserve">Matthieu Cisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Gentric</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charlotte Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurosurgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3171/2024.5.JNS24623⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Science Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (17), pp.2729-2745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09500693.2021.1986240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05507979v1</w:t>
+                <w:t xml:space="preserve">hal-03480456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mentoring teachers in the context of student-question-based inquiry: the challenges of the Savanturiers programme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Instrumentation numérique de la rédaction incrémentale : leçons tirées de la mise à l'épreuve du carnet numérique de l'élève chercheur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Cisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Education/Revue canadienne de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 44 (2), pp.277-307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03274969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -479,331 +345,331 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles intentions derrière la vulgarisation de la sociologie ? Retour sur la conception de 3 vidéos sur YouTube</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Fostering critical thinking across disciplines: diverse conceptions in resources for French middle schools’ teachers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude "Diffusion et réception des savoirs sociologiques"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">16th conference of the International Association for Research on Textbooks and Educational Media (IARTEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03688512v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fostering critical thinking across disciplines: diverse conceptions in resources for French middle schools’ teachers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Quelles intentions derrière la vulgarisation de la sociologie ? Retour sur la conception de 3 vidéos sur YouTube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th conference of the International Association for Research on Textbooks and Educational Media (IARTEM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Florence, Italy</w:t>
+              <w:t xml:space="preserve">Journée d’étude "Diffusion et réception des savoirs sociologiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04239605v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esprit critique et médiation : réflexions autour d'une synthèse de travaux de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin de Checchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and You</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New resources creating tensions in teachers' activity: The case of the Education Through Research model and the Student-Researcher Digital Notebook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bruillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Research on Textbooks and Educational Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Odense, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03451303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -813,646 +679,951 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des ressources pour développer l'esprit critique au collège - Quels choix d'usages par les enseignant•e•s de physique-chimie et sciences de la vie et de la terre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rendez-vous en didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Carnet Numérique de l’Élève-Chercheur : quelles utilisations en classe par les enseignant(e)s ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Voulgre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Louis Baron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication au Colloque scientifique E-FRAN des 15 et 16 octobre 2019, programme d’investissement d’avenir (PIA2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02358351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wikipédia : Quelles visions de la « vérité » ? (Avides de Recherche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/u9kn⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Par pitié, regardez cette vidéo ! (Avides de Recherche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/u9lb⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05322873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des chercheurs pour former les enseignants aux démarches d'investigation: une analyse des difficultés rencontrées par le programme Savanturiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Cisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03540660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (2)</w:t>
+        <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse de la recherche sur le Carnet Numérique de l’Elève-Chercheur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georges-Louis Baron</w:t>
+                <w:t xml:space="preserve">Teaching critical approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Jeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Barbier</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Adourian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Université Paris 5 René Descartes. 2019</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Atal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Audigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ÉPhiScience. 2024, pp.1-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-02406707v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05566363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Synthèse de la recherche sur le Carnet Numérique de l’Elève-Chercheur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges-Louis Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Cisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université Paris 5 René Descartes. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02406707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rapport scientifique de synthèse de la recherche Cahier numérique de l'élève chercheur (CNEC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Cisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges-Louis Baron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université Paris Descartes (Paris 5). 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développer l'esprit critique des élèves : analyse des conceptions, des pratiques déclarées et des choix de ressources d'enseignants de collège.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Education. Université Paris Cité, 2024. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2024UNIP7153⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05150814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId37"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1599,51 +1770,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05507979v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Darsaut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gentric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Heppner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lopez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Jabre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2024.5.JNS24623" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480456v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cisel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Barbier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500693.2021.1986240" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274969v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688512v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239605v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688505v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451303v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688496v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358351v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Voulgre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Louis Baron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304222v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Louis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9kn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540660v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02406707v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Louis Baron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278348v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480456v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cisel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Barbier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500693.2021.1986240" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274969v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239605v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688512v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688505v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451303v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688496v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358351v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Voulgre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Louis Baron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304222v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Louis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9kn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322873v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9lb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540660v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566363v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Jeune" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adourian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Atal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Audigier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bagneux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02406707v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Louis Baron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278348v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05150814v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024UNIP7153" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>