--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -1708,485 +1708,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02633900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PHIV-RootCell: a supervised image analysis tool for rice root anatomical parameter quantification</w:t>
+                <w:t xml:space="preserve">The Dopaminergic Neurons Controlling Anterior Pituitary Functions: Anatomy and Ontogenesis in Zebrafish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Lartaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Perin</w:t>
+                <w:t xml:space="preserve">Romain Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Courtois</w:t>
+                <w:t xml:space="preserve">Pierre Affaticati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Thomas</w:t>
+                <w:t xml:space="preserve">Ingrid Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophia Henry</w:t>
+                <w:t xml:space="preserve">Michaël Demarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5, pp.1-7. </w:t>
+              <w:t xml:space="preserve">Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 156 (8), pp.2934-2948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2014.00790⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1210/en.2015-1091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637835v1</w:t>
+                <w:t xml:space="preserve">hal-01156480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the optic recess region as a morphogenetic entity in the zebrafish forebrain.</w:t>
+                <w:t xml:space="preserve">PHIV-RootCell: a supervised image analysis tool for rice root anatomical parameter quantification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Affaticati</w:t>
+                <w:t xml:space="preserve">Marc Lartaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Perin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kei Yamamoto</w:t>
+                <w:t xml:space="preserve">Brigitte Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Rizzi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Bureau</w:t>
+                <w:t xml:space="preserve">Emilie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Peyriéras</w:t>
+                <w:t xml:space="preserve">Sophia Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5, pp.8738. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep08738⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2014.00790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01142552v1</w:t>
+                <w:t xml:space="preserve">hal-02637835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dopaminergic Neurons Controlling Anterior Pituitary Functions: Anatomy and Ontogenesis in Zebrafish</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of the optic recess region as a morphogenetic entity in the zebrafish forebrain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Affaticati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Fontaine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Affaticati</w:t>
+                <w:t xml:space="preserve">Kei Yamamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Rizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Demarque</w:t>
+                <w:t xml:space="preserve">Nadine Peyriéras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 156 (8), pp.2934-2948. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.8738. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/en.2015-1091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep08738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01156480v1</w:t>
+                <w:t xml:space="preserve">hal-01142552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dopamine inhibits reproduction in female zebrafish (Danio rerio) via three pituitary D2 receptor subtypes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Affaticati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kei Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2244,295 +2244,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00800376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of hypothalamic serotoninergic neurons requires Fgf signalling via the ETS-domain transcription factor Etv5b.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of Dopamine Receptor Genes of the D1 Class in Vertebrates.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kei Yamamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Bosco</w:t>
+                <w:t xml:space="preserve">Olivier Mirabeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Gaspar</w:t>
+                <w:t xml:space="preserve">Maryline Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bally-Cuif</w:t>
+                <w:t xml:space="preserve">Sophie Michon-Coudouel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 140 (2), pp.372-84. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (4), pp.833-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.089094⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/mss268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00781231v1</w:t>
+                <w:t xml:space="preserve">hal-00800390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of Dopamine Receptor Genes of the D1 Class in Vertebrates.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of hypothalamic serotoninergic neurons requires Fgf signalling via the ETS-domain transcription factor Etv5b.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mirabeau</w:t>
+                <w:t xml:space="preserve">Adriana Bosco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Affaticati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Blin</w:t>
+                <w:t xml:space="preserve">Patricia Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Michon-Coudouel</w:t>
+                <w:t xml:space="preserve">Laure Bally-Cuif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 30 (4), pp.833-43. </w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 140 (2), pp.372-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/mss268⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1242/dev.089094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00800390v1</w:t>
+                <w:t xml:space="preserve">hal-00781231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2837,51 +2837,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029201v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen A. Leon-Icaza" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fr&#233;taud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarahdja Corn&#233;lie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bureau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Yatime" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.117957" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506925v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liz Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Paris" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Demou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Birck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Begon&#8208;pescia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70354" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172998v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Leli&#232;vre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bordat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Langevin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dmm.049488" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323839v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Chalin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Rochal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Kissa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88667-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176985v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Mounier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Navarro Sanz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefeuvre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Varoquaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-020-00312-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177198v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Yoon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lae-Hyeon Cho" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzhu Yang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richa Pasriga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunfei Wu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa209" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626430v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frouin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Languillaume" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mieulet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boisnard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190964" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Huyen Chu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Giang Hoang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Chi Trinh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donaldo Meynard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-018-0209-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967592v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Lanau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ingouff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boukhaddaoui Hassan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Meunier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-018-0364-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163861v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Yuan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingcai Meng" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqiang Huang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;rin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00256" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629193v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bettembourg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dal-Soglio" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vernet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dardoux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-017-0190-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633900v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dievart" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hirsch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2015.06.019" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637835v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lartaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courtois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thomas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Henry" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00790" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142552v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Affaticati" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Yamamoto" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rizzi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Peyri&#233;ras" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08738" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156480v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fontaine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Colin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Demarque" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2015-1091" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800376v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jolly" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2012-1759" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781231v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bosco" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gaspar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bally-Cuif" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.089094" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800390v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mirabeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Blin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michon-Coudouel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mss268" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788458v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen A Leon-Icaza" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fretaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029201v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen A. Leon-Icaza" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fr&#233;taud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarahdja Corn&#233;lie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bureau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Yatime" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.117957" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506925v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liz Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Paris" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Demou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Birck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Begon&#8208;pescia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70354" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172998v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Leli&#232;vre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bordat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Langevin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dmm.049488" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323839v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Chalin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Rochal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Kissa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88667-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176985v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Mounier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Navarro Sanz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefeuvre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Varoquaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-020-00312-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177198v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Yoon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lae-Hyeon Cho" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzhu Yang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richa Pasriga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunfei Wu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa209" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626430v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frouin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Languillaume" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mieulet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boisnard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190964" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Huyen Chu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Giang Hoang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Chi Trinh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donaldo Meynard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-018-0209-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967592v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Lanau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ingouff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boukhaddaoui Hassan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Meunier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-018-0364-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163861v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Yuan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingcai Meng" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqiang Huang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;rin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00256" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629193v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bettembourg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dal-Soglio" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vernet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dardoux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-017-0190-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633900v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dievart" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hirsch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2015.06.019" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156480v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fontaine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Affaticati" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Colin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Demarque" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2015-1091" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637835v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lartaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courtois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thomas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Henry" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00790" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142552v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Yamamoto" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rizzi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Peyri&#233;ras" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08738" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800376v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jolly" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2012-1759" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800390v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mirabeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Blin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michon-Coudouel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mss268" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781231v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bosco" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gaspar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bally-Cuif" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.089094" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788458v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen A Leon-Icaza" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fretaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>