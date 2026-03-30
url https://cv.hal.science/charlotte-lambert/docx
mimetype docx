--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1994,307 +1994,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting seasonal variations in coastal seabird habitats in the English Channel and the Bay of Biscay</w:t>
+                <w:t xml:space="preserve">Spatial conservation prioritization for mobile top predators in French waters: comparing encounter rates and predicted densities as input</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Virgili</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Lambert</w:t>
+                <w:t xml:space="preserve">Juliette Delavenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Pettex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Dorémus</w:t>
+                <w:t xml:space="preserve">Fanny Lepareur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. van Canneyt</w:t>
+                <w:t xml:space="preserve">Isabelle Witté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Touroult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 141, pp.212-223. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.03.017⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 141, pp.275-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03796694v1</w:t>
+                <w:t xml:space="preserve">hal-01537194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial conservation prioritization for mobile top predators in French waters: comparing encounter rates and predicted densities as input</w:t>
+                <w:t xml:space="preserve">Predicting seasonal variations in coastal seabird habitats in the English Channel and the Bay of Biscay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Delavenne</w:t>
+                <w:t xml:space="preserve">A. Virgili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Lepareur</w:t>
+                <w:t xml:space="preserve">E. Pettex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dorémus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Witté</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Lambert</w:t>
+                <w:t xml:space="preserve">O. van Canneyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 141, pp.275-284. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 141, pp.212-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.03.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.05.003⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01537194v1</w:t>
+                <w:t xml:space="preserve">hal-03796694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does ocean seasonality drive habitat preferences of highly mobile top predators? Part II: The eastern North-Atlantic</w:t>
               </w:r>
@@ -2439,64 +2439,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habitat modelling predictions highlight seasonal relevance of Marine Protected Areas for marine megafauna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Virgili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pettex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Delavenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2949,51 +2949,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01075743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3026,276 +3026,201 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05264857v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-03439504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ATLANTIC WHALE DEAL Project: Mitigating Ship Strikes and Enhancing Carbon Sequestration in the Atlantic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliette Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliette Hamard</w:t>
+                <w:t xml:space="preserve">Annalisa Sambolino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annalisa Sambolino</w:t>
+                <w:t xml:space="preserve">Natacha Aguilar de Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Arbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Authier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th Annual Conference of the European Cetacean Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Catania (IT), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3305,185 +3230,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Top predators in marine ecosystem : their response to ocean spatio-temporal variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecosystems. Université de La Rochelle, 2016. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016LAROS010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01661463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Top predators in marine ecosystem their response to ocean spatio-temporal variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecology, environment. Université de La Rochelle, 2016. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01440357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId121"/>
+      <w:footerReference w:type="default" r:id="rId120"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3551,51 +3476,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9F9B862D"/>
+    <w:nsid w:val="11115FD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3782,51 +3707,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charlotte-lambert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1128-5262" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220453853" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394606v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Virgili" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Houles" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Dor&#233;mus" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lambert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2025.e04001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867575v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Bonnet-Lebrun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;millet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.15078" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931015v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Broderick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damla Beton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ca&#241;adas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dars" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2412845122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573237v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Cecere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico de Pascalis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae058" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062016v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.263" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254781v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Abucay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sorongon-Yap" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Kesner-Reyes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Capuli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Reyes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1198137" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695810v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fort" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13759" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882703v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Authier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Blanchard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.220379" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796727v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ridoux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.46" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317824v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doremus Ghislain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/790634" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545613v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dor&#233;mus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Panigada" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.114430" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296739v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Authier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gilles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hammond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.190296" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264224v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Doray" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spitz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsy143" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128193v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pettex" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jav.01935" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264538v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lambert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doray" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Spitz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2018.03.007" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796694v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Virgili" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pettex" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. van Canneyt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.03.017" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KF9MD5Q3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537194v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Delavenne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepareur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Touroult" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.05.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551639v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Pettex" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dor&#233;mus" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Laran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E St&#233;phan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.06.011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-34ZS5WQD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796673v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delavenne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Toison" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.03.016" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551632v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Laran" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L David" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.06.012" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGNL4H7B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510327v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blanck" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.11.012" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075743v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mannocci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lehodey" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0105958" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264857v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439504v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248515v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliette Hamard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Sambolino" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Aguilar de Soto" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Arbelo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01661463v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LAROS010" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01440357v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charlotte-lambert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1128-5262" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220453853" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394606v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Virgili" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Houles" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Dor&#233;mus" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lambert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2025.e04001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867575v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Bonnet-Lebrun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;millet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.15078" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931015v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Broderick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damla Beton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ca&#241;adas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dars" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2412845122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573237v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Cecere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico de Pascalis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae058" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062016v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.263" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254781v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Abucay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sorongon-Yap" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Kesner-Reyes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Capuli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Reyes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1198137" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695810v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fort" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13759" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882703v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Authier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Blanchard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.220379" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796727v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ridoux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.46" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317824v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doremus Ghislain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/790634" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545613v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dor&#233;mus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Panigada" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.114430" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296739v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Authier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gilles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hammond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.190296" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264224v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Doray" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spitz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsy143" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128193v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pettex" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jav.01935" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264538v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lambert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doray" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Spitz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2018.03.007" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537194v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Delavenne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepareur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Touroult" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.05.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796694v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Virgili" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pettex" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. van Canneyt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.03.017" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KF9MD5Q3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551639v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Pettex" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dor&#233;mus" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Laran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E St&#233;phan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.06.011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-34ZS5WQD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796673v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delavenne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Toison" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.03.016" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551632v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Laran" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L David" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.06.012" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGNL4H7B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510327v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blanck" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.11.012" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075743v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mannocci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lehodey" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0105958" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264857v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248515v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliette Hamard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Sambolino" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Aguilar de Soto" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Arbelo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01661463v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LAROS010" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01440357v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>