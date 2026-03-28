--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mini-GRID therapy delivers optimised spatially fractionated radiation therapy using a flattening free filter accelerator</w:t>
+                <w:t xml:space="preserve">On the significance of peak dose in normal tissue toxicity in spatially fractionated radiotherapy: The case of proton minibeam radiation therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Isabel Acuña</w:t>
+                <w:t xml:space="preserve">Yolanda Prezado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Brisebard</w:t>
+                <w:t xml:space="preserve">Cristele Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tim Schneider</w:t>
+                <w:t xml:space="preserve">Julie Espenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (1), pp.101. </w:t>
+              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 205, pp.110769. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43856-025-00809-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.radonc.2025.110769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263425v1</w:t>
+                <w:t xml:space="preserve">hal-05263418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the significance of peak dose in normal tissue toxicity in spatially fractionated radiotherapy: The case of proton minibeam radiation therapy</w:t>
+                <w:t xml:space="preserve">Mini-GRID therapy delivers optimised spatially fractionated radiation therapy using a flattening free filter accelerator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yolanda Prezado</w:t>
+                <w:t xml:space="preserve">M. Isabel Acuña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristele Gilbert</w:t>
+                <w:t xml:space="preserve">Elise Brisebard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Espenon</w:t>
+                <w:t xml:space="preserve">Tim Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 205, pp.110769. </w:t>
+              <w:t xml:space="preserve">Communications Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.radonc.2025.110769⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43856-025-00809-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263418v1</w:t>
+                <w:t xml:space="preserve">hal-05263425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dose Heterogeneity Reduces Radiation Oxygen Dependence in Both Tumor and Healthy Tissues: The Case of Proton Minibeam Radiation Therapy</w:t>
               </w:r>
@@ -547,51 +547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaïg Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Brisebard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Juchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -802,51 +802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorea Iturri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Brisebard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Juchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -923,51 +923,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-rays minibeam radiation therapy at a conventional irradiator: Pilot evaluation in F98-glioma bearing rats and dose calculations in a human phantom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Sotiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Brisebard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Le Dudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1038,546 +1038,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PD-0763 Role of the immune system in anti-tumoral resopnse to proton minibeam radiation therapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First Evaluation of Temporal and Spatial Fractionation in Proton Minibeam Radiation Therapy of Glioma-Bearing Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bertho</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Lamirault</w:t>
+                <w:t xml:space="preserve">Ramon Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Juchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristèle Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0167-8140(21)07042-0⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (19), pp.4865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13194865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03366806v1</w:t>
+                <w:t xml:space="preserve">hal-03366619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Evaluation of Temporal and Spatial Fractionation in Proton Minibeam Radiation Therapy of Glioma-Bearing Rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annaïg Bertho</w:t>
+                <w:t xml:space="preserve">PD-0763 Role of the immune system in anti-tumoral resopnse to proton minibeam radiation therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Brisebard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Juchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramon Ortiz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Lamirault</w:t>
+                <w:t xml:space="preserve">C. Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (19), pp.4865. </w:t>
+              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 161, pp.S593. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers13194865⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0167-8140(21)07042-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366619v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age‐related alteration of emotional regulation in the BACHD rat model of Huntington disease</w:t>
+                <w:t xml:space="preserve">Short and long-term evaluation of the impact of proton minibeam radiation therapy on motor, emotional and cognitive functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huu Phuc Nguyen</w:t>
+                <w:t xml:space="preserve">Valérie Doyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Juchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Doyère</w:t>
+                <w:t xml:space="preserve">Frederic Pouzoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole El Massioui</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dalila Labiod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes, Brain and Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19 (5), pp.e12633. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.13511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gbb.12633⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-70371-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02465769v1</w:t>
+                <w:t xml:space="preserve">pasteur-02916038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short and long-term evaluation of the impact of proton minibeam radiation therapy on motor, emotional and cognitive functions</w:t>
+                <w:t xml:space="preserve">Age‐related alteration of emotional regulation in the BACHD rat model of Huntington disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Phuc Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Doyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalila Labiod</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicole El Massioui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.13511. </w:t>
+              <w:t xml:space="preserve">Genes, Brain and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (5), pp.e12633. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-70371-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gbb.12633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02916038v1</w:t>
+                <w:t xml:space="preserve">hal-02465769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minibeam radiation therapy at a conventional irradiator: Dose-calculation engine and first tumor-bearing animals irradiation</w:t>
               </w:r>
@@ -1615,51 +1615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guardiola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Delorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 69, pp.256-261. </w:t>
@@ -1710,51 +1710,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatially Modulated Proton Minibeams Results in the Same Increase of Lifespan as a Uniform Target Dose Coverage in F98-Glioma-Bearing Rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Brisebard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Patriarca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1844,90 +1844,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Alteration of Emotion Regulation Precedes the Deficits in Interval Timing in the BACHD Rat Model for Huntington Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Garces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole El Massioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Riess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Phuc Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Integrative Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 12, pp.14. </w:t>
@@ -1965,51 +1965,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton minibeam radiation therapy widens the therapeutic index for high-grade gliomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolanda Prezado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Jouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2125,77 +2125,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libo Yu-Taeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Doyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Riess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Phuc Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 123 (3), pp.136-147. </w:t>
@@ -2245,51 +2245,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impaired Decision Making and Loss of Inhibitory-Control in a Rat Model of Huntington Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole El Massioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2651,51 +2651,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263425v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isabel Acu&#241;a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lamirault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Brisebard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Schneider" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-00809-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263418v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Prezado" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Gilbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Espenon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110769" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237036v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Potiron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorea Iturri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dos Santos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Corvino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2025.06.3859" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523045v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Bertho" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Juchaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-023-00411-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237323v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist&#232;le Gilbert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2022.12.018" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bertho" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2022.08.011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Sotiropoulos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Dudal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Jouvion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctro.2021.01.001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366806v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertho" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brisebard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juchaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gilbert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lamirault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(21)07042-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366619v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Ortiz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13194865" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465769v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Phuc Nguyen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Doy&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole El Massioui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbb.12633" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02916038v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pouzoulet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Labiod" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70371-w" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447924v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. dos Santos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guardiola" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delorme" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2019.12.016" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02961631v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Patriarca" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Crepin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1667/RADE-19-00013.1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830273v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garces" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Riess" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnint.2018.00014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953164v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Nauraye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Guardiola" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34796-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571653v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Yu-Taeger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2017.05.032" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BGCXZKC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400279v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Yag&#252;e" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Adjeroud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2016.00204" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03096434v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263418v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Prezado" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lamirault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Gilbert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Espenon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110769" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263425v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isabel Acu&#241;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Brisebard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Schneider" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-00809-7" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237036v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Potiron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorea Iturri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dos Santos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Corvino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2025.06.3859" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523045v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Bertho" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Juchaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-023-00411-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237323v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist&#232;le Gilbert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2022.12.018" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bertho" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2022.08.011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Sotiropoulos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Dudal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Jouvion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctro.2021.01.001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366619v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Ortiz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13194865" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366806v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertho" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brisebard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juchaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gilbert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lamirault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(21)07042-0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02916038v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Doy&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pouzoulet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Labiod" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70371-w" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465769v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Phuc Nguyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole El Massioui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbb.12633" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447924v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. dos Santos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guardiola" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delorme" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2019.12.016" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02961631v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Patriarca" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Crepin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1667/RADE-19-00013.1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830273v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garces" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Riess" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnint.2018.00014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953164v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Nauraye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Guardiola" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34796-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571653v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Yu-Taeger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2017.05.032" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BGCXZKC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400279v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Yag&#252;e" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Adjeroud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2016.00204" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03096434v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>