--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -202,351 +202,351 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Lexical and Syntactic Comprehension in Deaf Signing Adults</w:t>
+                <w:t xml:space="preserve">On the nature of role shift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Giorgia Zorzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Doriane Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Deaf Studies and Deaf Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 28 (4), pp.373-386. </w:t>
+              <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 71, pp.459-500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/deafed/enad022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11049-022-09539-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04178417v1</w:t>
+                <w:t xml:space="preserve">hal-03907593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the nature of role shift</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing Lexical and Syntactic Comprehension in Deaf Signing Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doriane Gras</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Hauser</w:t>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 71, pp.459-500. </w:t>
+              <w:t xml:space="preserve">Journal of Deaf Studies and Deaf Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (4), pp.373-386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11049-022-09539-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/deafed/enad022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03907593v1</w:t>
+                <w:t xml:space="preserve">hal-04178417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A subject advantage in covert dependencies: The case of wh‐question comprehension in French Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Syntax</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
@@ -580,103 +580,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the reliability of the notion of native signer and its risks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, </w:t>
@@ -714,124 +714,124 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetries in relative clause comprehension in three European sign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doriane Gras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 6 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/gjgl.1454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
@@ -848,124 +848,124 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetries in relative clause comprehension in three European sign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doriane Gras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2016-2021)</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 6 (1), pp.72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/gjgl.1454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
@@ -982,81 +982,81 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Similar but different: investigating temporal constructions in sign language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 6 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/gjgl.999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
@@ -1073,51 +1073,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Question-answer pairs: the help of LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formal and Experimental Advances in Sign language Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1151,51 +1151,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative clauses in French Sign Language (LSF): some preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1268,234 +1268,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aphasies en Langue des Signes Française : création et test de matériel orthophonique adapté</w:t>
+                <w:t xml:space="preserve">Sign Language Assessment in Aphasia: New tools, preliminary data, and insights for clinical practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Pietrzak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Parini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Mertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire de LURCO/UNADREO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UNADREO; LURCO, Oct 2025, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">Sign Language Grammars, Parsing Models, &amp; the Brain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Max Planck Institute for Human Cognitive &amp; Brain Sciences, Nov 2025, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316268v1</w:t>
+                <w:t xml:space="preserve">hal-05316215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign Language Assessment in Aphasia: New tools, preliminary data, and insights for clinical practice</w:t>
+                <w:t xml:space="preserve">Aphasies en Langue des Signes Française : création et test de matériel orthophonique adapté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Pietrzak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Language Grammars, Parsing Models, &amp; the Brain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Max Planck Institute for Human Cognitive &amp; Brain Sciences, Nov 2025, Leipzig, Germany</w:t>
+              <w:t xml:space="preserve">Webinaire de LURCO/UNADREO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UNADREO; LURCO, Oct 2025, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05316215v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting Phonological Components Analysis therapy to French Sign Language: a multiple case study</w:t>
               </w:r>
@@ -1507,51 +1507,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Pietrzak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Moritz-Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12TH NOVI SAD WORKSHOP ON PSYCHOLINGUISTIC, NEUROLINGUISTIC AND CLINICAL LINGUISTIC RESEARCH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Novi Sad, Apr 2025, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1589,51 +1589,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OHLALA! Exclamatives in LSF: Methods and Preliminary Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on exclamatives in Sign Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Structures Formelles du Langage, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1658,90 +1658,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age of acquisition matters. Effects of age of first sign language exposure in role-shift processing in three different sign languages (LIS, LSC and LSF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donati Caterina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgia Zorzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordina Sánchez Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1783,64 +1783,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing temporal constructions in Italian Sign Language and French Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TFL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1865,64 +1865,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal constructions in LIS and LSF: subordination vs. coordination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SSLL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1947,64 +1947,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Similaires mais pas identiques : constructions temporelles en LIS et LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IIIe Rencontres interdisciplinaires franco-brésiliennes : Surdité, Singularité et Université.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2029,64 +2029,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative study of temporal constructions: LIS vs. LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICFL-8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Hangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2169,51 +2169,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Pietrzak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Moritz-Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nordic Aphasia Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Uppsala, Sweden. , https://www.nordicaphasia.com/wp-content/uploads/sites/58/2025/05/NAC-2025-Abstract-book-according-to-schedule.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2238,64 +2238,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing syntactic competence in sign languages: the case of Wh-questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEAST 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2320,51 +2320,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eye-tracking investigation of LSF relative clauses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pozniak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2402,64 +2402,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal constructions a comparison between LIS and LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TISLR13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2516,51 +2516,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOW DO I BUILD A STRONG FOUNDATION FOR A DEAF CHILD’S LITERACY SKILLS?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2610,64 +2610,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A subject advantage in covert dependencies: the case of wh-questions comprehension in French Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2698,103 +2698,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the nature of role shift: insights from a comprehension study in different populations of LIS, LSC and LSF signers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Giorgia Zorzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doriane Gras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2848,51 +2848,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subordination in LSF : nominal and sentential embedding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistics. Université Paris-Diderot - Paris VII, 2019. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3009,51 +3009,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4327D764"/>
+    <w:nsid w:val="9C4989C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3240,51 +3240,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charlottehauser" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5444-3446" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/254002617" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/56161816307827721165" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178417v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Zorzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Aristodemo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Giustolisi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hauser" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Donati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/deafed/enad022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03907593v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gras" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-022-09539-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143329v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/synt.12257" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cecchetto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.716554" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509743v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.1454" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246691v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509783v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.999" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626570v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/FEAST.i2.04" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03082135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Geraci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2436/20.8050.03.2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316268v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pietrzak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316215v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Parini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mertz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moritz-Gasser" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317640v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511851v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donati Caterina" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordina S&#225;nchez Amat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511928v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511973v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511958v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511937v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316243v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511861v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665908v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pozniak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511869v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361920v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509969v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306458v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03626599v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/charlottehauser" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5444-3446" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/254002617" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/56161816307827721165" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03907593v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Aristodemo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Giustolisi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Zorzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hauser" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-022-09539-0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178417v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Donati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/deafed/enad022" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143329v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/synt.12257" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cecchetto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.716554" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509743v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.1454" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246691v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509783v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.999" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626570v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/FEAST.i2.04" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03082135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Geraci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2436/20.8050.03.2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316215v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pietrzak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Parini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mertz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316268v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moritz-Gasser" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317640v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511851v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donati Caterina" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordina S&#225;nchez Amat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511928v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511973v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511958v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511937v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316243v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511861v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665908v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pozniak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511869v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361920v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509969v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306458v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03626599v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>