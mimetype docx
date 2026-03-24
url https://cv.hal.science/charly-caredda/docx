--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04709100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital instrument simulator to optimize the development of hyperspectral systems: application for intraoperative functional brain mapping</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluorescence-Guided Surgical Techniques in Adult Diffuse Low-Grade Gliomas: State-of-the-Art and Emerging Techniques: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiebaud Picart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Gautheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thiébaud Picart</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/1.JBO.30.2.023513⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (15), pp.2698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers16152698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04815193v1</w:t>
+                <w:t xml:space="preserve">hal-04664316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescence-Guided Surgical Techniques in Adult Diffuse Low-Grade Gliomas: State-of-the-Art and Emerging Techniques: A Systematic Review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Digital instrument simulator to optimize the development of hyperspectral systems: application for intraoperative functional brain mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Giannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Ezhov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiébaud Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (15), pp.2698. </w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30(2) (02), </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers16152698⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/1.JBO.30.2.023513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04664316v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04815193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intraoperative identification of functional brain areas with RGB imaging using statistical parametric mapping: Simulation and clinical studies</w:t>
               </w:r>
@@ -1070,51 +1070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. van Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1204,51 +1204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1325,51 +1325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intraoperative Resting-State Functional Connectivity Based on RGB Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1593,51 +1593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Spectral Combination of a Hyperspectral Camera for Intraoperative Hemodynamic and Metabolic Brain Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1727,51 +1727,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intraoperative quantitative functional brain mapping using an RGB camera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2125,302 +2125,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the effect of breathing exercises on cerebral and extra-cerebral hemodynamics with TD-fNIRS</w:t>
+                <w:t xml:space="preserve">Automated registration of intraoperative optical images with preoperative MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Letizia Contini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Montcel</w:t>
+                <w:t xml:space="preserve">Eric Van-Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Re</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fernand Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Sdika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiébaud Picart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Biomedical Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, München, France. pp.M3A.14, </w:t>
+              <w:t xml:space="preserve">, Jun 2025, Munich, Germany. pp.M3A.15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.M3A.14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.M3A.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05385090v1</w:t>
+                <w:t xml:space="preserve">hal-05385068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated registration of intraoperative optical images with preoperative MRI</w:t>
+                <w:t xml:space="preserve">Study of the effect of breathing exercises on cerebral and extra-cerebral hemodynamics with TD-fNIRS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Van-Reeth</w:t>
+                <w:t xml:space="preserve">Letizia Contini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernand Fort</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rebecca Re</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Biomedical Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2025, Munich, Germany. pp.M3A.15, </w:t>
+              <w:t xml:space="preserve">, 2025, München, France. pp.M3A.14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.M3A.15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.M3A.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05385068v1</w:t>
+                <w:t xml:space="preserve">hal-05385090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Resting-state Seed Correlation Analysis in functional RGB and Magnetic Resonance Imaging</w:t>
+                <w:t xml:space="preserve">Resting-State RGB Parcellation: A Data-Driven Approach for Intra-operative Functional Brain Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adithep Kawinkij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
@@ -2434,751 +2434,751 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Guyotat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric van Reeth</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiébaud Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Biomedical Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2025, München, France. pp.Tu4A.6, </w:t>
+              <w:t xml:space="preserve">, Jun 2025, München, France. pp.W1B.3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.Tu4A.6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.W1B.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410276v1</w:t>
+                <w:t xml:space="preserve">hal-05410271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method to optimize measurement conditions for fluorescence spectroscopy systems for intraoperative glioma delineation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparative Study of Resting-state Seed Correlation Analysis in functional RGB and Magnetic Resonance Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Caredda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Guyotat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric van Reeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Biomedical Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, München, France. pp.Th2B.1, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.Th2B.1⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2025, München, France. pp.Tu4A.6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.Tu4A.6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269542v1</w:t>
+                <w:t xml:space="preserve">hal-05410276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraoperative Functional Hyperspectral Imaging Based on Changes in Hemoglobin Oxygenation and Oxidation of Cytochrome-C-Oxidase</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new method to optimize measurement conditions for fluorescence spectroscopy systems for intraoperative glioma delineation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Gautheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caredda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Montcel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISOTT 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Conference on Biomedical Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, München, France. pp.Th2B.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.Th2B.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05434423v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05269542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resting-State RGB Parcellation: A Data-Driven Approach for Intra-operative Functional Brain Mapping</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thiébaud Picart</w:t>
+                <w:t xml:space="preserve">Intraoperative Functional Hyperspectral Imaging Based on Changes in Hemoglobin Oxygenation and Oxidation of Cytochrome-C-Oxidase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Caredda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Tachtsidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Guyotat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Biomedical Optics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ISOTT 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society on Oxygen Transport to Tissue, Aug 2025, Thessalokini, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05410271v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05434423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HyperProbe consortium: innovate tumour neurosurgery with innovative photonic solutions</w:t>
+                <w:t xml:space="preserve">Pixel-wise and real-time estimation of optical mean path length using deep learning: application for intraoperative functional brain mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Ezhov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Sdika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Giannoni</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFNR 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Biophotonics III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Strasbourg, France. pp.35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3016632⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04959009v1</w:t>
+                <w:t xml:space="preserve">hal-04661800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pixel-wise and real-time estimation of optical mean path length using deep learning: application for intraoperative functional brain mapping</w:t>
+                <w:t xml:space="preserve">HyperProbe consortium: innovate tumour neurosurgery with innovative photonic solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Giannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Ezhov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luca Giannoni</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Biophotonics III</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SFNR 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Neuroradiologie, Mar 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3016632⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04661800v1</w:t>
+                <w:t xml:space="preserve">hal-04959009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A digital instrument simulator to optimize the development of hyperspectral systems for intraoperative brain mapping</w:t>
               </w:r>
@@ -3292,545 +3292,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04661783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A digital instrument simulator to optimize the development of hyperspectral systems for intraoperative brain mapping</w:t>
+                <w:t xml:space="preserve">Comparison of intraoperative functional brain maps obtained with RGB imaging with preoperative functional Magnetic Resonance Imaging maps a task-based and resting-state study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ilias Tachtsidis</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric van Reeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">fNIRS 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for functional near-infrared spectroscopy (SfNIRS), Sep 2024, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">RITS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française du Génie Biologique et Médical, Jun 2024, Aubière / Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863207v1</w:t>
+                <w:t xml:space="preserve">hal-04958882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of intraoperative functional brain maps obtained with RGB imaging with preoperative functional Magnetic Resonance Imaging maps a task-based and resting-state study</w:t>
+                <w:t xml:space="preserve">A digital instrument simulator to optimize the development of hyperspectral systems for intraoperative brain mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Sablong</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Giannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Ezhov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilias Tachtsidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RITS 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française du Génie Biologique et Médical, Jun 2024, Aubière / Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">fNIRS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for functional near-infrared spectroscopy (SfNIRS), Sep 2024, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04958882v1</w:t>
+                <w:t xml:space="preserve">hal-04863207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HyperProbe consortium: innovate tumour neurosurgery with innovative photonic solutions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ivan Ezhov</w:t>
+                <w:t xml:space="preserve">Separable spectral unmixing based on the learning of periodic absorbance changes: application to functional brain mapping using RGB imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caredda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Sablong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Sdika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diffuse Optical Spectroscopy and Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2670764⟩</w:t>
+              <w:t xml:space="preserve">European Conferences on Biomedical Optics, 2023, Munich, Germany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIE, Jun 2023, Munchen, Germany. pp.44, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2670506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04181658v1</w:t>
+                <w:t xml:space="preserve">hal-04181635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separable spectral unmixing based on the learning of periodic absorbance changes: application to functional brain mapping using RGB imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michaël Sdika</w:t>
+                <w:t xml:space="preserve">HyperProbe consortium: innovate tumour neurosurgery with innovative photonic solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Giannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Marradi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duccio Rossi Degl'Innocenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Ezhov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conferences on Biomedical Optics, 2023, Munich, Germany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SPIE, Jun 2023, Munchen, Germany. pp.44, </w:t>
+              <w:t xml:space="preserve">Diffuse Optical Spectroscopy and Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Munich, Germany. pp.126281C, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2670506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2670764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04181635v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of intraoperative functional brain maps obtained with RGB imaging with preoperative functional magnetic resonance Imaging maps: a task-based and resting-state study</w:t>
               </w:r>
@@ -3855,51 +3855,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric van Reeth van Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3944,549 +3944,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03687220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of brain simulating liquid and numeric phantoms for evaluating hemodynamic changes in intraoperative functional brain mapping studies</w:t>
+                <w:t xml:space="preserve">Intraoperative optical imaging for neurosurgery guidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jacques Guyotat</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Alston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Gautheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mahieu-Williame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Biophotonics II</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées de la Recherche en Imagerie et Technologies pour la Santé (RITS ) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Brest, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03687207v1</w:t>
+                <w:t xml:space="preserve">hal-03700652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraoperative optical imaging for neurosurgery guidance</w:t>
+                <w:t xml:space="preserve">Design of brain simulating liquid and numeric phantoms for evaluating hemodynamic changes in intraoperative functional brain mapping studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Gautheron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Montcel</w:t>
+                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Sablong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Sdika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Guyotat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Recherche en Imagerie et Technologies pour la Santé (RITS ) 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Biophotonics II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Strasbourg, France. pp.37, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2621235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700652v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03687207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multispectral Endoscopic Setup for Real Time Pathology Detection</w:t>
+                <w:t xml:space="preserve">Intraoperative Statistical Parametric Brain Mapping using RGB Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Montcel</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Sdika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Guyotat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conferences on Biomedical Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Munchen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03262018v1</w:t>
+                <w:t xml:space="preserve">hal-03261989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraoperative Statistical Parametric Brain Mapping using RGB Imaging</w:t>
+                <w:t xml:space="preserve">Multispectral Endoscopic Setup for Real Time Pathology Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conferences on Biomedical Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Munchen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03261989v1</w:t>
+                <w:t xml:space="preserve">hal-03262018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intraoperative Resting State Functional Connectivity Based on RGB Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4567,51 +4567,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Spectral Combination of a Hyperspectral Camera for Intraoperative Hemodynamic and Metabolic Brain Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4692,51 +4692,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intraoperative functional and metabolic brain mapping using hyperspectral imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4826,51 +4826,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pixel-wise modied Beer-Lambert model for intraoperative functional brain mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4947,51 +4947,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real time intraoperative functional brain mapping using a RGB camera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5596,64 +5596,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated registration of intraoperative optical images with preoperative MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Van-Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernand Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Sdika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5971,51 +5971,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital modeling of a heterogeneous and dynamic brain phantom: application to the choice of an RGB camera for intraoperative functional brain mapping studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Sablong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6118,51 +6118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Giannoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernand Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6364,51 +6364,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un prototype d’endoscope multispectral pour le petit animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moussata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6453,51 +6453,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02539581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraoperative functional brain mapping based on RGB imaging</w:t>
+                <w:t xml:space="preserve">Real time intraoperative functional brain mapping using a RGB camera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mahieu-Williame</w:t>
@@ -6532,97 +6532,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Guyotat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">fNIRS UK</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">Colloque RITS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02894964v1</w:t>
+                <w:t xml:space="preserve">hal-02142491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time intraoperative functional brain mapping using a RGB camera</w:t>
+                <w:t xml:space="preserve">Intraoperative functional brain mapping based on RGB imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mahieu-Williame</w:t>
@@ -6657,73 +6657,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Guyotat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque RITS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">fNIRS UK</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142491v1</w:t>
+                <w:t xml:space="preserve">hal-02894964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroimagerie fonctionnelle multispectrale interventionnelle</w:t>
               </w:r>
@@ -7252,51 +7252,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523747v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Caredda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lange" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccole Ranaei-Zamani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uzair Hakim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olayinka Kowobari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.31.2.027003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Bonaudo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Pieropan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wneu.2025.124766" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902718v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Tachtsidis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;baud Picart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guyotat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2025.3531556" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709094v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ezhov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Scibilia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giannoni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kofler" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Iliash" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.29.9.093509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709100v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marradi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.29.9.093508" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815193v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.30.2.023513" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664316v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Picart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gautheron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ray" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mahieu-Williame" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers16152698" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170059v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Reeth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Sablong" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sdika" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2023.120286" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369614v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cohen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.491292" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423345v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Schneider" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11112067" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568247v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caredda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mahieu-Williame" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sablong" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sdika" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guyotat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2020.04.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908361v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10155158" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425832v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Alston" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.NPh.6.4.045015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007229v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anam Toaha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Ricci" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duccio Rossi Degl'Innocenti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3039749" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385077v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.M5A.4" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385090v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Contini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.M3A.14" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385068v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Van-Reeth" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Fort" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.M3A.15" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410276v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adithep Kawinkij" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.Tu4A.6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269542v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Clerc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H&#233;bert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.Th2B.1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434423v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caredda" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lange" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tachtsidis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guyotat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Picart" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410271v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.W1B.3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959009v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661800v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3016632" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661783v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lange" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017488" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863207v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958882v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181658v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Marchetti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670764" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181635v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670506" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687220v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Josset" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth van Reeth" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621507" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687207v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621235" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700652v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262018v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261989v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262003v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien C Schneider" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262012v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539551v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2545968" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142540v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142519v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902495v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sablong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Alston" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03287190v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morille" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Belin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chapeau-Blondeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185684v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670746" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434416v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E Cohen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434396v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958946v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863197v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna L L David" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Siassakos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181637v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670750" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181647v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670873" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420561v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539581v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moussata" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894964v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sdika" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142491v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894966v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alston" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142155v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03602297v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LYSE1231" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523747v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Caredda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lange" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccole Ranaei-Zamani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uzair Hakim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olayinka Kowobari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.31.2.027003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Bonaudo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Pieropan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wneu.2025.124766" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902718v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Tachtsidis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;baud Picart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guyotat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2025.3531556" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709094v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ezhov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Scibilia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giannoni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kofler" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Iliash" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.29.9.093509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709100v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marradi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.29.9.093508" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664316v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Picart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gautheron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ray" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mahieu-Williame" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers16152698" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815193v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.30.2.023513" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170059v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Reeth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Sablong" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sdika" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2023.120286" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369614v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cohen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.491292" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423345v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Schneider" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11112067" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568247v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caredda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mahieu-Williame" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sablong" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sdika" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guyotat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2020.04.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908361v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10155158" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425832v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Alston" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.NPh.6.4.045015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007229v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anam Toaha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Ricci" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duccio Rossi Degl'Innocenti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3039749" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385077v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.M5A.4" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385068v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Van-Reeth" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Fort" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.M3A.15" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385090v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Contini" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Re" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.M3A.14" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410271v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adithep Kawinkij" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.W1B.3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410276v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.Tu4A.6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269542v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Clerc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H&#233;bert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.Th2B.1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434423v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caredda" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lange" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tachtsidis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guyotat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Picart" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661800v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3016632" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959009v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661783v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lange" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017488" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958882v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863207v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181635v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670506" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181658v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Marchetti" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670764" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687220v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Josset" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth van Reeth" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621507" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700652v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687207v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621235" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261989v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262018v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262003v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien C Schneider" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262012v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539551v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2545968" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142540v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142519v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902495v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sablong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Alston" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03287190v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morille" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Belin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chapeau-Blondeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185684v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670746" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434416v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E Cohen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434396v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958946v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863197v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna L L David" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Siassakos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181637v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670750" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181647v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2670873" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420561v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539581v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moussata" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142491v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sdika" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894964v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894966v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alston" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142155v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03602297v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LYSE1231" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>