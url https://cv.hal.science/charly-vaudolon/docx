--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -100,338 +100,338 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bringing atom probe tomography to transmission electron microscopes</w:t>
+                <w:t xml:space="preserve">In-Situ Pulsed Hydrogen Implantation in Atom Probe Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benjamin Klaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aidar Zakirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (1), pp.9870. </w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-54169-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mam/ozae040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04885414v1</w:t>
+                <w:t xml:space="preserve">hal-04582888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-Situ Pulsed Hydrogen Implantation in Atom Probe Tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bringing atom probe tomography to transmission electron microscopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Maillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérald da Costa</w:t>
+                <w:t xml:space="preserve">Celia Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Klaes</w:t>
+                <w:t xml:space="preserve">Charly Vaudolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Bacchi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Normand</w:t>
+                <w:t xml:space="preserve">Aidar Zakirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.9870. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mam/ozae040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-54169-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04582888v1</w:t>
+                <w:t xml:space="preserve">hal-04885414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an Energy-Sensitive Detector for the Atom Probe Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -534,51 +534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Vella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -655,77 +655,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Photonic Atom Probe coupling 3D Atomic Scale Analysis with in situ Photoluminescence Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Di Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Dalapati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -828,51 +828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cuvilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Vaudolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultramicroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 159, pp.403-412. </w:t>
@@ -961,51 +961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malick Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Vaudolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Hannoyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1252,51 +1252,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cuvilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Vaudolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1375,103 +1375,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bringing Atom Probe Tomography to Transmission Electron Microscopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Vaudolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aidar Zakirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -1662,51 +1662,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885414v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54169-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04582888v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bacchi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae040" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178516v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012708" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360365v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Vella" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1431927621004724" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902892v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Di Russo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dalapati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0012359" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107619v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hernandez Maldonado" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moyon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2015.02.011" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XT4Z10NX-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130787v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Jean" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jouen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hannoyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10751-011-0461-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-65FGX9GM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130777v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zivotsky" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chiron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaudolon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3121215" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954246v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Etienne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.6351" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734951v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04582888v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bacchi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae040" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885414v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54169-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178516v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012708" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360365v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Vella" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1431927621004724" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902892v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Di Russo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dalapati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0012359" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107619v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hernandez Maldonado" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moyon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2015.02.011" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XT4Z10NX-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130787v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Jean" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jouen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hannoyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10751-011-0461-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-65FGX9GM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130777v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zivotsky" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chiron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaudolon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3121215" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954246v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Etienne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.6351" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734951v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>