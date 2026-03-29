--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -626,607 +626,607 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Non-overlapping to Overlapping Communities</w:t>
+                <w:t xml:space="preserve">Dynamic and Overlapping Community Detection in Link Streams through Formal Concept Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Waffo Kemgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Huchet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Demko</w:t>
+                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Advances in Social Networks Analysis and Mining</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2025, Niagara Falls, Ontario, Canada. pp.315-329, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-13513-1_26⟩</w:t>
+              <w:t xml:space="preserve">, Aug 2025, Niagara Falls, Ontario, Canada. pp.83-93, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-13513-1_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05134820v1</w:t>
+                <w:t xml:space="preserve">hal-05134823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic and Overlapping Community Detection in Link Streams through Formal Concept Analysis</w:t>
+                <w:t xml:space="preserve">From Non-overlapping to Overlapping Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Waffo Kemgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Huchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karell Bertet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Advances in Social Networks Analysis and Mining</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2025, Niagara Falls, Ontario, Canada. pp.83-93, </w:t>
+              <w:t xml:space="preserve">, Aug 2025, Niagara Falls, Ontario, Canada. pp.315-329, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-13513-1_7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-13513-1_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05134823v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05134820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy and Overlapping Communities Detection: An Improved Approach Using Formal Concept Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Waffo Kemgne</w:t>
+                <w:t xml:space="preserve">Formal Concept Analysis beyond binary data: past and future in the GALACTIC platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASONAM 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ConSoft 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Workshop hosted at the CONCEPTS2025 conference, Sep 2025, Cluj-Napoca, Romania</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679375v1</w:t>
+                <w:t xml:space="preserve">hal-05145194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal Concept Analysis beyond binary data: past and future in the GALACTIC platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards Explainable Clustering in Process Mining and Sequential Pattern Mining: A Formal Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mondou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Amoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ConSoft 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Joint Conference on Conceptual Knowledge Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Cluj - Napoca, Romania. pp.143-160, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-03364-2_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05145194v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05134819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Explainable Clustering in Process Mining and Sequential Pattern Mining: A Formal Framework</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Damien Mondou</w:t>
+                <w:t xml:space="preserve">Fuzzy and Overlapping Communities Detection: An Improved Approach Using Formal Concept Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Waffo Kemgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Conceptual Knowledge Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Cluj - Napoca, Romania. pp.143-160, </w:t>
+              <w:t xml:space="preserve">ASONAM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Rende (CS), Calabria, Italy. pp.23-35, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-03364-2_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-78548-1_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05134819v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced Subcontext Completion in Lattices and Concept Lattices</w:t>
               </w:r>
@@ -1381,51 +1381,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Intelligence Artificielle 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFIA; L3i, Jul 2024, La Rochelle, France. pp.93-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1634,480 +1634,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04117085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the links between the NᴇxᴛPʀɪᴏʀɪᴛʏCᴏɴᴄᴇᴘᴛ algorithm and generalized convex hulls</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GALACTIC: towards a generic and scalable platform for complex and heterogeneous data using Formal Concept Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Savarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Mathematics Meetings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Mathematical Society (AMS), Apr 2022, Virtual, United States</w:t>
+              <w:t xml:space="preserve">Workshop ETAFCA'2022 - Existing Tools and Applications for Formal Concept Analysis in conjunction with the 16th International Conference on Concept Lattices and Their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tallinn University of Technology, Jun 2022, Tallinn, Estonia. pp.191--198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03639401v1</w:t>
+                <w:t xml:space="preserve">hal-03874711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GALACTIC: towards a generic and scalable platform for complex and heterogeneous data using Formal Concept Analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Discover spatio-temporal cluster from trajectory data enhance by heterogeneous contextual knowledge using FCA and the NᴇxᴛPʀɪᴏʀɪᴛʏCᴏɴᴄᴇᴘᴛ Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Savarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Savarit</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop ETAFCA'2022 - Existing Tools and Applications for Formal Concept Analysis in conjunction with the 16th International Conference on Concept Lattices and Their Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tallinn University of Technology, Jun 2022, Tallinn, Estonia. pp.191--198</w:t>
+              <w:t xml:space="preserve">The 16th International Conference on Concept Lattices and Their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tallinn University of Technology, Jun 2022, Tallinn, Estonia. pp.159--174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874711v1</w:t>
+                <w:t xml:space="preserve">hal-03874621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discover spatio-temporal cluster from trajectory data enhance by heterogeneous contextual knowledge using FCA and the NᴇxᴛPʀɪᴏʀɪᴛʏCᴏɴᴄᴇᴘᴛ Algorithm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fouille de séquences temporelles avec l’AFC et l’outil GALACTIC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karell Bertet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Cayèré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 16th International Conference on Concept Lattices and Their Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tallinn University of Technology, Jun 2022, Tallinn, Estonia. pp.159--174</w:t>
+              <w:t xml:space="preserve">Conférence francophone sur l'Extraction et la Gestion des Connaissances - Atelier Gestion et Analyse de données Spatiales et Temporelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874621v1</w:t>
+                <w:t xml:space="preserve">hal-03491826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille de séquences temporelles avec l’AFC et l’outil GALACTIC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
+                <w:t xml:space="preserve">On the links between the NᴇxᴛPʀɪᴏʀɪᴛʏCᴏɴᴄᴇᴘᴛ algorithm and generalized convex hulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Cayèré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence francophone sur l'Extraction et la Gestion des Connaissances - Atelier Gestion et Analyse de données Spatiales et Temporelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Blois, France</w:t>
+              <w:t xml:space="preserve">Joint Mathematics Meetings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Mathematical Society (AMS), Apr 2022, Virtual, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03491826v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03639401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Story of Rules...</w:t>
               </w:r>
@@ -2214,51 +2214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal sequence mining using FCA and GALACTIC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2266,51 +2266,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cayèré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference on Conceptual Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bolzano, Italy. pp.185-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2329,243 +2329,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence Mining Using FCA and the NextPriorityConcept Algorithm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Interval-based sequence mining using FCA and the NextPriorityConcept algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Concept Lattices and Their Applications 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Tallinn, Estonia. pp.209-222</w:t>
+              <w:t xml:space="preserve">FCA4AI 2020: What can FCA do for AI?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Santiago de Compostela, Spain. pp.91-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03038439v1</w:t>
+                <w:t xml:space="preserve">hal-03038487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval-based sequence mining using FCA and the NextPriorityConcept algorithm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Sequence Mining Using FCA and the NextPriorityConcept Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FCA4AI 2020: What can FCA do for AI?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Santiago de Compostela, Spain. pp.91-102</w:t>
+              <w:t xml:space="preserve">Concept Lattices and Their Applications 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Tallinn, Estonia. pp.209-222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03038487v1</w:t>
+                <w:t xml:space="preserve">hal-03038439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distributed and Parallel Computation of the Canonical Direct Basis</w:t>
               </w:r>
@@ -2662,51 +2662,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décomposition sous-directe d'un treillis en facteurs irréductibles</w:t>
+                <w:t xml:space="preserve">The Reverse Doubling Construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Viaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
@@ -2724,97 +2724,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rokia Missaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances IC2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">KDIR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Lisbon, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0005613203500357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01169541v1</w:t>
+                <w:t xml:space="preserve">hal-01282156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Reverse Doubling Construction</w:t>
+                <w:t xml:space="preserve">Décomposition sous-directe d'un treillis en facteurs irréductibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Viaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
@@ -2832,82 +2841,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rokia Missaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KDIR</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances IC2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0005613203500357⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01282156v1</w:t>
+                <w:t xml:space="preserve">hal-01169541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subdirect Decomposition of Contexts into Subdirectly Irreducible Factors</w:t>
               </w:r>
@@ -3577,51 +3577,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4276,51 +4276,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679079v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Viaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Faucher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mondou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2024.109269" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038671v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kuznetsov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.08.026" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407440v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.021" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407425v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Missaoui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2016.11.021" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134820v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waffo Kemgne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huchet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_26" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134823v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679375v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78548-1_3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145194v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134819v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Trabelsi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Boukhetta" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Amoury" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134813v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645638v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645634v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savarit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117085v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639401v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874711v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874621v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491826v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cay&#232;r&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273693v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kira Adaricheva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Mora" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Enciso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258781v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038439v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038487v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545271v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59271-8_15" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169541v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282156v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005613203500357" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282145v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545292v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716585v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385955v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385961v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386006v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Najim" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boursier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361063v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Olivet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blandineau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rominger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620944v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93278-7_4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273948v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282151v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038350v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679079v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Viaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Faucher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mondou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2024.109269" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038671v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kuznetsov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.08.026" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407440v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.021" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407425v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Missaoui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2016.11.021" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134823v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waffo Kemgne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134820v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huchet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_26" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134819v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Trabelsi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Boukhetta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Amoury" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679375v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78548-1_3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134813v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645638v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645634v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savarit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117085v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874711v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874621v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491826v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cay&#232;r&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639401v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273693v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kira Adaricheva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Mora" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Enciso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258781v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038487v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038439v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545271v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59271-8_15" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282156v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005613203500357" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169541v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282145v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545292v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716585v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385955v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385961v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386006v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Najim" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boursier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361063v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Olivet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blandineau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rominger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620944v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93278-7_4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273948v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282151v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038350v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>