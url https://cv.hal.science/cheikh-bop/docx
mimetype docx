--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -611,633 +611,633 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05512501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-structure excitation of C&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O by He: Rate coefficients and astrophysical modeling</w:t>
+                <w:t xml:space="preserve">A New Potential Energy Surface of the PO$^+$-H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Complex and Intermolecular Rovibrational State Calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anzhela Veselinova</w:t>
+                <w:t xml:space="preserve">Hervé Tajouo Tela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Lique</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C T Bop</w:t>
+                <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L González-Sánchez</w:t>
+                <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P G Jambrina</w:t>
+                <w:t xml:space="preserve">Steve Ndengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 699 (A268), </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 129 (28), pp.6247-6260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202555202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.5c02638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05136076v1</w:t>
+                <w:t xml:space="preserve">hal-05141315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Potential Energy Surface of the PO$^+$-H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Complex and Intermolecular Rovibrational State Calculations</w:t>
+                <w:t xml:space="preserve">Shock-induced HCNH+ abundance enhancement in the heart of the starburst galaxy NGC 253 unveiled by ALCHEMI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Tajouo Tela</w:t>
+                <w:t xml:space="preserve">Y. Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheikh Bop</w:t>
+                <w:t xml:space="preserve">C. Henkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C T Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lique</w:t>
+                <w:t xml:space="preserve">J. G. Mangum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Ndengué</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Behrens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 129 (28), pp.6247-6260. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 696, pp.A31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.5c02638⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202452835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05141315v1</w:t>
+                <w:t xml:space="preserve">hal-05080104v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shock-induced HCNH+ abundance enhancement in the heart of the starburst galaxy NGC 253 unveiled by ALCHEMI</w:t>
+                <w:t xml:space="preserve">An 18-25 GHz spectroscopic survey of dense cores in the Chamaeleon I molecular cloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Gong</w:t>
+                <w:t xml:space="preserve">Dariusz C. Lis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Henkel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C T Bop</w:t>
+                <w:t xml:space="preserve">William D. Langer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. G. Mangum</w:t>
+                <w:t xml:space="preserve">Jorge L. Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Behrens</w:t>
+                <w:t xml:space="preserve">Kahaan Gandhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Willacy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 696, pp.A31. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202452835⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 696, pp.A61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202553856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05080104v2</w:t>
+                <w:t xml:space="preserve">hal-05080154v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An 18-25 GHz spectroscopic survey of dense cores in the Chamaeleon I molecular cloud</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guidelines for non-LTE modelling of cyanopolyynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William D. Langer</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cheikh T Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 696, pp.A61. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202553856⟩</w:t>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202553698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05080154v2</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04975761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidelines for non-LTE modelling of cyanopolyynes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine-structure excitation of C&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O by He: Rate coefficients and astrophysical modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anzhela Veselinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C T Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L González-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheikh T Bop</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Lique</w:t>
+                <w:t xml:space="preserve">P G Jambrina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, 2025, 699 (A268), </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202553698⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202555202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04975761v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05136076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BASECOL2023 scientific content</w:t>
               </w:r>
@@ -1370,51 +1370,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructing potential energy surface for carbon-chain containing systems using the Radial Angular Network with Gradual Expansion method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Tidiane Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 161 (12), pp.124113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1500,51 +1500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Cernicharo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lefloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Astronomy and Astrophysics, 681, pp.L19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1572,689 +1572,689 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional excitation of c-MgC2 by Helium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Hammami</w:t>
+                <w:t xml:space="preserve">First close-coupling study of the excitation of a large cyclic molecule: collision of c-C5H6 with He</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sándor Demes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Tidiane Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Ben Khalifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stae2688⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (23), pp.16829-16837. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4CP01380H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04877501v2</w:t>
+                <w:t xml:space="preserve">hal-04589624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First close-coupling study of the excitation of a large cyclic molecule: collision of c-C5H6 with He</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Lique</w:t>
+                <w:t xml:space="preserve">Collisional excitation of c-MgC2 by Helium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M'Hamdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C T Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Houria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hammami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 26 (23), pp.16829-16837. </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 536 (2), pp.1791-1798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4CP01380H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stae2688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04589624v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877501v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional excitation of HCNH(+) by He and H(2): New potential energy surfaces and inelastic rate coefficients</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Linking the dust and chemical evolution: Taurus and Perseus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Navarro-Almaida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh T Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Esplugues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rodríguez-Baras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0141851⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 670, pp.A110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04020799v1</w:t>
+                <w:t xml:space="preserve">hal-04072036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Similar levels of deuteration in the pre-stellar core L1544 and the protostellar core HH211</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Collisional excitation of HCNH(+) by He and H(2): New potential energy surfaces and inelastic rate coefficients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C T Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lique</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346433⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 158 (7), pp.074304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0141851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04140785v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04020799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking the dust and chemical evolution: Taurus and Perseus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Similar levels of deuteration in the pre-stellar core L1544 and the protostellar core HH211</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Giers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Spezzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Navarro-Almaida</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Lique</w:t>
+                <w:t xml:space="preserve">P. Caselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Esplugues</w:t>
+                <w:t xml:space="preserve">E. Wirström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rodríguez-Baras</w:t>
+                <w:t xml:space="preserve">O. Sipilä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 670, pp.A110. </w:t>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245000⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04072036v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04140785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protonated hydrogen cyanide as a tracer of pristine molecular gas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F J Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Henkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. M. Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2416,235 +2416,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03956574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-LTE modelling of the HC2NC and HNC3 abundance in astrophysical environments</w:t>
+                <w:t xml:space="preserve">Rotational excitation of NS+ by H-2 revisited: A new global potential energy surface and rate coefficients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. T. Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Desrousseaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F Lique</w:t>
+                <w:t xml:space="preserve">Y. Kalugina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202243544⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 156 (20), pp.204311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0089745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03772373v1</w:t>
+                <w:t xml:space="preserve">hal-03711720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotational excitation of NS+ by H-2 revisited: A new global potential energy surface and rate coefficients</w:t>
+                <w:t xml:space="preserve">Non-LTE modelling of the HC2NC and HNC3 abundance in astrophysical environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. T. Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Lique</w:t>
+                <w:t xml:space="preserve">Benjamin Desrousseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 156 (20), pp.204311. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 662, pp.A102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0089745⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202243544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03711720v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03772373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pan-African School for Emerging Astronomers</w:t>
               </w:r>
@@ -2758,901 +2758,901 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic scattering in isotopologues of O 2 –Ar: the effects of mass, symmetry, and density of states</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">The excitation of CNCN in the interstellar medium: hyperfine resolved rate coefficients and non-LTE modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ndaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh T Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sangeeta Sur</w:t>
+                <w:t xml:space="preserve">G. Dieye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathurin Robin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">N. A. Boye Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 23 (10), pp.5945-5955. </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 503 (4), pp.5976-5983. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1cp00326g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stab775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03165287v1</w:t>
+                <w:t xml:space="preserve">hal-03267826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The excitation of CNCN in the interstellar medium: hyperfine resolved rate coefficients and non-LTE modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inelastic scattering in isotopologues of O 2 –Ar: the effects of mass, symmetry, and density of states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh T Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Ndaw</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cheikh T Bop</w:t>
+                <w:t xml:space="preserve">Ernesto Quintas-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Dieye</w:t>
+                <w:t xml:space="preserve">Sangeeta Sur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. A. Boye Faye</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Mathurin Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 503 (4), pp.5976-5983. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (10), pp.5945-5955. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stab775⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1cp00326g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03267826v1</w:t>
+                <w:t xml:space="preserve">hal-03165287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size and Shape Constraints of (486958) Arrokoth from Stellar Occultations</w:t>
+                <w:t xml:space="preserve">State-to-state inelastic rate coefficients of phosphine in collision with He atlow to moderate temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Buie</w:t>
+                <w:t xml:space="preserve">Ayda Badri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Porter</w:t>
+                <w:t xml:space="preserve">Faouzi Najar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Tamblyn</w:t>
+                <w:t xml:space="preserve">Nejm-Eddine Jaidane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk Terrell</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Majdi Hochlaf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab6ced⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 499 (2), pp.1578-1586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa2611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03078773v1</w:t>
+                <w:t xml:space="preserve">hal-03078779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-to-state inelastic rate coefficients of phosphine in collision with He atlow to moderate temperature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-LTE modelling of cyanoacetylene: evidence for isomer-specific excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Quintas-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayda Badri</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Majdi Hochlaf</w:t>
+                <w:t xml:space="preserve">Richard Dawes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 499 (2), pp.1578-1586. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/staa2611⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 501 (2), pp.1911-1919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa3821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03078779v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-LTE modelling of cyanoacetylene: evidence for isomer-specific excitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Rotationally inelastic scattering of O3–Ar: state-to-state rates with the multiconfigurational time dependent Hartree method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sangeeta Sur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve A Ndengué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Quintas-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/staa3821⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (4), pp.1869 - 1880. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9cp06501f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03078784v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotationally inelastic scattering of O3–Ar: state-to-state rates with the multiconfigurational time dependent Hartree method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sangeeta Sur</w:t>
+                <w:t xml:space="preserve">Size and Shape Constraints of (486958) Arrokoth from Stellar Occultations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Buie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Porter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Tamblyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Terrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve A Ndengué</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François Lique</w:t>
+                <w:t xml:space="preserve">Alex Harrison Parker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 22 (4), pp.1869 - 1880. </w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 159 (4), pp.130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9cp06501f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab6ced⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03078759v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isomerism Effects in the Collisional Excitation of Cyanoacetylene by Molecular Hydrogen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fidel A Batista-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernesto Quintas-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dawes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (7), pp.1151-1157. </w:t>
@@ -3690,51 +3690,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sodium hydride NaH(X1Σ+) in collision with helium He(1S) at low temperature: Potential energy surface and rotational rate coefficients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. P. Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3872,51 +3872,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential energy surface and rate coefficients of protonated cyanogen (HNCCN+) induced by collision with helium (He) at low temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3976,51 +3976,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential energy surface and rate coefficients of protonated cyanogen (HNCCN+) induced by collision with helium (He) at low temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. P. Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4093,64 +4093,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-sections and rate coefficients for rotational excitation of aluminium hydroxide by helium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Naouai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faouzi Najar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Hammami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4191,633 +4191,633 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotational Excitation of the CP(Χ2Σ+) Open Shell Molecule Due to Collision with He(1S)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cheikh Bop</w:t>
+                <w:t xml:space="preserve">Cold collisions of SH− with He: Potential energy surface and rate coefficients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C T Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N A Boye Faye</w:t>
+                <w:t xml:space="preserve">T Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Mogren Al Mogren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b08149⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 147 (12), pp.124301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4994970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03078734v1</w:t>
+                <w:t xml:space="preserve">hal-03078742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collisional rates based on the first potential energy surface of the NeH+ −He system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. P. Faye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 470 (3), pp.2911 - 2917. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx1369⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold collisions of SH− with He: Potential energy surface and rate coefficients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T Trabelsi</w:t>
+                <w:t xml:space="preserve">Rotational Excitation of the CP(Χ 2 Σ + ) Open Shell Molecule Due to Collision with He( 1 S)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Bop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boye Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jaïdane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 147 (12), pp.124301. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (41), pp.7854-7860. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4994970⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b08149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03078742v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collisional rates based on the first potential energy surface of the NeH+ −He system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Faye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 470 (3), pp.2911-2917. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mnras/stx1369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03079871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotational Excitation of the CP(Χ 2 Σ + ) Open Shell Molecule Due to Collision with He( 1 S)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Rotational Excitation of the CP(Χ2Σ+) Open Shell Molecule Due to Collision with He(1S)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Boye Faye</w:t>
+                <w:t xml:space="preserve">N A Boye Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jaïdane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 121 (41), pp.7854-7860. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+              <w:t xml:space="preserve">, 2017, 121, pp.7854 - 7860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b08149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079880v1</w:t>
+                <w:t xml:space="preserve">hal-03078734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational excitation of 36 ArH + by He at low temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh T Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4894,51 +4894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational excitation of 36 ArH + by He at low temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Bop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5114,51 +5114,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2FF71475"/>
+    <w:nsid w:val="626934D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5345,51 +5345,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cheikh-bop" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2369-1601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cheikhtidiane.bop@ucad.edu.sn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cheikh-tidiane.bop@univ-rennes1.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512501v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M'Hamdi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Houria" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C T Bop" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ja&#239;dane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammami" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0314746" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136076v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anzhela Veselinova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lique" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gonz&#225;lez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P G Jambrina" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202555202" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141315v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tajouo Tela" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Bop" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lique" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ndengu&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c02638" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080104v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henkel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Mangum" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Behrens" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452835" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080154v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz C. Lis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William D. Langer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge L. Pineda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahaan Gandhi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Willacy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202553856" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975761v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh T Bop" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202553698" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491240v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Dubernet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boursier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Denis-Alpizar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. A. Ba" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348233" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708273v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Bop" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0229945" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512657v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh T. Bop" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Cernicharo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefloch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348947" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877501v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stae2688" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589624v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Demes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Khalifa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP01380H" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020799v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0141851" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140785v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Giers" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Spezzano" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caselli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wirstr&#246;m" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sipil&#228;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346433" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072036v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro-Almaida" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Esplugues" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodr&#237;guez-Baras" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245000" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341933v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F J Du" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Jacob" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belloche" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347409" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03956574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bop" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Khadri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Hammami" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3374" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772373v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. T. Bop" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Desrousseaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243544" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711720v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kalugina" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089745" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165357v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Strubbe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonaventure Okere" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jielai Zhang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Chibueze" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Ikape" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-021-01301-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165287v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Quintas-S&#225;nchez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangeeta Sur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Robin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp00326g" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267826v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ndaw" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dieye" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. A. Boye Faye" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab775" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078773v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Buie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Porter" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tamblyn" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Terrell" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Harrison Parker" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab6ced" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078779v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayda Badri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Najar" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejm-Eddine Jaidane" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Hochlaf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2611" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078784v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faure" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dawes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa3821" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078759v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve A Ndengu&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp06501f" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078753v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fidel A Batista-Romero" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00049" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078750v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. P. Faye" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2018.11.021" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078757v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1700" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079850v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Faye" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1385" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078745v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078747v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Naouai" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Hammami" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2223" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078734v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Boye Faye" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b08149" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078732v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1369" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078742v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Trabelsi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mogren Al Mogren" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994970" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079871v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Faye" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079880v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boye Faye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078739v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Niane" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Arame Boye Faye" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ja&#239;dane" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079866v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Niane" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2809" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cheikh-bop" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2369-1601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cheikhtidiane.bop@ucad.edu.sn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cheikh-tidiane.bop@univ-rennes1.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512501v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M'Hamdi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Houria" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C T Bop" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ja&#239;dane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammami" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0314746" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141315v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tajouo Tela" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Bop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lique" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ndengu&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c02638" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080104v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henkel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Mangum" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Behrens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452835" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080154v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz C. Lis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William D. Langer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge L. Pineda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahaan Gandhi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Willacy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202553856" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975761v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh T Bop" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202553698" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136076v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anzhela Veselinova" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lique" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gonz&#225;lez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P G Jambrina" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202555202" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491240v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Dubernet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boursier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Denis-Alpizar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. A. Ba" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348233" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708273v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Bop" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0229945" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512657v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh T. Bop" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Cernicharo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefloch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348947" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589624v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Demes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Khalifa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP01380H" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877501v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stae2688" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072036v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro-Almaida" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Esplugues" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodr&#237;guez-Baras" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245000" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020799v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0141851" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140785v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Giers" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Spezzano" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caselli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wirstr&#246;m" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sipil&#228;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346433" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341933v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F J Du" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Jacob" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belloche" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347409" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03956574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bop" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Khadri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Hammami" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3374" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711720v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. T. Bop" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kalugina" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089745" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772373v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Desrousseaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243544" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165357v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Strubbe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonaventure Okere" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jielai Zhang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Chibueze" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Ikape" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-021-01301-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267826v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ndaw" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dieye" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. A. Boye Faye" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab775" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165287v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Quintas-S&#225;nchez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangeeta Sur" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Robin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp00326g" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078779v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayda Badri" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Najar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejm-Eddine Jaidane" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Hochlaf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2611" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078784v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faure" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dawes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa3821" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078759v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve A Ndengu&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp06501f" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078773v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Buie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Porter" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tamblyn" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Terrell" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Harrison Parker" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab6ced" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078753v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fidel A Batista-Romero" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00049" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078750v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. P. Faye" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2018.11.021" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078757v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1700" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079850v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Faye" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1385" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078745v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078747v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Naouai" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Hammami" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2223" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078742v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Trabelsi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mogren Al Mogren" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994970" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078732v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1369" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079880v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boye Faye" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b08149" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079871v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Faye" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078734v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Boye Faye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078739v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Niane" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Arame Boye Faye" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ja&#239;dane" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079866v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Niane" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2809" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>