--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,1961 +66,1961 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycoplasma equirhinis, a disregarded player in equine respiratory disorders?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Martineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléna Kokabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chervin Hassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albertine Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Connecting Equine health research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LABEO, Sep 2025, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05271741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microbiosthme&amp;quot; : Upper and lower airway microbiomes analysis in infants with severe asthma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Plantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chervin Hassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de l'Ecole Doctorale Normande de Biologie Intégrative Santé et Environnement - 25ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Doctorale normande de Biologie Intégrative, Santé, Environnement, Apr 2023, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04123546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Upper and lower respiratory tract microbiomes analysis in infants with severe asthma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chervin Hassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Plantier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la FHU RESPIRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération Hospitalo-Universitaire RESPIRE, Nov 2022, Forges-les-Eaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04123385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of RNA extraction on respiratory microbiome analysis using third-generation sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Petat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 26 (1), pp.908. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12864-025-12028-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05310419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiosthma: a prospective study following respiratory microbiota in young children with severe preschool wheezing to better understand their respiratory future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Petat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chervin Hassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Plantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Pulmonary Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 25 (1), pp.342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12890-025-03812-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05310480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A loss of function mutation in SOCS2 results in increased inflammatory response of macrophages to TLR ligands and Staphylococcus aureus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guzylack-Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Gausseres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Tasca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tabouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15, pp.1397330. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1397330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citrulline protects human retinal pigment epithelium from hydrogen peroxide and iron/ascorbate induced damages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Couchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jacquemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Blavignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Loï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cellular and Molecular Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 26 (10), pp.2808-2818. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jcmm.17294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549984v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citrulline protects human retinal pigment epithelium from hydrogen peroxide and iron/ascorbate induced damages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Couchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jacquemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Blavignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Loï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cellular and Molecular Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 26 (10), pp.2808-2818. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jcmm.17294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836763v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ductal Macrophages Predominate in the Immune Landscape of the Lactating Mammary Gland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Gausserès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guzylack-Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, pp.754661. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2021.754661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03754029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tissue-Specific Factors Differentially Regulate the Expression of Antigen-Processing Enzymes During Dendritic Cell Ontogeny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Mahiddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Guerder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, pp.453. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2020.00453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-Dose and Long-Term Olaparib Treatment Sensitizes MDA-MB-231 and SUM1315 Triple-Negative Breast Cancers Spheroids to Fractioned Radiotherapy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Thymus-specific serine protease, a protease that shapes the CD4 T cell repertoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Guerder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Carrier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm9010064⟩</w:t>
+              <w:t xml:space="preserve">Immunogenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 71 (3), pp.223-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00251-018-1078-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03121822v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02410117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thymus-specific serine protease, a protease that shapes the CD4 T cell repertoire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Low-Dose and Long-Term Olaparib Treatment Sensitizes MDA-MB-231 and SUM1315 Triple-Negative Breast Cancers Spheroids to Fractioned Radiotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Magnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Daumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunogenetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00251-018-1078-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm9010064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02410117v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03121822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogeography of Coxsackievirus A16 Reveals Global Transmission Pathways and Recent Emergence and Spread of a Recombinant Genogroup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Farkas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Diedrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hartwig P Huemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 91 (18), pp.e00630. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/jvi.00630-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission patterns of human enterovirus 71 to, from and among European countries, 2003 to 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Lukashev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Terletskaialadwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Farkas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosurveillance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (34), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2807/1560-7917.es.2015.20.34.30005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enterovirus A71 Subgenotype B5, France, 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Molet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Peigue-Lafeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Rozenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 21 (4), pp.707-709. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3201/eid2104.141093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885353v1</w:t>
-              </w:r>
-[...341 lines deleted...]
-                <w:t xml:space="preserve">hal-04123385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2051,90 +2051,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upper and lower respiratory microbiome dynamics associated with severe asthma in infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Petat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Marguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Plantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Caen, France</w:t>
@@ -2163,353 +2163,353 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of micro-organism RNA extraction from respiratory samples on microbiome analysis using Nanopore NGS technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg M. Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Petat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Clinical Metagenomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Geneva, Switzerland</w:t>
+              <w:t xml:space="preserve">26th Annual Conference of the European Society for Clinical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Frankfurt Am Main, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05046469v1</w:t>
+                <w:t xml:space="preserve">hal-05046458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of micro-organism RNA extraction from respiratory samples on microbiome analysis using Nanopore NGS technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg M. Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Petat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th Annual Conference of the European Society for Clinical Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Frankfurt Am Main, Germany</w:t>
+              <w:t xml:space="preserve">9th International Conference on Clinical Metagenomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Geneva, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05046458v1</w:t>
+                <w:t xml:space="preserve">hal-05046469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA extraction optimization for both microbiome and virome analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg Le Gouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Petat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
@@ -2551,90 +2551,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of Urinary Microbiome Analysis from 16S Sequencing Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Villenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Clinical Microbiology and Infectious Diseases (ECCMID 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Barcelone, Spain. </w:t>
@@ -2663,90 +2663,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upper and lower respiratory tract microbiomes analysis in infants with severe asthma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Petat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg Le Gouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2814,77 +2814,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Villenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Caen, France</w:t>
@@ -2939,77 +2939,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Villenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCMID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Copenhagen, Denmark</w:t>
@@ -3070,51 +3070,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidémiologie moléculaire et évolution de l'entérovirus A71 et interactions génétiques avec les autres entérovirus de l'espèce A responsables de la maladie pied-main-bouche.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chervin Hassel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université d'Auvergne - Clermont-Ferrand I, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015CLF1MM03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3310,51 +3310,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310419v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leoz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nesi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Petat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Ar Gouilh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12028-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310480v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chervin Hassel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charbonnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Plantier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12890-025-03812-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105715v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guzylack-Piriou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gausseres" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tasca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1397330" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04549984v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Couchet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jacquemot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blavignac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lo&#239;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcmm.17294" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836763v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754029v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gausser&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.754661" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03154686v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mahiddine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Murat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Girard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guerder" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.00453" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121822v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dubois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Magnier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daumar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9010064" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02410117v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carrier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-018-1078-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882287v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Farkas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Diedrich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartwig P Huemer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00630-17" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885350v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lukashev" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Terletskaialadwig" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.es.2015.20.34.30005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885353v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Molet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Peigue-Lafeuille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Rozenberg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2104.141093" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05271741v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martineau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Kokabi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tardy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine L&#233;on" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123546v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123385v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222715v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lecourt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046469v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg M. Ar Gouilh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046458v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617878v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Le Gouil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046659v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Villenave" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dahyot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123344v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04185198v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184256v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01366694v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF1MM03" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05271741v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martineau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Kokabi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chervin Hassel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tardy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine L&#233;on" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123546v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Plantier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123385v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310419v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leoz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nesi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Petat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Ar Gouilh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12028-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310480v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charbonnier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12890-025-03812-9" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105715v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guzylack-Piriou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gausseres" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tasca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1397330" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836763v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Couchet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jacquemot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blavignac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lo&#239;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcmm.17294" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04549984v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754029v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gausser&#232;s" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.754661" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03154686v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mahiddine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Murat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Girard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guerder" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.00453" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02410117v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-018-1078-y" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dubois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Magnier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daumar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9010064" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882287v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Farkas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Diedrich" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartwig P Huemer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00630-17" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885350v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lukashev" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Terletskaialadwig" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.es.2015.20.34.30005" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Molet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Peigue-Lafeuille" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Rozenberg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2104.141093" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222715v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lecourt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046458v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg M. Ar Gouilh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046469v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617878v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Le Gouil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046659v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Villenave" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dahyot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123344v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04185198v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184256v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01366694v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF1MM03" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>