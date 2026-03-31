--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -628,51 +628,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04462008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Investigation Into the Role of Mean Flame Stabilization on the Combustion Dynamics of High-Hydrogen Fuels in a Turbulent Combustor</w:t>
+                <w:t xml:space="preserve">Investigation of Oscillatory States Involving Acoustic Mode Shifts in a Turbulent Syngas Combustion using Non-stationary Time-series Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikhil Baraiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vikram Ramanan</w:t>
@@ -703,82 +703,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chakravarthy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 143 (8), </w:t>
+              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 107 (4), pp.1067-1089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4050067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10494-021-00258-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461965v1</w:t>
+                <w:t xml:space="preserve">hal-04461974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of pumping and wrinkle propagation mechanisms in exciting different acoustic-modes in turbulent syngas combustion</w:t>
               </w:r>
@@ -888,51 +888,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04461983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Oscillatory States Involving Acoustic Mode Shifts in a Turbulent Syngas Combustion using Non-stationary Time-series Analysis</w:t>
+                <w:t xml:space="preserve">Experimental Investigation Into the Role of Mean Flame Stabilization on the Combustion Dynamics of High-Hydrogen Fuels in a Turbulent Combustor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikhil Baraiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vikram Ramanan</w:t>
@@ -963,82 +963,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chakravarthy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 107 (4), pp.1067-1089. </w:t>
+              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10494-021-00258-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4050067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461974v1</w:t>
+                <w:t xml:space="preserve">hal-04461965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of a free-surface circular liquid sheet using planar laser-induced fluorescence</w:t>
               </w:r>
@@ -1596,540 +1596,540 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curvature-surface analysis applied to a commercial and an academic injection system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Curvature-surface analysis to characterize the early stage of the atomization process of the pressure swirl injector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Ferrando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.X. Demoulin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Duret</w:t>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS Europe 2023, 32nd Conference on Liquid Atomization &amp; Spray Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Napoli, Italy</w:t>
+              <w:t xml:space="preserve">11th International Conference on Multiphase Flow, ICMF 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04459846v1</w:t>
+                <w:t xml:space="preserve">hal-04325607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Main results of the TCS08 workshop on the modeling of the CORIA Rouen Spray Burner</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">To characterize the dense regions at an early stage of atomization process in simplex swirl injector: two-photon laser-induced fluorescence technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Stock</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C S Vegad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Ferrando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Journée de la Combustion Turbulente</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Gif -sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">11th European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407111v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To characterize the dense regions at an early stage of atomization process in simplex swirl injector: two-photon laser-induced fluorescence technique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S Idlahcen</w:t>
+                <w:t xml:space="preserve">Curvature-surface analysis applied to a commercial and an academic injection system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longxiang Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Ferrando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Vandel</w:t>
+                <w:t xml:space="preserve">F.X. Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
+              <w:t xml:space="preserve">ILASS Europe 2023, 32nd Conference on Liquid Atomization &amp; Spray Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325798v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curvature-surface analysis to characterize the early stage of the atomization process of the pressure swirl injector</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diego Ferrando</w:t>
+                <w:t xml:space="preserve">Main results of the TCS08 workshop on the modeling of the CORIA Rouen Spray Burner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Carmona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Multiphase Flow, ICMF 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Kobe, Japan</w:t>
+              <w:t xml:space="preserve">1ère Journée de la Combustion Turbulente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Gif -sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04325607v1</w:t>
+                <w:t xml:space="preserve">hal-05407111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of atomisation and dense spray on the CORIA Spray Burner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Carmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2219,51 +2219,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Ferrando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longxiang Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2331,64 +2331,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Ferrando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2722,51 +2722,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a vertical liquid sheet originating from a slotted cone-disc deflector</w:t>
+                <w:t xml:space="preserve">Ligament dynamics of a radially expanding circular liquid sheet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satyanarayanan R Chakravarthy</w:t>
@@ -2793,75 +2793,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICLASS 2018, 14th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492919v1</w:t>
+                <w:t xml:space="preserve">hal-04492909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligament dynamics of a radially expanding circular liquid sheet</w:t>
+                <w:t xml:space="preserve">Dynamics of a vertical liquid sheet originating from a slotted cone-disc deflector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satyanarayanan R Chakravarthy</w:t>
@@ -2888,51 +2888,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICLASS 2018, 14th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492909v1</w:t>
+                <w:t xml:space="preserve">hal-04492919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POD and DMD of circular liquid sheet originated from a simplified pendent type fire sprinkler</w:t>
               </w:r>
@@ -3290,51 +3290,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaquan Sun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar Vegad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxiang Li" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushal Nishad" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.105100" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063056v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dre&#223;ler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0190509" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04462003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Baraiya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Ramanan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baladandayuthapani Nagarajan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar S Vegad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Chakravarthy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2022.125998" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04462008v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakravarthy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.B38601" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461965v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baladandayuthapani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050067" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461983v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.01.151" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461974v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-021-00258-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04459949v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyanarayanan Chakravarthy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-020-2881-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461956v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2019.109947" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461936v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5109828" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461948v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2018.07.004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017421v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Demoulin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longxiang Huang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;veillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2024-130069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459846v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ferrando" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Demoulin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407111v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carmona" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Stock" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325798v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C S Vegad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ferrando" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Huang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Idlahcen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vandel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325607v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407141v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016666v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016807v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492880v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil A Baraiya" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyanarayanan R Chakravarthy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492899v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492958v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satynarayanan R Chakravarthy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492919v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492909v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492935v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramgopal Sampath" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S R Chakravarthy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492857v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaquan Sun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar Vegad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxiang Li" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushal Nishad" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.105100" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063056v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dre&#223;ler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0190509" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04462003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Baraiya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Ramanan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baladandayuthapani Nagarajan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar S Vegad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Chakravarthy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2022.125998" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04462008v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakravarthy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.B38601" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461974v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baladandayuthapani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-021-00258-x" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461983v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.01.151" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461965v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050067" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04459949v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyanarayanan Chakravarthy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-020-2881-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461956v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2019.109947" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461936v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5109828" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04461948v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2018.07.004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017421v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Demoulin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longxiang Huang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;veillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2024-130069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325607v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ferrando" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C S Vegad" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ferrando" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Huang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Idlahcen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vandel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459846v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Demoulin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407111v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carmona" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Stock" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407141v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016666v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016807v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492880v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil A Baraiya" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyanarayanan R Chakravarthy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492899v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492958v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satynarayanan R Chakravarthy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492909v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492919v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492935v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramgopal Sampath" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S R Chakravarthy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492857v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>