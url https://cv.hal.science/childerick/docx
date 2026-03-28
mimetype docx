--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1698,291 +1698,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03025101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rational Hydrogel Formulation Leads to Reversible and Enhanced Photocontrolled Rigidity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methods of Micropatterning and Manipulation of Cells for Biomedical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Martinez-Rivas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Royes mir</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Génesis K González-Quijano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Proa-Coronado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Childérick Séverac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dague</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhotoChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cptc.201700038⟩</w:t>
+              <w:t xml:space="preserve">Micromachines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (12), pp.347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/mi8120347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02171176v1</w:t>
+                <w:t xml:space="preserve">hal-01907683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods of Micropatterning and Manipulation of Cells for Biomedical Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian Martinez-Rivas</w:t>
+                <w:t xml:space="preserve">Rational Hydrogel Formulation Leads to Reversible and Enhanced Photocontrolled Rigidity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Royes mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Benoît‐marquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génesis K González-Quijano</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martine Cazales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micromachines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (12), pp.347. </w:t>
+              <w:t xml:space="preserve">ChemPhotoChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (7), pp.311-316. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/mi8120347⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cptc.201700038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907683v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02171176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biophysical properties of cardiomyocyte surface explored by multiparametric AFM</w:t>
               </w:r>
@@ -2096,291 +2096,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01907685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elasticity, Adhesion, and Tether Extrusion on Breast Cancer Cells Provide a Signature of Their Invasive Potential</w:t>
+                <w:t xml:space="preserve">High speed indentation measures by FV, QI and QNM introduce a new understanding of bionanomechanical experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Smolyakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Formosa-Dague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Childérick Séverac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Thiebot</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raphael E Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dague</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.6b07698⟩</w:t>
+              <w:t xml:space="preserve">Micron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85, pp.8-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micron.2016.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01552762v1</w:t>
+                <w:t xml:space="preserve">hal-01552823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High speed indentation measures by FV, QI and QNM introduce a new understanding of bionanomechanical experiments</w:t>
+                <w:t xml:space="preserve">Elasticity, Adhesion, and Tether Extrusion on Breast Cancer Cells Provide a Signature of Their Invasive Potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Smolyakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Formosa-Dague</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Thiebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Campillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sid Labdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Childérick Séverac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 85, pp.8-14. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (41), pp.27426 - 27431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.micron.2016.03.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.6b07698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01552823v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01552762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated and multiplexed soft lithography for the production of low-density DNA microarrays</w:t>
               </w:r>
@@ -3366,319 +3366,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04141954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscale multiple biomolecules printing in one step using a PDMS macrostamp</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular analysis for medicine: a new technological platform based on nanopatterning and label-free optical detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Lalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Thibault</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Childérick Séverac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Marsaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Childérick Séverac</w:t>
+                <w:t xml:space="preserve">Jean Pierre Peyrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Trevisiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 86 (4-6), pp.1428 - 1430. </w:t>
+              <w:t xml:space="preserve">Oncologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11 (S1), pp.148 - 152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mee.2008.11.088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10269-009-1825-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01767628v1</w:t>
+                <w:t xml:space="preserve">hal-01849402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular analysis for medicine: a new technological platform based on nanopatterning and label-free optical detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscale multiple biomolecules printing in one step using a PDMS macrostamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Lalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Cau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Lalo</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marsaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Childérick Séverac</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Trevisiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 11 (S1), pp.148 - 152. </w:t>
+              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 86 (4-6), pp.1428 - 1430. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10269-009-1825-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mee.2008.11.088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01849402v1</w:t>
+                <w:t xml:space="preserve">hal-01767628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical engineering of silicon oxide surfaces using micro-contact printing for localizing adsorption events of nanoparticles, dendrimers and bacteria</w:t>
               </w:r>
@@ -4724,51 +4724,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="615E9D25"/>
+    <w:nsid w:val="476C18FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4955,51 +4955,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/childerick" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7267-6630" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135701791" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380349v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dague" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyd Boumehdi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Thomas- -Chemin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Trevisiol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Child&#233;rick S&#233;verac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380368v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Raynal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Leroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380335v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03697966v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Tr&#233;visiol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03470311v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Proa Coronado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Martinez Rivas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04956507v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Janel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.4c07729" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383837v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fezai" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Virolle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Kacimi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dustou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunya El Boutaybi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ijel/6078280" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674006v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderazzak Moumen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vieu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c09218" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193549v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2023.103523" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03025337v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Proa-Coronado" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Martinez-Rivas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Formosa-Dague" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61315" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379936v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gros" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meireles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Evrard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201900434" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03025101v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Proa-Coronado" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinez-Rivas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NH00438F" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171176v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Royes&#8197;mir" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coudret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beno&#238;t&#8208;marqui&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cazales" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.201700038" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01907683v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;nesis K Gonz&#225;lez-Quijano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi8120347" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01907685v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Smolyakov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cauquil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lachaize" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2017.03.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552762v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thiebot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campillo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Labdi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b07698" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552823v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael E Duval" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2016.03.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601906v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fredonnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foncy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Cau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microarrays5040025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03157465v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gasc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Serre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Simon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jdermsci.2014.04.009" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SC2ML46H-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01016102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Genet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2014.05.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG4C2T38-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848847v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Bartual-Murgui" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2013.03.102" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L1FH93WT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848833v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamarre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2013.03.118" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MV38LKN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767708v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seila Rodriguez Vilches" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thibault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Laplatine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00396-011-2465-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-92HMW9ZB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141954v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Mart&#237;nez Rivas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Suhard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mauzac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Mingotaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-009-0560-0" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CM2RKN2G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767628v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lalo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2008.11.088" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6NQP4G6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849402v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Peyrade" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10269-009-1825-7" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767631v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Cerf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2008.01.103" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTGN8J5H-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767633v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Chalmeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Salom&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2007.01.246" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8P1QZ9GD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767579v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la701841j" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9HZ6BN2W-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767488v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2006.01.213" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZ4SV62B-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673995v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Abidine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269164v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Zeidi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dianteill" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Lefevre - Gherbovet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montanier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918727v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/childerick" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7267-6630" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135701791" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380349v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dague" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyd Boumehdi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Thomas- -Chemin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Trevisiol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Child&#233;rick S&#233;verac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380368v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Raynal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Leroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380335v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03697966v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Tr&#233;visiol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03470311v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Proa Coronado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Martinez Rivas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04956507v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Janel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.4c07729" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383837v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fezai" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Virolle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Kacimi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dustou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunya El Boutaybi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ijel/6078280" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674006v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderazzak Moumen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vieu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c09218" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193549v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2023.103523" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03025337v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Proa-Coronado" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Martinez-Rivas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Formosa-Dague" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61315" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379936v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gros" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meireles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Evrard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201900434" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03025101v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Proa-Coronado" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinez-Rivas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NH00438F" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01907683v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;nesis K Gonz&#225;lez-Quijano" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi8120347" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171176v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Royes&#8197;mir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coudret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beno&#238;t&#8208;marqui&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cazales" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.201700038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01907685v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Smolyakov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cauquil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lachaize" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2017.03.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552823v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael E Duval" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2016.03.002" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552762v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thiebot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campillo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Labdi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b07698" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601906v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fredonnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foncy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Cau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microarrays5040025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03157465v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gasc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Serre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Simon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jdermsci.2014.04.009" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SC2ML46H-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01016102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Genet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2014.05.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG4C2T38-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848847v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Bartual-Murgui" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2013.03.102" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L1FH93WT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848833v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamarre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2013.03.118" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MV38LKN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767708v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seila Rodriguez Vilches" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thibault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Laplatine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00396-011-2465-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-92HMW9ZB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141954v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Mart&#237;nez Rivas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Suhard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mauzac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Mingotaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-009-0560-0" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CM2RKN2G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849402v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lalo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Peyrade" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10269-009-1825-7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2008.11.088" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6NQP4G6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767631v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Cerf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2008.01.103" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTGN8J5H-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767633v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Chalmeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Salom&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2007.01.246" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8P1QZ9GD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767579v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la701841j" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9HZ6BN2W-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767488v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2006.01.213" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZ4SV62B-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673995v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Abidine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269164v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Zeidi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dianteill" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Lefevre - Gherbovet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montanier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918727v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>