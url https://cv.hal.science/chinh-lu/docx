--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -109,265 +109,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monge-Ampère equations with prescribed singularities on compact Hermitian manifolds</w:t>
+                <w:t xml:space="preserve">A NEW APPROACH TO THE MONGE-AMP ÈRE EIGENVALUE PROBLEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Alehyane</w:t>
+                <w:t xml:space="preserve">Chinh H. Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chinh H. Lu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Salouf</w:t>
+                <w:t xml:space="preserve">Ahmed Zeriahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05353095v1</w:t>
+                <w:t xml:space="preserve">hal-05185106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A NEW APPROACH TO THE MONGE-AMP ÈRE EIGENVALUE PROBLEM</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Uniform estimates: from Yau to Kolodziej</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh H. Lu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05185106v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uniform estimates: from Yau to Kolodziej</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monge-Ampère equations with prescribed singularities on compact Hermitian manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Alehyane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chinh H. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Guedj</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chinh H. Lu</w:t>
+                <w:t xml:space="preserve">Mohammed Salouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957530v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -385,51 +385,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On uniqueness of solutions to complex Monge-Amp\`ere mean field equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh H. Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trong‐thuc Phung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -470,304 +470,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geodesic connectivity and rooftop envelopes in the Cegrell classes</w:t>
+                <w:t xml:space="preserve">Kiselman Minimum Principle and Rooftop Envelopes in Complex Hessian Equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Per Åhag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafał Czyż</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chinh H. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Rashkovskii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematische Annalen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00208-024-03003-7⟩</w:t>
+              <w:t xml:space="preserve">Mathematische Zeitschrift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 308 (4), pp.70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00209-024-03624-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04571589v1</w:t>
+                <w:t xml:space="preserve">hal-04571852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kiselman Minimum Principle and Rooftop Envelopes in Complex Hessian Equations</w:t>
+                <w:t xml:space="preserve">Geodesic connectivity and rooftop envelopes in the Cegrell classes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Per Åhag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafał Czyż</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoang Chinh Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Rashkovskii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematische Zeitschrift</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 308 (4), pp.70. </w:t>
+              <w:t xml:space="preserve">Mathematische Annalen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00209-024-03624-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00208-024-03003-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04571852v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04571589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volumes of Bott-Chern classes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boucksom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -814,64 +814,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasi-plurisubharmonic envelopes 1: Uniform estimates on Kähler manifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh H. Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Mathematical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 27 (3), pp.1185-1208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1009,64 +1009,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degenerate complex Hessian equations on compact Hermitian manifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh H. Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pure and Applied Mathematics Quarterly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 21 (3), pp.1171-1194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1100,64 +1100,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasi-plurisubharmonic envelopes 2: Bounds on Monge–Ampère volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh H. Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algebraic Geometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.688-713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1191,77 +1191,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pluripotential solutions versus viscosity solutions to complex Monge-Ampère flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chinh H. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Zeriahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pure and Applied Mathematics Quarterly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 17 (3), pp.971-990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1295,64 +1295,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasi-plurisubharmonic envelopes 3: Solving Monge-Amp\`ere equations on hermitian manifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh H. Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal für die reine und angewandte Mathematik</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1386,77 +1386,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plurisubharmonic envelopes and supersolutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chinh H. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Zeriahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Differential Geometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 113 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1490,51 +1490,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viscosity solutions to complex Hessian equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoang Chinh Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Functional Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 264 (6), p. 1355-1379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1568,51 +1568,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solutions to degenerate complex Hessian equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoang Chinh Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Mathématiques Pures et Appliquées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 100 (6), pp.785-805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1815,51 +1815,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353095v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Alehyane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh H. Lu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Salouf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185106v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Zeriahi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guedj" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928960v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong&#8208;thuc Phung" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms.70149" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571589v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per &#197;hag" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#322; Czy&#380;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Chinh Lu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Rashkovskii" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-024-03003-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571852v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-024-03624-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602823v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boucksom" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh Lu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42543-025-00105-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03288425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1460" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040296v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Darvas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Di Nezza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/PAMQ.250116004957" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010270v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/pamq.250116014513" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03288391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14231/AG-2022-021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288829v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/PAMQ.2021.v17.n3.a5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011556v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/crelle-2023-0030" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890198v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/jdg/1571882428" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966148v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2013.01.001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966151v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2013.03.002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185106v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh H. Lu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Zeriahi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957530v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guedj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353095v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Alehyane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Salouf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928960v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong&#8208;thuc Phung" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms.70149" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571852v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per &#197;hag" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#322; Czy&#380;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Rashkovskii" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-024-03624-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571589v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Chinh Lu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-024-03003-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602823v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boucksom" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh Lu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42543-025-00105-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03288425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1460" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040296v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Darvas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Di Nezza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/PAMQ.250116004957" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010270v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/pamq.250116014513" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03288391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14231/AG-2022-021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288829v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/PAMQ.2021.v17.n3.a5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011556v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/crelle-2023-0030" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890198v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/jdg/1571882428" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966148v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2013.01.001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966151v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2013.03.002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>