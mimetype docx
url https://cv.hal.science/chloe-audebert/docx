--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -736,51 +736,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03722100v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical model to study the impact of intra-tumour heterogeneity on anti-tumour CD8 + T cell immune response</w:t>
+                <w:t xml:space="preserve">A mathematical model to study the impact of intra-tumour heterogeneity on anti-tumour CD8+ T cell immune response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Leschiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Lorenzi</w:t>
@@ -842,75 +842,75 @@
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jtbi.2022.111028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283699v2</w:t>
+                <w:t xml:space="preserve">hal-03673890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical model to study the impact of intra-tumour heterogeneity on anti-tumour CD8+ T cell immune response</w:t>
+                <w:t xml:space="preserve">A mathematical model to study the impact of intra-tumour heterogeneity on anti-tumour CD8 + T cell immune response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Leschiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Lorenzi</w:t>
@@ -972,51 +972,51 @@
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jtbi.2022.111028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03673890v1</w:t>
+                <w:t xml:space="preserve">hal-03283699v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the risk of post-hepatectomy portal hypertension using a digital twin: A clinical proof of concept</w:t>
               </w:r>
@@ -2262,147 +2262,280 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2016.11.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01404771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Counting the steady states of a rational ordinary differential equation issued from biology using algebraic methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohab Safey El Din</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Tomaszek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical liver modeling : hemodynamics and function in hepatectomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Audebert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">General Mathematics [math.GM]. Université Pierre et Marie Curie - Paris VI, 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017PA066077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01512620v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2412,121 +2545,121 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semaine d'Etude Maths-Entreprises 14 : Discrimination des différences d'activité cérébrale induites par des stimulations auditives de fréquence variable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Usseglio-Carleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cottez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Cottez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Chloé Audebert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LM-Besançon - Laboratoire de Mathématiques de Besançon. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01224569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2536,164 +2669,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Closed-loop cardiovascular system model and partial hepatectomy simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petru Bucur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Vibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Gerbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Vignon-Clementel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Computational and Mathematical Biomedical Engineering - CMBE2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId89"/>
+      <w:footerReference w:type="default" r:id="rId93"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2840,51 +2973,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105900v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fostier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Dauger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Yvinec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ribot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Audebert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2025.112311" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141173v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Giacobbi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Meyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Soula" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2024.111747" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661930v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cadot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dion" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleakhena Ken" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dupr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1004430" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348931v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Almeida" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Leschiera" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lorenzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imammb/dqac017" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722100v3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-022-01095-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283699v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shensi Shen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Almeida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2022.111028" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673890v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523641v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Golse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Joly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Combari" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Lewin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nicolas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2020.10.036" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03136073v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laubreton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arpin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Marvel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ISB-200205" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02413756v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bekheit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru O. Bucur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Miquelestorena-Standley" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Vignon-Clementel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000491691" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696064v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2018.01.008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696050v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Peeters" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Segers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Laleman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diethard Monbaliu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2018.2793948" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01954795v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Bucur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriansen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bled" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hbpd.2018.07.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405171v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene E. Vignon-Clementel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vibert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2016.09.018" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347500v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.07.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494844v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnah Othman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Hammad" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000002146" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404771v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.11.037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01512620v3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Audebert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066077" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224569v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Usseglio-Carleve" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cottez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240144v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Gerbeau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105900v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fostier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Dauger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Yvinec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ribot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Audebert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2025.112311" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141173v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Giacobbi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Meyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Soula" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2024.111747" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661930v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cadot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dion" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleakhena Ken" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dupr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1004430" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348931v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Almeida" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Leschiera" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lorenzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imammb/dqac017" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722100v3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-022-01095-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673890v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shensi Shen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Almeida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2022.111028" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283699v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523641v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Golse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Joly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Combari" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Lewin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nicolas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2020.10.036" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03136073v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laubreton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arpin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Marvel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ISB-200205" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02413756v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bekheit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru O. Bucur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Miquelestorena-Standley" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Vignon-Clementel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000491691" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696064v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2018.01.008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696050v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Peeters" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Segers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Laleman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diethard Monbaliu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2018.2793948" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01954795v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Bucur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriansen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bled" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hbpd.2018.07.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405171v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene E. Vignon-Clementel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vibert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2016.09.018" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347500v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.07.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494844v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnah Othman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Hammad" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000002146" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404771v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.11.037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562835v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boudin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohab Safey El Din" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Tomaszek" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01512620v3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Audebert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066077" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224569v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Usseglio-Carleve" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cottez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240144v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Gerbeau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>