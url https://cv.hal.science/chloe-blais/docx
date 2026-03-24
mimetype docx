--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -443,408 +443,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05372787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A lanthanum coordination polymer with 3,6-di­chloro­phthalate and 2,4-di­chloro-6-(eth­­oxy­carbon­yl)benzoate as ligands</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Hénaff</w:t>
+                <w:t xml:space="preserve">Crystalline Phase Induction Strategy for the Design of Luminescent Lanthanide Coordination Polymers: Toward Plastic Waste Recycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Roisnel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guillou</w:t>
+                <w:t xml:space="preserve">Fallou Ngom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/s2056989025009508⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (20), pp.10194-10207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05405286v1</w:t>
+                <w:t xml:space="preserve">hal-05094001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystalline Phase Induction Strategy for the Design of Luminescent Lanthanide Coordination Polymers: Toward Plastic Waste Recycling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heterolanthanide Terephthalate Coordination Polymers: From the Fight against Counterfeiting to Plastic Waste Recycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Bernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01104⟩</w:t>
+              <w:t xml:space="preserve">Accounts of Chemical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (11), pp.1801-1814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.accounts.5c00190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05094001v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05094015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterolanthanide Terephthalate Coordination Polymers: From the Fight against Counterfeiting to Plastic Waste Recycling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A lanthanum coordination polymer with 3,6-di­chloro­phthalate and 2,4-di­chloro-6-(eth­­oxy­carbon­yl)benzoate as ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Roisnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accounts of Chemical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 58 (11), pp.1801-1814. </w:t>
+              <w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 81 (12), pp.1106-1110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.accounts.5c00190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/s2056989025009508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05094015v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanides coordination polymers: Enhancement of luminescence and color emission modulation by core–shell shaping</w:t>
               </w:r>
@@ -964,51 +964,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymères de coordination hétérolanthanides luminescents - Caractéristiques et applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1068,51 +1068,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of halogens on the crystal packing of 3,4,5,6-tetra-chloro-phthalate-based lanthanide coordination compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fallou Ngom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1202,51 +1202,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halogen-Bonds-Based Strategy for the Design of Highly Luminescent Lanthanide Coordination Polymers as Taggants for Plastic Waste Sorting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fallou Ngom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1375,51 +1375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Kerbellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interface</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 148, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1872,51 +1872,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic studies of lanthanide-based coordination polymers with benzene-carboxylate ligands for luminescence tuning</w:t>
+                <w:t xml:space="preserve">Lanthanide-based coordination polymers : recent advances on their shaping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chang</w:t>
@@ -1951,293 +1951,293 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques SCF-Bretagne &amp; Pays de la Loire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Logonna-Daoulas, France</w:t>
+              <w:t xml:space="preserve">Coordination chemistry between France and ROmania</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820189v1</w:t>
+                <w:t xml:space="preserve">hal-04820159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic study of shaping in solution of lanthanide-based coordination polymers</w:t>
+                <w:t xml:space="preserve">Thermodynamic studies of lanthanide-based coordination polymers with benzene-carboxylate ligands for luminescence tuning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French-Italian Coordination Chemistry Days 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques SCF-Bretagne &amp; Pays de la Loire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Logonna-Daoulas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820141v1</w:t>
+                <w:t xml:space="preserve">hal-04820189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanide-based coordination polymers : recent advances on their shaping</w:t>
+                <w:t xml:space="preserve">Thermodynamic study of shaping in solution of lanthanide-based coordination polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coordination chemistry between France and ROmania</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">French-Italian Coordination Chemistry Days 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820159v1</w:t>
+                <w:t xml:space="preserve">hal-04820141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide-based coordination polymers: from molecular alloys to core-shells, shaping study of heteronuclear luminescent materials</w:t>
               </w:r>
@@ -2249,51 +2249,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECOM-CONCOORD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Fournols, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2639,51 +2639,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrae rarae 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2901,51 +2901,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FC0ABF39"/>
+    <w:nsid w:val="3AAEF4B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3132,51 +3132,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-blais" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6349-2928" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423745v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daiguebonne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Suffren" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Calvez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bernot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2025.115904" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372787v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine H&#233;naff" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.143600" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405286v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roisnel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s2056989025009508" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094001v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Ngom" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01104" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094015v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.5c00190" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726709v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Morvan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2024.113275" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706299v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-n4004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833159v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insa Badiane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magatte Camara" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ce00966e" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01866" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822520v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerbellec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057400v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c04198" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885315v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03500" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776934v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01650" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820189v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820141v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820159v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820064v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820251v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822554v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Natur" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822538v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04820412v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-blais" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6349-2928" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423745v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daiguebonne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Suffren" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Calvez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bernot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2025.115904" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372787v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine H&#233;naff" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.143600" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094001v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Ngom" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01104" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094015v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.5c00190" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405286v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roisnel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s2056989025009508" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726709v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Morvan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2024.113275" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706299v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-n4004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833159v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insa Badiane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magatte Camara" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ce00966e" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01866" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822520v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerbellec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057400v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c04198" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885315v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03500" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776934v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01650" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820159v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820189v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820141v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820064v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820251v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822554v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Natur" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822538v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04820412v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>