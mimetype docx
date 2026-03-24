--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chloé CAPEL </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">ArchéologueChargée de Recherche, CNRS (France)UMR 8167 Orient & Méditerranée - Equipe Islam Médiéval</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chloe-capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">227314298</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Archéologue</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Chargée de recherche au CNRS (France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">UMR 8167 Orient & Méditerranée - Equipe Islam Médiéval</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.orient-mediterranee.com/spip.php?article3248</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azougui et la vallée de Teyart : archéologie, patrimoine, développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Maouloud Eida El-Hilal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique : Archéologie et Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21, pp.85-90. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14zm4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05524237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forest and agricultural dynamics in the Haouz plain over the last millennium: archaeobotanical and isotopic research at Aghmat (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima-Ezzahra Badri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (2), pp.255-271. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10745-024-00507-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04591569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unearthing fruit tree production and dietary practices in the medieval and modern Haouz: an archaeobotanical exploration of Aghmat (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima-Ezzahra Badri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belatik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed S. Ettahiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hespéris-Tamuda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, LIX (2) (2024) (Dossier: Multidisciplinary Approaches to Studying Food and Nutrition in the Maghreb / Regards croisés sur l’alimentation au Maghreb: Approches multidisciplinaires), pp.79-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Tombeau à Colonnes de Koumbi Saleh (Mauritanie – xie-xiie siècle). Appropriation et réinterprétation d’une expression architecturale orientale en terres sahariennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le Sahara précolonial. Des sociétés en archipel, 149, pp.237-262. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.16109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Authority Beyond State and Tribe in the Early Medieval Maghrib: The Impact of Climate on the Economic, Social and Political Reorganisation of the Maghrib al-Aqṣā in the Eighth–Ninth Centuries: The Case of Sijilmāsa (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Masaq</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (1), pp.47-65. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09503110.2020.1868052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First archaeobotanical contribution to the history of food production and agriculture at Aghmat (Morocco) between the 11th and the 17th c.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima-Ezzahra Badri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Héritier-Salama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 38, August 2021, pp.102943. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.102943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sahara précolonial : des sociétés en archipel ? Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Voguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Aillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 149 (149), pp.9-30. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.15615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production céramique médiévale de Sijilmassa (d'après les collections du Moroccan-American Project at Sijilmasa) : 2 -réflexions exploratoires et ébauche typologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Archéologie Marocaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25, pp.125-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production céramique médiévale de Sijilmassa (d’après les collections du Moroccan-American Project at Sijilmassa) :1 – Bilan critique des recherches antérieures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Archéologie Marocaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24, pp.153--167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forteresse du Jebel Mudawwar : étude d'un site défensif aux portes de Sijilmassa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Archéologie Marocaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une grande hydraulique saharienne à l’époque médiévale. L’oued Ziz et Sijilmassa (Maroc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, La construcción de la hacienda hispánica en el largo siglo XVIII, 46 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01450043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fondation de Sijilmâsa : réexamen historique et découvertes archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hespéris-Tamuda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, LI (1), pp.39-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The End of a Hundred-Year-Old Archaeological Riddle: First Dating of the Columns Tomb of Kumbi Saleh (Mauritania)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Zazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Polet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Saliège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiocarbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 57 (1), pp.65 - 75. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2458/azu_rc.57.18112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01454893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question des parcs de chasse à l’époque abbasside : le cas emblématique de Sâmarrâ’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, La mer et le sacré en Islam médiéval, 130, pp.153-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01454913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cold Cases? The Archives of Archaeology as Sources of the African Past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard L. F. Chouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afriques. Débats, méthodes et terrains d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2025, Cold Cases? The Archives of Archaeology as Sources of the African Past</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sahara précolonial des sociétés en archipel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Aillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Voguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 149, 2021, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.14804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijilmassa, porte du Sahara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2025, Archéologie et Culture, 979-10-413-0341-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures domestiques de Nora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Mensan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pradines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre français des études éthiopiennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nora, ville islamique de l’Éthiopie médiévale (fin du XIIIe-début du XVIe siècle) : les fouilles de 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre français des études éthiopiennes, 2024, 978-2-11-172318-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04829508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le mobilier de Nora »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Mensan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Poissonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Sever</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre français des études éthiopiennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nora, ville islamique de l’Éthiopie médiévale (fin du XIIIe-début du XVIe siècle) : les fouilles de 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre français des études éthiopiennes, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04829538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de colonisation et d’anthropisation oasienne des marges désertiques du Maghreb à l’aube de l’époque médiévale. Le cas de la mise en valeur agricole du Tafilalt (Sijilmassa, Maroc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedon, Stéphanie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre, circuler et échanger sur la bordure septentrionale du Sahara. Antiquité-époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.103--122, 2020, Scripta Receptoria, 2427-4771</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedrata – Sijilmassa : exemple inédit de circulations artistiques au Sahara médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedon, Stéphanie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre, circuler et échanger sur la bordure septentrionale du Sahara. Antiquité-époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.241--258, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the Dawn of Sijilmasa. New Historical Focus on the Process of Emergence of a Saharan State and a Caravan City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mattingly, David and Sterry, Martin and Duckworth, Chloé and Leitch, Victoria and Cuenod, Aurélie and Power, Ronika. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trans-sahara project : urbanisation and state formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for Libyan Studies, pp.594--620, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’or africain et le paradoxe de Sijilmassa (Maroc – VIIIe-XIVe siècles). Atelier de frappe primordial, histoire méconnue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Minvielle Larousse; Marie-Christine Bailly-Maître; Giovanna Bianchi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métaux précieux en Méditerranée médiévale. Exploitations, transformations, circulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 27, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.243-260, 2019, Archéologies méditerranéennes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijilmasa au temps des Midrarides : nouvelles approches historiques et premier bilan archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cyrille Aillet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’ibadisme dans les sociétés de l’Islam médiéval. Modèles et interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 33, Walter de Gruyter, pp.137-168, 2018, Studies in the History and Culture of the Middle East, 9783110583793. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110584394-012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02939685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les palais mérinides dévoilés : le cas d'Aghmat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ron Messier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Héritier-Salama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Idrissides aux Mérinides : le Maroc fondateur d'empires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Louvre, pp.446--450, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId68"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chloé CAPEL </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">ArchéologueChargée de Recherche, CNRS (France)UMR 8167 Orient & Méditerranée - Equipe Islam Médiéval</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chloe-capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">227314298</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Archéologue</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Chargée de recherche au CNRS (France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">UMR 8167 Orient & Méditerranée - Equipe Islam Médiéval</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.orient-mediterranee.com/spip.php?article3248</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azougui et la vallée de Teyart : archéologie, patrimoine, développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Maouloud Eida El-Hilal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique : Archéologie et Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21, pp.85-90. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14zm4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05524237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forest and agricultural dynamics in the Haouz plain over the last millennium: archaeobotanical and isotopic research at Aghmat (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima-Ezzahra Badri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (2), pp.255-271. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10745-024-00507-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04591569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unearthing fruit tree production and dietary practices in the medieval and modern Haouz: an archaeobotanical exploration of Aghmat (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima-Ezzahra Badri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belatik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed S. Ettahiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hespéris-Tamuda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, LIX (2) (2024) (Dossier: Multidisciplinary Approaches to Studying Food and Nutrition in the Maghreb / Regards croisés sur l’alimentation au Maghreb: Approches multidisciplinaires), pp.79-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sahara précolonial : des sociétés en archipel ? Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Voguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Aillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 149 (149), pp.9-30. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.15615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Tombeau à Colonnes de Koumbi Saleh (Mauritanie – xie-xiie siècle). Appropriation et réinterprétation d’une expression architecturale orientale en terres sahariennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le Sahara précolonial. Des sociétés en archipel, 149, pp.237-262. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.16109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Authority Beyond State and Tribe in the Early Medieval Maghrib: The Impact of Climate on the Economic, Social and Political Reorganisation of the Maghrib al-Aqṣā in the Eighth–Ninth Centuries: The Case of Sijilmāsa (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Masaq</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (1), pp.47-65. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09503110.2020.1868052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First archaeobotanical contribution to the history of food production and agriculture at Aghmat (Morocco) between the 11th and the 17th c.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima-Ezzahra Badri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Héritier-Salama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 38, August 2021, pp.102943. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.102943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production céramique médiévale de Sijilmassa (d'après les collections du Moroccan-American Project at Sijilmasa) : 2 -réflexions exploratoires et ébauche typologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Archéologie Marocaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25, pp.125-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijilmâsa (et autres graphies : Siǧilmâsa, Sidjilmassa, Sijilmassa…)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 43 (Siga - Syphax), pp.7406-7415. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14u2h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production céramique médiévale de Sijilmassa (d’après les collections du Moroccan-American Project at Sijilmassa) :1 – Bilan critique des recherches antérieures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Archéologie Marocaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24, pp.153--167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fondation de Sijilmâsa : réexamen historique et découvertes archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hespéris-Tamuda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, LI (1), pp.39-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forteresse du Jebel Mudawwar : étude d'un site défensif aux portes de Sijilmassa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Archéologie Marocaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une grande hydraulique saharienne à l’époque médiévale. L’oued Ziz et Sijilmassa (Maroc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, La construcción de la hacienda hispánica en el largo siglo XVIII, 46 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01450043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The End of a Hundred-Year-Old Archaeological Riddle: First Dating of the Columns Tomb of Kumbi Saleh (Mauritania)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Zazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Polet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Saliège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiocarbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 57 (1), pp.65 - 75. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2458/azu_rc.57.18112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01454893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question des parcs de chasse à l’époque abbasside : le cas emblématique de Sâmarrâ’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, La mer et le sacré en Islam médiéval, 130, pp.153-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01454913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cold Cases? The Archives of Archaeology as Sources of the African Past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard L. F. Chouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afriques. Débats, méthodes et terrains d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2025, Cold Cases? The Archives of Archaeology as Sources of the African Past</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sahara précolonial des sociétés en archipel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Aillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Voguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 149, 2021, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.14804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijilmassa, porte du Sahara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2025, Archéologie et Culture, 979-10-413-0341-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le mobilier de Nora »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Mensan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Poissonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Sever</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre français des études éthiopiennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nora, ville islamique de l’Éthiopie médiévale (fin du XIIIe-début du XVIe siècle) : les fouilles de 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre français des études éthiopiennes, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04829538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures domestiques de Nora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Mensan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pradines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre français des études éthiopiennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nora, ville islamique de l’Éthiopie médiévale (fin du XIIIe-début du XVIe siècle) : les fouilles de 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre français des études éthiopiennes, 2024, 978-2-11-172318-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04829508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedrata – Sijilmassa : exemple inédit de circulations artistiques au Sahara médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedon, Stéphanie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre, circuler et échanger sur la bordure septentrionale du Sahara. Antiquité-époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.241--258, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de colonisation et d’anthropisation oasienne des marges désertiques du Maghreb à l’aube de l’époque médiévale. Le cas de la mise en valeur agricole du Tafilalt (Sijilmassa, Maroc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedon, Stéphanie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre, circuler et échanger sur la bordure septentrionale du Sahara. Antiquité-époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.103--122, 2020, Scripta Receptoria, 2427-4771</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the Dawn of Sijilmasa. New Historical Focus on the Process of Emergence of a Saharan State and a Caravan City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mattingly, David and Sterry, Martin and Duckworth, Chloé and Leitch, Victoria and Cuenod, Aurélie and Power, Ronika. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trans-sahara project : urbanisation and state formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for Libyan Studies, pp.594--620, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’or africain et le paradoxe de Sijilmassa (Maroc – VIIIe-XIVe siècles). Atelier de frappe primordial, histoire méconnue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Minvielle Larousse; Marie-Christine Bailly-Maître; Giovanna Bianchi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métaux précieux en Méditerranée médiévale. Exploitations, transformations, circulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 27, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.243-260, 2019, Archéologies méditerranéennes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijilmasa au temps des Midrarides : nouvelles approches historiques et premier bilan archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cyrille Aillet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’ibadisme dans les sociétés de l’Islam médiéval. Modèles et interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 33, Walter de Gruyter, pp.137-168, 2018, Studies in the History and Culture of the Middle East, 9783110583793. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110584394-012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02939685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les palais mérinides dévoilés : le cas d'Aghmat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Fili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ron Messier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Héritier-Salama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Idrissides aux Mérinides : le Maroc fondateur d'empires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Louvre, pp.446--450, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E8ED37EA"/>
+    <w:nsid w:val="22AFD0FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="448A262D"/>
+    <w:nsid w:val="14CB6A09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -488,51 +488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-capel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/227314298" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orient-mediterranee.com/spip.php?article3248" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05524237v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Capel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Maouloud Eida El-Hilal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14zm4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04591569v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Ezzahra Badri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cartier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Fili" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-024-00507-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813647v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belatik" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed S. Ettahiri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686411v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.16109" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271749v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09503110.2020.1868052" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373205v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine H&#233;ritier-Salama" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102943" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040319v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Voguet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Aillet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.15615" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720649v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686430v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874172v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01450043v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447950v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01454893v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Polet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sali&#232;ge" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2458/azu_rc.57.18112" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01454913v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419088v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roth" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard L. F. Chouin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361376v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.14804" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386543v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829508v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Fauvelle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pradines" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829538v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Poissonnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Sever" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686405v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686406v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686407v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974985v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/metaux-precieux-mediterranee-medievale-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939685v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110584394-012" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631979v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Messier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-capel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/227314298" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orient-mediterranee.com/spip.php?article3248" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05524237v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Capel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Maouloud Eida El-Hilal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14zm4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04591569v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Ezzahra Badri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cartier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Fili" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-024-00507-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813647v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belatik" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed S. Ettahiri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Voguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Aillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.15615" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686411v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.16109" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271749v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09503110.2020.1868052" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373205v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine H&#233;ritier-Salama" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102943" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720649v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524193v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14u2h" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686430v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447950v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874172v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01450043v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01454893v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Polet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sali&#232;ge" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2458/azu_rc.57.18112" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01454913v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419088v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roth" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard L. F. Chouin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361376v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.14804" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386543v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829538v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Fauvelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Poissonnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Sever" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829508v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pradines" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686406v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686405v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686407v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974985v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/metaux-precieux-mediterranee-medievale-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939685v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110584394-012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631979v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Messier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>