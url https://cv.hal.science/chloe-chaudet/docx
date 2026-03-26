--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1,189 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.7874015748px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chloé Chaudet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maîtresse de conférences HDR en littérature générale et comparée, Université Clermont Auvergne / Institut Universitaire de France</w:t>
+        <w:t xml:space="preserve">Maîtresse de conférences HDR en littérature générale et comparée, Université Clermont Auvergne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">chloe-chaudet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0002-1082-7525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdRef : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">184052084</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">NB : La liste des publications indiquées sur cette page HAL ne prend pas en compte l'ensemble des articles, chapitres, et autres textes publiés avant 2020. Pour une liste plus complète des publications et interventions de C. Chaudet ainsi qu'une présentation de son parcours, voir la page suivante : </w:t>
+        <w:t xml:space="preserve">Pour une liste plus complète des publications et interventions de C. Chaudet ainsi qu'une présentation de son parcours, voir la page suivante : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://uca-fr.academia.edu/Chlo%C3%A9Chaudet/CurriculumVitae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Domaines de recherche et d’enseignement</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -413,3664 +422,4757 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (9)</w:t>
+        <w:t xml:space="preserve">Ouvrages (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Section « Le peuple du mystère : comploteurs et sociétés secrètes », in Populations fictionnelles, co-dir. avec Anne Isabelle François, Ioana Galleron, Françoise Lavocat et al.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabula - Les colloques en ligne, https://www.fabula.org/colloques/sommaire14026.php, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questions comparatistes, vues du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luís Jobim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editora da Universidade Federal Fluminense / Edições Makunaima, 2024, 978-65-87250-57-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fictions du grand complot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermann, coll. "Savoir Lettres", 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04706763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écocritique(s) et catastrophes naturelles : perspectives transdisciplinaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Garrait-Bourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Ibrahim-Lamrous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Loisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabula - Les colloques en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://www.fabula.org/colloques/sommaire7756.php, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...59 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03595562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Littérature de voyage aujourd’hui. Héritages et reconfigurations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Louÿs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier, coll. "La Revue des Lettres modernes"</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11102-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03169931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire et travailler avec la traduction par temps de mondialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Placial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabula - Les colloques en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://www.fabula.org/colloques/sommaire6580.php, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Atlantique littéraire au féminin. Approches comparatistes (XXe-XXIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Cubeddu-Proux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires Blaise Pascal, coll. "Littératures", 2020, 978-2-84516-943-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02930320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TransArea. Une histoire littéraire de la mondialisation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Écritures de l'engagement par temps de mondialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier, coll. "Poétiques comparatistes"</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...104 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t>
+        <w:t xml:space="preserve">Traduction (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le roman d'espionnage / The Spy Novel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Grand Conspiracy Fictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Macabies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-05293905v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dossier « Sociopoétique du complot »</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">TransArea. Une histoire littéraire de la mondialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...67 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...366 lines deleted...]
-                <w:t xml:space="preserve">hal-02586236v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ottmar Ette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amour, gloire et panafricanisme. Essai critique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le roman d'espionnage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gefen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05069370v1</w:t>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 30, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14sap⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fiction face aux « théories du complot » : enjeux didactiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dossier « Sociopoétique du complot »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04978929v1</w:t>
+              <w:t xml:space="preserve">Sociopoétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9, https://polen.uca.fr/sociopoetiques/index.php?id=2103, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparatisme et imaginaire du complot</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fictions du complot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivanne Rialland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche littéraire / Literary Research</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04437078v1</w:t>
+              <w:t xml:space="preserve">ELFe | Self XX-XXI - Etudes de littérature française des XXe et XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12, https://journals.openedition.org/elfe/4898, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raviver le cosmopolitisme : de l’intérêt actuel d’une littérature « vraiment générale ». Essai critique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Zones à dire. Pour une écopoétique transculturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bonvalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04292221v1</w:t>
+              <w:t xml:space="preserve">Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 201 (1), 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vous avez dit « complot » ? Essai critique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Hors frontières. Écritures du déplacement dans une perspective mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Détrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Le Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04295291v1</w:t>
+              <w:t xml:space="preserve">Trans : Revue de Littérature Générale et Comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 26, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conspiracy Narratives and Cosmopolitanism: Friends or Warring Brothers?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dossier « Au carrefour des études mémorielles, postcoloniales et de genre »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...287 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucie Taïeb</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mesnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...74 lines deleted...]
-                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Moura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoires en jeu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 10</w:t>
-[...302 lines deleted...]
-                <w:t xml:space="preserve">hal-02346242v1</w:t>
+              <w:t xml:space="preserve">, 10, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02586236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiction et « théories du complot » : de l’intérêt des approches comparatistes pour aborder l’imaginaire du complot</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Amour, gloire et panafricanisme. Essai critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Futurs POP. Perspectives de la recherche en cultures populaires et médiatiques</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05072850v1</w:t>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (5), https://www.fabula.org/revue/document19611.php</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05069370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’une population fictionnelle contemporaine : (re)configurations des comploteurs à grande échelle depuis le tournant du XIXe siècle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le roman d’espionnage, introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gefen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Section « Le peuple du mystère : comploteurs et sociétés secrètes », in Populations fictionnelles, co-dir. avec Anne Isabelle François, Ioana Galleron, Françoise Lavocat et al.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05324368v1</w:t>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14sae⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Mélancolie de gauche » et écrivain·es de langue française : un imaginaire hexagonal ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La fiction face aux « théories du complot » : enjeux didactiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Por el ancho mar… Estudios sobre literaturas de expresión francesa / Sur la vaste mer… Études sur des littératures d’expression française</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05086302v1</w:t>
+              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 228 (1), https://www.revues.armand-colin.com/lettres-langues/francais-aujourdhui/francais-aujourdhui-no228-12025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulations transatlantiques d’une forme narrative transséculaire : la fiction du complot entre l’Europe et les États-Unis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparatisme et imaginaire du complot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fragments d’une littérature littorale atlantique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04320679v1</w:t>
+              <w:t xml:space="preserve">Recherche littéraire / Literary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39, https://www.peterlang.com/document/1418255</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’esthétique du sublime à l’engagement écocritique : figurations de la forêt amazonienne chez José Maria Ferreira de Castro, Luis Sepúlveda et Rolf de Heer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Raviver le cosmopolitisme : de l’intérêt actuel d’une littérature « vraiment générale ». Essai critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouveaux récits sur la forêt</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04000921v1</w:t>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (5), URL : http://www.fabula.org/acta/document16457.php</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre célébration du faux et critique socio-politique : de la mise en intrigue des discours complotistes (XIXe-XXIe siècles)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vous avez dit « complot » ? Essai critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Littératures du faux</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04320741v1</w:t>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (10), https://www.fabula.org/revue/document17484.php</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04295291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mondialisation et poétique du mouvement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Conspiracy Narratives and Cosmopolitanism: Friends or Warring Brothers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réfugier. Carnet d’un campement urbain, t. 2 – Explorer</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03427299v1</w:t>
+              <w:t xml:space="preserve">Migrating Minds. Journal of Cultural Cosmopolitanism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (1), https://repository.library.georgetown.edu/handle/10822/1086504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57928/wy70-gn57⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« I, too, found myself understanding the killer » : les figures de terroristes dans l’œuvre de Salman Rushdie, incarnations d’une hybridité problématique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les « Illuminati » du pamphlet au roman : circulations d’un discours complotiste à grande échelle depuis le tournant du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figurer le terroriste. La littérature au défi</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03182747v1</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Circulation des discours dans les récits complotistes, dir. Valérie Bonnet, Arnaud Mercier et Gilles Siouffi, 130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03870610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouvement(s) exotique(s) et ekphrasis. Sur le primitivisme des avant-gardes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Transatlantic Circulations of Conspiracy Fiction: From Europe to the United States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilder in Bewegung. Ansichten des Bildlichen zwischen Kunst und Wissenschaft. Festschrift zu Ehren von Ottmar Ettes 65. Geburtstag</w:t>
-[...43 lines deleted...]
-                <w:t xml:space="preserve">hal-03427297v1</w:t>
+              <w:t xml:space="preserve">Frictions: Europe, America and Global Transformations </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeste proposition pour empêcher les comparatistes de France de renoncer à travailler sur des textes traduits et pour prouver leur utilité à tous les élèves et étudiants en Lettres</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mensonges à grande échelle dans la trilogie d’Antoine Bello (2007-2015). Re(con)figurations d’un imaginaire complotiste transséculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lire et travailler avec la traduction par temps de mondialisation. Actes de l’atelier présenté lors du 8e Congrès de la Société Européenne de Littérature Comparée / SELC, Aug 2019, Lille, France. Fabula. Colloques en ligne</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02557355v1</w:t>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Figures du mensonge et de la mauvaise foi dans le roman contemporain, 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migrations des fictions du complot (XIXe-XXIe siècles). De la mondialisation d'un imaginaire de la paranoïa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Pour une approche multiscalaire des lieux dévastés. Décharge, île, ligne d’aridité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Migrations des genres et des formes littéraires et artistiques</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02346234v2</w:t>
+              <w:t xml:space="preserve">Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 201 (1), pp.99-127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03175844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser les reconfigurations écocritiques de l’engagement littéraire : quelques réflexions à partir du projet « Les peuples de l’eau » (2004-2007)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contemporary French and Francophone Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17409292.2020.1785723⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02353949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Schwab et la pensée occidentale de l'engagement : vers un renouveau transculturel de l'histoire littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de littérature comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Repenser l’histoire littéraire à partir de Raymond Schwab, dir. Claire Gallien et Sarga Moussa, 374 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des divergences aux dialogues entre Aleida Assmann, Homi K. Bhabha et Judith Butler : vers un engagement en partage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires en jeu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02362838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprendre l'épidémie de discours complotistes autour du Covid-19. Article de vulgarisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la différence culturelle par temps de grand flou terminologique. Essai critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Nin, entre avant-garde et féminisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de littérature comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 366 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rlc.366.0205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser les (re)configurations de l'engagement littéraire. Essai critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la mince frontière entre best-seller humanitariste et roman (vraiment) engagé : l’exemple de Desert Flower (1998) de Waris Dirie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparatismes en Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homo occidentalis homini lupus est : stratégies du témoignage dans Révolutions (2003) de Le Clézio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers J.-.M. G. Le Clézio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TAZ, ZAVATA und culture libre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trifolium. Revue de l'association comparatiste allemande Tertium Comparationis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les fictions du complot sont informées par le meilleur comme par le pire de ce qui circule dans la société », entretien, Raison-Publique.fr</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fiction et « théories du complot » : de l’intérêt des approches comparatistes pour aborder l’imaginaire du complot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Simon Bréan, Aurélie Huz, Alice Jacquelin et Matthieu Letourneux (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Futurs POP. Perspectives de la recherche en cultures populaires et médiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Nanterre, p. 93-105, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D’une population fictionnelle contemporaine : (re)configurations des comploteurs à grande échelle depuis le tournant du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Aude et Chloé Chaudet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Section « Le peuple du mystère : comploteurs et sociétés secrètes », in Populations fictionnelles, co-dir. avec Anne Isabelle François, Ioana Galleron, Françoise Lavocat et al.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabula - Les colloques en ligne, https://www.fabula.org/colloques/document14792.php, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05324368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Mélancolie de gauche » et écrivain·es de langue française : un imaginaire hexagonal ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lía Mallol de Albarracín, María Victoria Urquiza et al. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Por el ancho mar… Estudios sobre literaturas de expresión francesa / Sur la vaste mer… Études sur des littératures d’expression française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Nacional de Cuyo, https://bdigital.uncu.edu.ar/fichas.php?idobjeto=20484, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05086302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circulations transatlantiques d’une forme narrative transséculaire : la fiction du complot entre l’Europe et les États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charles Brion (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fragments d’une littérature littorale atlantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 45-55, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04320679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’esthétique du sublime à l’engagement écocritique : figurations de la forêt amazonienne chez José Maria Ferreira de Castro, Luis Sepúlveda et Rolf de Heer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascale Auraix-Jonchière et Frédéric Calas (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouveaux récits sur la forêt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.105-124, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04000921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre célébration du faux et critique socio-politique : de la mise en intrigue des discours complotistes (XIXe-XXIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne-Sophie Donnarieix et Jochen Mecke (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littératures du faux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, de Gruyter, p. 85-95, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04320741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondialisation et poétique du mouvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Catherine Milkovitch-Rioux et Nathalie Vincent-Munnia (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réfugier. Carnet d’un campement urbain, t. 2 – Explorer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Boîte à Bulles, p. 78-85, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« I, too, found myself understanding the killer » : les figures de terroristes dans l’œuvre de Salman Rushdie, incarnations d’une hybridité problématique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elara Bertho, Catherine Brun et Xavier Garnier (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figurer le terroriste. La littérature au défi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthala, coll. "Lettres du sud"</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 101-110, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeste proposition pour empêcher les comparatistes de France de renoncer à travailler sur des textes traduits et pour prouver leur utilité à tous les élèves et étudiants en Lettres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-05055244v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Placial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chloé Chaudet et Claire Placial (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lire et travailler avec la traduction par temps de mondialisation. Actes de l’atelier présenté lors du 8e Congrès de la Société Européenne de Littérature Comparée / SELC, Aug 2019, Lille, France. Fabula. Colloques en ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , https://www.fabula.org/colloques/document6611.php, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02557355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migrations des fictions du complot (XIXe-XXIe siècles). De la mondialisation d'un imaginaire de la paranoïa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre-Yves Boissau, Claire Gheerardyn, Delphine Rumeau et al. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migrations des genres et des formes littéraires et artistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , https://sflgc.org/acte/chaudet-chloe-migrations-des-fictions-du-complot-xixe-xxie-siecles-de-la-mondialisation-dun-imaginaire-de-la-paranoia/, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346234v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerre d’Algérie, guerre du Biafra : du traumatisme au défi esthétique chez J.M.G. Le Clézio et Ben Okri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michèle Finck, Tatiana Victoroff, Enrica Zanin et al. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et expériences croisées de la guerre, apports comparatistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://sflgc.org/acte/chloe-chaudet-guerre-dalgerie-guerre-du-biafra-du-traumatisme-au-defi-esthetique-chez-jmg-le-clezio-et-ben-okri/, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nécessaire renouveau de la notion d’engagement littéraire : plaidoyer pour une ouverture et un décentrement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Tomiche et al. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Comparatisme comme approche critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Classiques Garnier, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chloé Chaudet (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écriture féminine aux XXe et XXIe siècles, entre stéréotype et concept (2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://self.hypotheses.org/publications-en-ligne/ecriture-feminine-aux-xxe-et-xxie-siecles-entre-stereotype-et-concept, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chloé Chaudet et Aude Leblond (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Irrévérence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://self.hypotheses.org/publications-en-ligne/lirreverence, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’hybridité de l’ethos dans Shame de Salman Rushdie et Révolutions de J.M.G. Le Clézio : une perception ambivalente du « modèle » occidental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yolaine Parisot et Charline Pluvinet (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour un récit transnational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.169-182, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.52569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HDR (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Les fictions du complot sont informées par le meilleur comme par le pire de ce qui circule dans la société », entretien, Raison-Publique.fr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Decout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://raison-publique.fr/3667/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Il faut accepter d’être violent avec la violence.” Entretien avec DOA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gefen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14sao⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“J’ai voulu pointer des contradictions morales en faisant parler les corps.” Entretien avec Virginie Tournay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Tournay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14sap⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'engagement littéraire contemporain ou la dénonciation d'un inacceptable : éléments pour une poétique transculturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'Homme et Société. Sorbonne Université, France; Université de la Sarre, Allemagne, 2014. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2014PA040226⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05563670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Habilitation à Diriger des Recherches en littérature générale et comparée : « Littérature et politique par temps de mondialisation : perspectives comparatistes ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Sorbonne Université, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04812452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId90"/>
+      <w:footerReference w:type="default" r:id="rId110"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4138,51 +5240,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E310442D"/>
+    <w:nsid w:val="C9DEC216"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4286,51 +5388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="6AE28918"/>
+    <w:nsid w:val="275D1577"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4434,51 +5536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="C26B09CF"/>
+    <w:nsid w:val="0F720D0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4582,51 +5684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="3681FB70"/>
+    <w:nsid w:val="37CF85A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4822,51 +5924,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-chaudet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1082-7525" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184052084" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca-fr.academia.edu/Chlo%C3%A9Chaudet/CurriculumVitae" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322756v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chaudet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aude" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722173v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Moura" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lu&#237;s Jobim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706763v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03595562v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garrait-Bourrier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Ibrahim-Lamrous" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Loisel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/sommaire7756.php" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169931v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Antoine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lou&#255;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarga Moussa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-litterature-de-voyage-aujourd-hui-heritages-et-reconfigurations.html?fbclid=IwAR0Z7s15YYpYbTREJ9Y7AB_-An7SJRan_R11WORyaL70qqOFo_nPqCtyP_8" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11102-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557337v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Placial" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/sommaire6580.php" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930320v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Cubeddu-Proux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355693v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Ette" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/transarea-une-histoire-litteraire-de-la-mondialisation.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267603v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecritures-de-l-engagement-par-temps-de-mondialisation.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293905v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14sap" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784196v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanne Rialland" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169945v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bonvalot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lorin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182326v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel D&#233;trie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Le Blanc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586236v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mesnard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069370v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978929v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292221v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295291v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317520v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57928/wy70-gn57" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870610v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321179v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321172v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175844v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ta&#239;eb" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362838v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949224v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353949v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17409292.2020.1785723" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934877v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346242v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072850v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324368v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086302v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320679v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000921v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320741v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427299v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182747v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/lettres-du-sud/3378-figurer-le-terroriste-la-litterature-au-defi-9782811127831.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427297v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110730340/html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730340-016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557355v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346234v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055244v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Decout" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04812452v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-chaudet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1082-7525" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184052084" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca-fr.academia.edu/Chlo%C3%A9Chaudet/CurriculumVitae" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322756v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chaudet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aude" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722173v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Moura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lu&#237;s Jobim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706763v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03595562v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garrait-Bourrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Ibrahim-Lamrous" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Loisel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/sommaire7756.php" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169931v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Antoine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lou&#255;s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarga Moussa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-litterature-de-voyage-aujourd-hui-heritages-et-reconfigurations.html?fbclid=IwAR0Z7s15YYpYbTREJ9Y7AB_-An7SJRan_R11WORyaL70qqOFo_nPqCtyP_8" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11102-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557337v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Placial" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/sommaire6580.php" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930320v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Cubeddu-Proux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267603v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecritures-de-l-engagement-par-temps-de-mondialisation.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548663v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Macabies" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355693v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Ette" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538098v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14sap" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784196v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209951v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanne Rialland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169945v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallien" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bonvalot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lorin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel D&#233;trie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Le Blanc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586236v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mesnard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069370v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538090v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14sae" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978929v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437078v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292221v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295291v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317520v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57928/wy70-gn57" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870610v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321179v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321172v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175844v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ta&#239;eb" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353949v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17409292.2020.1785723" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949224v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362838v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934877v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346242v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563556v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.366.0205" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563658v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563543v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563536v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563491v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072850v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324368v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086302v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320679v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000921v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320741v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427299v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182747v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/lettres-du-sud/3378-figurer-le-terroriste-la-litterature-au-defi-9782811127831.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557355v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346234v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563584v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563578v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563598v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563601v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Leblond" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563561v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.52569" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055244v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Decout" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538144v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14sao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543828v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Tournay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05563670v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA040226" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04812452v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>