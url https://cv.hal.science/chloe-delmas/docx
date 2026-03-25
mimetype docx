--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:114.28571428571px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chloé Delmas </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directrice de recherche, UMR SAVE, INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chloe-delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3568-605X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches actuelles se situent à l'interface entre l'écophysiologie, la pathologie végétale et l'épidémiologie. Plus précisément, je m'intéresse à 1) la physiopathologie de la vigne : étude des interactions entre l'environnement, la physiologie et les maladies de la vigne, ainsi que du fonctionnement hydraulique des vignes malades ; 2) l'étude et l'intégration de la sensibilité variétale des vignes à différents stress biotiques et abiotiques ; 3) la surveillance épidémiologique du dépérissement des vignobles et l'impact du climat sur l'environnement biotique des vignes.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Diplômes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Université de Bordeaux « Adaptation des agents pathogènes et physiopathologie de la vigne face aux changements de l’environnement »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2009-2011 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> en “Ecologie, biodiversité et évolution” Université de Toulouse, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2008 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  “Fonctionnement et modélisation des écosystèmes terrestres”, Université de Bordeaux, France (stage réalisé à York University, Toronto)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Postes occupés dans la recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">·  depuis 2023: Directrice de recherche (DR2), INRAE, UMR SAVE (Santé et Agroécologie du vignoble), Bordeaux, France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2017-2022 : Chargée de recherche (CR1), INRAE, UMR SAVE (Santé et Agroécologie du vignoble), Bordeaux, France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2015 - 2017 : Postdoctoral researcher in integrative ecology, LabEx COTE, University of Bordeaux fellowship. VIVALDI project: Vineyard ecosystem vulnerability to pathogens and drought in the context of climate change.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2013 - 2015 : Postdoctoral researcher in the evolutionary ecology of plant-pathogen interactions at INRA, UMR SAVE, Bordeaux, France with François Delmotte.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2012 : Postdoctoral research conducted on the evolutionary ecology of reproductive traits, University of Sydney / National Herbarium of NSW (Royal Botanic Gardens and Domain Trust), Sydney, Australia with Maurizio Rossetto & Glenda Wardle.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">·</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Docs et postdocs</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023-present: Samuele Moretti (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2025: Marie Chambard (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2025: Pierre Gastou (doctorant)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2024: Lucas Etienne (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2024: Ninon Dell’Acqua (doctorante, cosupervised with Greg Gambetta)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022: Thibaut Fréjaville (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022: Jérôme Pouzoulet (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2017-2021: Giovanni Bortolami (doctorant, cosupervised with Greg Gambetta)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen nutrition impacts grapevine esca leaf symptom incidence, physiology, and metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell’acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Rochepeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eraf172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05107238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential physiological responses of resistant and susceptible grape cultivars to Eutypa dieback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela C Sinclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Travadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula J Eschen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Wallis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendra Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 76 (11), pp.3172-3185. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eraf103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reduced canopy area in esca-symptomatic grapevine plants leads to lower canopy transpiration and mitigates water stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell’acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bartlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 199 (1), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/plphys/kiaf361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of ecoclimatic indicators of esca disease through 20 years of large-scale vineyard monitoring in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bonnardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-01-25-0228-RE⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradient of grapevine varietal susceptibility to esca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Guérin-Dubrana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-2. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.8300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms of grapevine resilience to a vascular disease: investigating stem radial growth, xylem development, and physiological acclimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory A Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (2), pp.321-336. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcad188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome analysis of the esca-associated Basidiomycetes Fomitiporia mediterranea , Fomitiporia polymorpha , Inonotus vitis , and Tropicoporus texanus reveals virulence factor repertoires characteristic of white-rot fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jadran Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Figueroa-Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendra Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (10), pp.jkae189. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/g3journal/jkae189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the phenology of plant pathogenic fungi: why and how?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie‐hélène Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 99, pp.1075-1084. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/brv.13058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought tolerance in grapevine involves multiple interacting physiological mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marguerit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Saint Cast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.8354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistic modeling of summer expression of esca symptoms in tolerant and susceptible cultivars in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bénétreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barka Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (1), </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.1.7571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04605192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant hydraulics at the heart of plant, crops and ecosystem functions in the face of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Torres-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 241 (3), pp.984-999. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.19463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large gradient of susceptibility to esca disease revealed by long-term monitoring of 46 grapevine cultivars in a common garden vineyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Destrac Irvine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Arcens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Courchinoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice This</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (2), pp.8043. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.2.8043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04676690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of cultivar, year and plot age in the incidence of esca and Eutypa dieback: Insights from 20 years of regional surveys in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13975⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building integrated plant health surveillance: a proactive research agenda for anticipating and mitigating disease and pest emergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Estoup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CABI Agriculture and Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.72. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s43170-024-00273-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the grapevine xylem embolism resistance spectrum to identify varieties and regions at risk in a future dry climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell’acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.7724. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-34224-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esca grapevine disease involves leaf hydraulic failure and represents a unique premature senescence process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendra Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gramaje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tree Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (3), pp.441-451. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/treephys/tpac133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quoi la diversité génétique des porte-greffes peut-elle permettre de lutter contre les dépérissements?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marguerit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Dewasme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Lauvergeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.35-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05351776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fungal Metabarcoding Data for Two Grapevine Varieties (Regent and &amp;lt;i&amp;gt;Vitis vinifera&amp;lt;/i&amp;gt; ‘Cabernet-Sauvignon’) Inoculated with Powdery Mildew (&amp;lt;i&amp;gt;Erysiphe necator&amp;lt;/i&amp;gt;) Under Drought Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Francioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Faivre d'Arcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (4), pp.358 - 367. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/pbiomes-06-22-0037-a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04059021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts de l’esca sur le transport de l’eau de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 182, pp.21-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal and long-term consequences of esca grapevine disease on stem xylem integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 72 (10), pp.3914-3928. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erab117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevines under drought do not express esca leaf symptoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvina Dayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (43), pp.e2112825118. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2112825118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary constraints and adaptation shape the size and colour of rain forest fruits and flowers at continental scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert M. Kooyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Rossetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ecology and Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Online Version of Record before inclusion in an issue, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/geb.13065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behind the curtain of the compartmentalization process: exploring how xylem vessel diameter impacts vascular pathogen resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe E. Rolshausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Charbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinliang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guillaumie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 43 (11), pp.2782-2796. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pce.13848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the hydraulic failure hypothesis of esca leaf symptom formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory A. Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J. Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 181 (3), pp.1163-1174. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.19.00591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought will not leave your glass empty: Low risk of hydraulic failure revealed by long-term drought observations in world’s top wine regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Domec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.aao6969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un projet transdisciplinaire pour comprendre les mécanismes sous-jacents au dépérissement de la vigne : PHYSIOPATH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 165, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vaisseaux de la vigne aux rayons x</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viti</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 427, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft selective sweeps in fungicide resistance adaptation: recurrent mutations without fitness costs in grapevine downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (2), pp.1936-1951. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.14006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Hydraulic Vulnerability Segmentation and Lack of Xylem Refilling under Tension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Torres-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Choat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 172 (3), pp.1657-1668. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.16.01079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a plant pathogen to partial host resistance: selection for greater aggressiveness in grapevine downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Richart Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (5), pp.709-725. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herbaceous angiosperms are not more vulnerable to drought-induced embolism than angiosperm trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Lens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Picon-Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constant Signarbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Buttler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 172 (2), pp.661-667. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.16.00829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollen transfer in fragmented plant populations: insight from the pollen loads of pollinators and stigmas in a mass-flowering species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas L. C. Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (16), pp.5663-5673. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.2280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative impact of mate versus pollinator availability on pollen limitation and outcrossing rates in a mass-flowering species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Cheptou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ruzafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (1), pp.209-218. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/plb.12200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massive floral display affects insect visits but not pollinator-mediated pollen transfer in Rhododendron ferrugineum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.234-243. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/plb.12039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous quantification of sporangia and zoospores in a biotrophic oomycete with an automatic particle analyzer: Disentangling dispersal and infection potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François F. Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microbiological Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 107, pp.169-175. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mimet.2014.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High lifetime inbreeding depression counteracts the reproductive assurance benefit of selfing in a mass-flowering shrub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Cheptou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12862-014-0243-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of 18 microsatellite markers in Rhododendron ferrugineum (Ericaceae) for investigating genetic structure at margins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Genetics Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (2), pp.473-477. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12686-012-9831-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and characterization of microsatellite loci in Rhododendron ferrugineum (Ericaceae) using pyrosequencing technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 98 (5), pp.e120-e122. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3732/ajb.1000533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting the footprint of changing atmospheric nitrogen deposition loads on acid grasslands in the context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandre Gaudnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corcket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E.L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gombert-Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (11), pp.3351-3365. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2486.2011.02463.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A meta-analysis of the ecological significance of density in tree invasions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.J. Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Community Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (2), pp.171-178. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1556/ComEc.12.2011.2.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating esca susceptibility in a range of Vitis vinifera L. cultivars through a physiopathology-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Alazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Société Française de Phytopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of climate in esca disease incidence through 20 years of large-scale vineyard monitoring in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bonnardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Société Française de Phytopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the mechanisms underpinning grapevine susceptibility to esca in a range of Vitis vinifera L. cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Carayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geisenheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des déterminants génétiques et fonctionnels de la sensibilité de la vigne aux pathogènes du bois et de l'anatomie du bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuele Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clovis Pawula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Girollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guillaumie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes journées des maladies du bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Cognac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du climat sur l'expression des symptômes d'une maladie vasculaire de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55ièmes Journées de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Statistique (SFdS), May 2024, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of drought on grapevine wood fungal pathogen communities using a metatranscriptomics approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario Cantu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPP (12th International Congress Of Plant Pathology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lyon, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the prevalence of esca-induced leaf symptoms in French vineyards and the role of climate: a national scale analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Guérin-Dubrana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">II International Congress on Grapevine and Wine Sciences (2ICGWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICVV Logroño, Nov 2023, Logroño (La Rioja), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stem growth disorder and xylem anatomy modifications during esca pathogenesis in grapevines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory A Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Theodore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GiESCO (22nd Group of International Experts for Cooperation on Vitivinicultural Systems Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cornell University, Jul 2023, Ithaca (Cornell University), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances in our understanding of the impact of climate change on wine grape production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marguerit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E.L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Ouaked-Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert- Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GiESCO (22nd Group of International Experts for Cooperation on Vitivinicultural Systems Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cornell, Jul 2023, Ithaca (Cornell University), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a better understanding of cultivar susceptibility to Esca disease : results from a pluriannual common garden monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Destrac Irvine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E.L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">II International Congress on Grapevine and Wine Sciences (2ICGWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICVV Logroño, Nov 2023, Logroño, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine vulnerability to drought and pathogens in the context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opening Conference of the IOBC - WPRS Meeting of the working group Integrated Protection in Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICVV Logroño - La Rioja - Spain, Oct 2023, Logroño (La Rioja), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of drought on biotic interactions in grapevines: a physiopathological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Keynote of the REID (Réseau Ecologie des Interactions Durables)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Poitiers, May 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine xylem embolism resistance spectrum reveals which varieties have a lower mortality risk in a future dry climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">terclim2022 (14th International Terroir congress and 2nd ClimWine symposium)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenology of plant pathogenic fungi: why and how ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dresch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. García de Cortázar-Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PHENOLOGY 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The physiology and drivers of Esca leaf symptom development in grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 12th International Workshop on Grapevine Trunk Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Mikulov, Czech Republic. pp.331, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/phyto-13818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term relationships between climate and grapevine trunk diseases in southern French vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Guérin-Dubrana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">terclim2022 (14th International Terroir congress and 2nd ClimWine symposium)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment adapter les échelles de phénologie aux champignons phytopathogènes, et pour quelles utilisations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Phénologie de TEMPO 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau TEMPO, Oct 2021, Fontainebleau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03457521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esca : mieux le comprendre pour mieux lutter,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chassaing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du Plan Dépérissement de la vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes physiologiques sous-jacents à l’esca : rôle de l’anatomie et du fonctionnement du système vasculaire de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vitinnov, journées techniques « Les dernières avancées sur l’esca de la vigne »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vaisseaux de la vigne à l’épreuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vinosphère, Beaune</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la sécheresse sur l'expression des symptômes foliaires de l'esca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory A. Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvina Dayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales des maladies du bois de la vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du dysfonctionnement hydraulique dans la formation des symptômes foliaires d’esca.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Recherche et transfert, Plan National Dépérissement du Vignoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des mécanismes physiologiques sous-jacents au dépérissement de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vinitech Virtual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles sont les causes et les mécanismes sous-jacents au dépérissement de la vigne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon International de l’Agriculture 2020 « Les rencontres INRAE »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The xylem embolism resistance spectrum of grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Xylem International Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Padoue, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf xylem occlusions in declining grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Xylem International Meeting, Padua, Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Padoue, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the hydraulic failure hypothesis on esca leaf symptom formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International workshop on grapevine trunk diseases (IWGTD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Penticton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic basis of xylem morphology in grapevine: impact on hydraulic conductivity and resistance to P. chlamydospora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guillaumie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Charbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International workshop on grapevine trunk diseases (IWGTD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Penticton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une recherche innovante et interdisciplinaire au service de la lutte contre le dépérissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vinitech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf mortality and a dynamic hydraulic safety margin prevent significant stem embolism in the world's top wine regions during drought.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Domec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Xylem International Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will grapevine pathogens adapt to climate warming? Temperature reaction norms of life-history traits in grapevine downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François F. Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Ecophysiologie et Génomique Fonctionnelle de la Vigne (1287)., Apr 2016, Bordeaux, France. 152 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a biotrophic plant pathogen to partial host resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REID - Réunion du groupe Champignons-Interactions Durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of grapevine downy mildew (Plasmopara viticola) aggressiveness in response to host partial resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 7th International Workshop on Grapevine Downy and Powdery Mildew</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Vitoria/Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of sporangia and zoospore production in a plant pathogen oomycete using an automatic particle analyser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Workshop on Grapevine Downy and Powdery Mildew</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Vitoria/Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of rising temperatures and water deficit on grapevines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ollat, Nathalie; Touzard, Jean-Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vine, wine and climate change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, pp.45-61, 2024, 9782759240326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05241869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de l’élévation des températures et du déficit hydrique sur la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Ollat; Jean-Marc Touzard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vigne, vin et changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions QUAE, pp.48-66, 2024, 978-2-7592-3796-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions plantes-pollinisateurs et reproduction sexuée en habitat fragmenté. Le cas d’un arbuste à floraison massive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Toulouse III - Paul Sabatier, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02810733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des agents pathogènes et physiopathologie de la vigne face aux changements de l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Université de Bordeaux, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04066884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId262"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:114.28571428571px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chloé Delmas </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directrice de recherche, UMR SAVE, INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chloe-delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3568-605X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches actuelles se situent à l'interface entre l'écophysiologie, la pathologie végétale et l'épidémiologie. Plus précisément, je m'intéresse à 1) la physiopathologie de la vigne : étude des interactions entre l'environnement, la physiologie et les maladies de la vigne, ainsi que du fonctionnement hydraulique des vignes malades ; 2) l'étude et l'intégration de la sensibilité variétale des vignes à différents stress biotiques et abiotiques ; 3) la surveillance épidémiologique du dépérissement des vignobles et l'impact du climat sur l'environnement biotique des vignes.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Diplômes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Université de Bordeaux « Adaptation des agents pathogènes et physiopathologie de la vigne face aux changements de l’environnement »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2009-2011 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> en “Ecologie, biodiversité et évolution” Université de Toulouse, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2008 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  “Fonctionnement et modélisation des écosystèmes terrestres”, Université de Bordeaux, France (stage réalisé à York University, Toronto)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Postes occupés dans la recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">·  depuis 2023: Directrice de recherche (DR2), INRAE, UMR SAVE (Santé et Agroécologie du vignoble), Bordeaux, France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2017-2022 : Chargée de recherche (CR1), INRAE, UMR SAVE (Santé et Agroécologie du vignoble), Bordeaux, France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2015 - 2017 : Postdoctoral researcher in integrative ecology, LabEx COTE, University of Bordeaux fellowship. VIVALDI project: Vineyard ecosystem vulnerability to pathogens and drought in the context of climate change.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2013 - 2015 : Postdoctoral researcher in the evolutionary ecology of plant-pathogen interactions at INRA, UMR SAVE, Bordeaux, France with François Delmotte.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· 2012 : Postdoctoral research conducted on the evolutionary ecology of reproductive traits, University of Sydney / National Herbarium of NSW (Royal Botanic Gardens and Domain Trust), Sydney, Australia with Maurizio Rossetto & Glenda Wardle.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">·</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Docs et postdocs</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023-present: Samuele Moretti (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2025: Marie Chambard (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2025: Pierre Gastou (doctorant)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2024: Lucas Etienne (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2024: Ninon Dell’Acqua (doctorante, cosupervised with Greg Gambetta)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022: Thibaut Fréjaville (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022: Jérôme Pouzoulet (post-doc)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2017-2021: Giovanni Bortolami (doctorant, cosupervised with Greg Gambetta)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Impacts of Drought and Esca Expression on Ascomycota Fungi in the Trunks and Young Organs of Mature Grapevines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory A Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuele Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 10 (1), pp.57-71. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-07-25-0048-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen nutrition impacts grapevine esca leaf symptom incidence, physiology, and metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell’acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Rochepeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eraf172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05107238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential physiological responses of resistant and susceptible grape cultivars to Eutypa dieback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela C Sinclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Travadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula J Eschen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Wallis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendra Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 76 (11), pp.3172-3185. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eraf103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of ecoclimatic indicators of esca disease through 20 years of large-scale vineyard monitoring in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bonnardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-01-25-0228-RE⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reduced canopy area in esca-symptomatic grapevine plants leads to lower canopy transpiration and mitigates water stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell’acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bartlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 199 (1), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/plphys/kiaf361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradient of grapevine varietal susceptibility to esca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Guérin-Dubrana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-2. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.8300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the phenology of plant pathogenic fungi: why and how?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie‐hélène Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 99, pp.1075-1084. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/brv.13058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome analysis of the esca-associated Basidiomycetes Fomitiporia mediterranea , Fomitiporia polymorpha , Inonotus vitis , and Tropicoporus texanus reveals virulence factor repertoires characteristic of white-rot fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jadran Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Figueroa-Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendra Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (10), pp.jkae189. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/g3journal/jkae189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms of grapevine resilience to a vascular disease: investigating stem radial growth, xylem development, and physiological acclimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory A Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (2), pp.321-336. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcad188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought tolerance in grapevine involves multiple interacting physiological mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marguerit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Saint Cast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.8354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistic modeling of summer expression of esca symptoms in tolerant and susceptible cultivars in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bénétreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barka Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (1), </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.1.7571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04605192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of cultivar, year and plot age in the incidence of esca and Eutypa dieback: Insights from 20 years of regional surveys in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13975⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large gradient of susceptibility to esca disease revealed by long-term monitoring of 46 grapevine cultivars in a common garden vineyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Destrac Irvine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Arcens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Courchinoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice This</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (2), pp.8043. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.2.8043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04676690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant hydraulics at the heart of plant, crops and ecosystem functions in the face of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Torres-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 241 (3), pp.984-999. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.19463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building integrated plant health surveillance: a proactive research agenda for anticipating and mitigating disease and pest emergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Estoup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CABI Agriculture and Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.72. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s43170-024-00273-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esca grapevine disease involves leaf hydraulic failure and represents a unique premature senescence process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendra Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gramaje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tree Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (3), pp.441-451. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/treephys/tpac133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quoi la diversité génétique des porte-greffes peut-elle permettre de lutter contre les dépérissements?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marguerit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Dewasme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Lauvergeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.35-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05351776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the grapevine xylem embolism resistance spectrum to identify varieties and regions at risk in a future dry climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell’acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.7724. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-34224-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fungal Metabarcoding Data for Two Grapevine Varieties (Regent and &amp;lt;i&amp;gt;Vitis vinifera&amp;lt;/i&amp;gt; ‘Cabernet-Sauvignon’) Inoculated with Powdery Mildew (&amp;lt;i&amp;gt;Erysiphe necator&amp;lt;/i&amp;gt;) Under Drought Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Francioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Faivre d'Arcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (4), pp.358 - 367. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/pbiomes-06-22-0037-a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04059021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts de l’esca sur le transport de l’eau de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 182, pp.21-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal and long-term consequences of esca grapevine disease on stem xylem integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 72 (10), pp.3914-3928. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erab117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevines under drought do not express esca leaf symptoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvina Dayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (43), pp.e2112825118. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2112825118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behind the curtain of the compartmentalization process: exploring how xylem vessel diameter impacts vascular pathogen resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe E. Rolshausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Charbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinliang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guillaumie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 43 (11), pp.2782-2796. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pce.13848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary constraints and adaptation shape the size and colour of rain forest fruits and flowers at continental scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert M. Kooyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Rossetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ecology and Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Online Version of Record before inclusion in an issue, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/geb.13065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the hydraulic failure hypothesis of esca leaf symptom formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory A. Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J. Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 181 (3), pp.1163-1174. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.19.00591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought will not leave your glass empty: Low risk of hydraulic failure revealed by long-term drought observations in world’s top wine regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Domec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.aao6969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vaisseaux de la vigne aux rayons x</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viti</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 427, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft selective sweeps in fungicide resistance adaptation: recurrent mutations without fitness costs in grapevine downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (2), pp.1936-1951. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.14006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un projet transdisciplinaire pour comprendre les mécanismes sous-jacents au dépérissement de la vigne : PHYSIOPATH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 165, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Hydraulic Vulnerability Segmentation and Lack of Xylem Refilling under Tension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Torres-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Choat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 172 (3), pp.1657-1668. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.16.01079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollen transfer in fragmented plant populations: insight from the pollen loads of pollinators and stigmas in a mass-flowering species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas L. C. Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (16), pp.5663-5673. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.2280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a plant pathogen to partial host resistance: selection for greater aggressiveness in grapevine downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Richart Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (5), pp.709-725. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herbaceous angiosperms are not more vulnerable to drought-induced embolism than angiosperm trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Lens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Picon-Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constant Signarbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Buttler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 172 (2), pp.661-667. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.16.00829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative impact of mate versus pollinator availability on pollen limitation and outcrossing rates in a mass-flowering species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Cheptou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ruzafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (1), pp.209-218. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/plb.12200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massive floral display affects insect visits but not pollinator-mediated pollen transfer in Rhododendron ferrugineum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.234-243. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/plb.12039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous quantification of sporangia and zoospores in a biotrophic oomycete with an automatic particle analyzer: Disentangling dispersal and infection potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François F. Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microbiological Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 107, pp.169-175. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mimet.2014.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High lifetime inbreeding depression counteracts the reproductive assurance benefit of selfing in a mass-flowering shrub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Cheptou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12862-014-0243-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of 18 microsatellite markers in Rhododendron ferrugineum (Ericaceae) for investigating genetic structure at margins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Genetics Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (2), pp.473-477. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12686-012-9831-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and characterization of microsatellite loci in Rhododendron ferrugineum (Ericaceae) using pyrosequencing technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pornon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Escaravage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 98 (5), pp.e120-e122. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3732/ajb.1000533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting the footprint of changing atmospheric nitrogen deposition loads on acid grasslands in the context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandre Gaudnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corcket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E.L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gombert-Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (11), pp.3351-3365. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2486.2011.02463.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A meta-analysis of the ecological significance of density in tree invasions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.J. Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Community Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (2), pp.171-178. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1556/ComEc.12.2011.2.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the mechanisms underpinning grapevine susceptibility to esca in a range of Vitis vinifera L. cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Carayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geisenheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des déterminants génétiques et fonctionnels de la sensibilité de la vigne aux pathogènes du bois et de l'anatomie du bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuele Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clovis Pawula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Girollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guillaumie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes journées des maladies du bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Cognac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating esca susceptibility in a range of Vitis vinifera L. cultivars through a physiopathology-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Alazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Société Française de Phytopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of climate in esca disease incidence through 20 years of large-scale vineyard monitoring in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bonnardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Société Française de Phytopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du climat sur l'expression des symptômes d'une maladie vasculaire de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55ièmes Journées de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Statistique (SFdS), May 2024, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stem growth disorder and xylem anatomy modifications during esca pathogenesis in grapevines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory A Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Theodore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GiESCO (22nd Group of International Experts for Cooperation on Vitivinicultural Systems Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cornell University, Jul 2023, Ithaca (Cornell University), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances in our understanding of the impact of climate change on wine grape production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marguerit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E.L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Ouaked-Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert- Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GiESCO (22nd Group of International Experts for Cooperation on Vitivinicultural Systems Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cornell, Jul 2023, Ithaca (Cornell University), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine vulnerability to drought and pathogens in the context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opening Conference of the IOBC - WPRS Meeting of the working group Integrated Protection in Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICVV Logroño - La Rioja - Spain, Oct 2023, Logroño (La Rioja), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of drought on biotic interactions in grapevines: a physiopathological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Keynote of the REID (Réseau Ecologie des Interactions Durables)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Poitiers, May 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a better understanding of cultivar susceptibility to Esca disease : results from a pluriannual common garden monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gastou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Destrac Irvine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E.L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">II International Congress on Grapevine and Wine Sciences (2ICGWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICVV Logroño, Nov 2023, Logroño, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the prevalence of esca-induced leaf symptoms in French vineyards and the role of climate: a national scale analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Guérin-Dubrana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Martinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">II International Congress on Grapevine and Wine Sciences (2ICGWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICVV Logroño, Nov 2023, Logroño (La Rioja), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of drought on grapevine wood fungal pathogen communities using a metatranscriptomics approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario Cantu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPP (12th International Congress Of Plant Pathology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lyon, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The physiology and drivers of Esca leaf symptom development in grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 12th International Workshop on Grapevine Trunk Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Mikulov, Czech Republic. pp.331, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/phyto-13818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term relationships between climate and grapevine trunk diseases in southern French vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Fréjaville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Guérin-Dubrana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">terclim2022 (14th International Terroir congress and 2nd ClimWine symposium)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine xylem embolism resistance spectrum reveals which varieties have a lower mortality risk in a future dry climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Dell'Acqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">terclim2022 (14th International Terroir congress and 2nd ClimWine symposium)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenology of plant pathogenic fungi: why and how ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dresch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. García de Cortázar-Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PHENOLOGY 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes physiologiques sous-jacents à l’esca : rôle de l’anatomie et du fonctionnement du système vasculaire de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vitinnov, journées techniques « Les dernières avancées sur l’esca de la vigne »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esca : mieux le comprendre pour mieux lutter,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chassaing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du Plan Dépérissement de la vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vaisseaux de la vigne à l’épreuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vinosphère, Beaune</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la sécheresse sur l'expression des symptômes foliaires de l'esca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory A. Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvina Dayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales des maladies du bois de la vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment adapter les échelles de phénologie aux champignons phytopathogènes, et pour quelles utilisations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Phénologie de TEMPO 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau TEMPO, Oct 2021, Fontainebleau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03457521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des mécanismes physiologiques sous-jacents au dépérissement de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vinitech Virtual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles sont les causes et les mécanismes sous-jacents au dépérissement de la vigne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon International de l’Agriculture 2020 « Les rencontres INRAE »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du dysfonctionnement hydraulique dans la formation des symptômes foliaires d’esca.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Recherche et transfert, Plan National Dépérissement du Vignoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03290391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf xylem occlusions in declining grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Xylem International Meeting, Padua, Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Padoue, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The xylem embolism resistance spectrum of grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Burlett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Xylem International Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Padoue, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the hydraulic failure hypothesis on esca leaf symptom formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Bortolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International workshop on grapevine trunk diseases (IWGTD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Penticton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic basis of xylem morphology in grapevine: impact on hydraulic conductivity and resistance to P. chlamydospora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Pouzoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guillaumie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Charbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Gambetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International workshop on grapevine trunk diseases (IWGTD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Penticton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une recherche innovante et interdisciplinaire au service de la lutte contre le dépérissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vinitech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf mortality and a dynamic hydraulic safety margin prevent significant stem embolism in the world's top wine regions during drought.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Delzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Domec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Xylem International Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will grapevine pathogens adapt to climate warming? Temperature reaction norms of life-history traits in grapevine downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François F. Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Ecophysiologie et Génomique Fonctionnelle de la Vigne (1287)., Apr 2016, Bordeaux, France. 152 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a biotrophic plant pathogen to partial host resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REID - Réunion du groupe Champignons-Interactions Durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of grapevine downy mildew (Plasmopara viticola) aggressiveness in response to host partial resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 7th International Workshop on Grapevine Downy and Powdery Mildew</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Vitoria/Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of sporangia and zoospore production in a plant pathogen oomycete using an automatic particle analyser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle D. Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Workshop on Grapevine Downy and Powdery Mildew</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Vitoria/Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of rising temperatures and water deficit on grapevines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ollat, Nathalie; Touzard, Jean-Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vine, wine and climate change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, pp.45-61, 2024, 9782759240326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05241869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de l’élévation des températures et du déficit hydrique sur la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Ollat; Jean-Marc Touzard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vigne, vin et changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions QUAE, pp.48-66, 2024, 978-2-7592-3796-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions plantes-pollinisateurs et reproduction sexuée en habitat fragmenté. Le cas d’un arbuste à floraison massive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Toulouse III - Paul Sabatier, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02810733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des agents pathogènes et physiopathologie de la vigne face aux changements de l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe E. L. Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Université de Bordeaux, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04066884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId264"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="634EA3BF"/>
+    <w:nsid w:val="2C16DA72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="803B2BDB"/>
+    <w:nsid w:val="7A0FC0BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="893CBF54"/>
+    <w:nsid w:val="C354A676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -640,51 +640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-delmas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3568-605X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05107238v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Dell&#8217;acqua" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gambetta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Comont" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ferrer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Rochepeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf172" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065233v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela C Sinclair" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Travadon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula J Eschen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wallis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Baumgartner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf103" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267294v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Bartlett" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Burlett" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chambard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaf361" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219688v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Etienne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Martinetti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Frank" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnardot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-01-25-0228-RE" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784616v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gastou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Gu&#233;rin-Dubrana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Delmas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8300" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04342012v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Dell'Acqua" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A Gambetta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J Lamarque" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcad188" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784568v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadran Garcia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Figueroa-Balderas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkae189" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457548v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13058" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784624v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marguerit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8354" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605192v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecomte" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;n&#233;treau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barka Diarra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Meziani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.1.7571" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601370v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Torres-Ruiz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boivin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Burlett" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19463" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04676690v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Destrac Irvine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Arcens" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Courchinoux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice This" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.2.8043" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04768645v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13975" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672656v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soubeyrand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43170-024-00273-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290997v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe E. L. Delmas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charrier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-34224-6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041570v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bortolami" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gramaje" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpac133" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05351776v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dewasme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059021v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vacher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Francioni" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Michel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Faivre d'Arcier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/pbiomes-06-22-0037-a" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517992v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276371v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Farolfi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Cochard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erab117" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03474970v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Dayer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2112825118" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620902v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M. Kooyman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Rossetto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13065" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936581v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pouzoulet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe E. Rolshausen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Charbois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinliang Chen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Guillaumie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13848" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473675v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory A. Gambetta" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J. Lamarque" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pouzoulet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00591" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538219v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Domec" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao6969" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618133v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604500v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Aubert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607424v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; E. L. Delmas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dussert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deliere" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Couture" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle D. Demeaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14006" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873315v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Choat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01079" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633839v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Jolivet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle D. Mazet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Richart Cervera" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12368" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638426v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lens" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Picon-Cochard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constant Signarbieux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buttler" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00829" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632077v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas L. C. Fort" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pornon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2280" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633317v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Cheptou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Charrier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ruzafa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12200" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-83LVQ7HZ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601723v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12039" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JNLBSW34-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637274v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Delmotte" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2014.10.012" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5F4MVXF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601636v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Cheptou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-014-0243-7" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601838v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-012-9831-2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601784v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1000533" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653952v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Gaudnik" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; E.L. Delmas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gombert-Courvoisier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2011.02463.x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J0JX2F7W-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643409v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Lortie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/ComEc.12.2011.2.4" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268511v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Alazet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268496v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lucas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Fr&#233;javille" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268565v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carayol" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269700v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Moretti" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Pawula" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Girollet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04927727v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927932v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Cantu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927947v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927917v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Theodore" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927924v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Ouaked-Lecourieux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Hilbert- Masson" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927939v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04927788v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04927794v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725428v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752744v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dresch" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garc&#237;a de Cort&#225;zar-Atauri" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752608v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/phyto-13818" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725429v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larignon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03457521v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290204v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chassaing" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290298v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290225v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582553v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A. Gambetta" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290391v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290383v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290385v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789113v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamarque" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789206v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789114v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789280v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786275v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693170v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741724v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795471v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752601v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jolivet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752604v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241869v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934162v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810733v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04066884v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-delmas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3568-605X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558959v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gastou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bortolami" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ferrer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A Gambetta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Moretti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-07-25-0048-R" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05107238v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Dell&#8217;acqua" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gambetta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Comont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Rochepeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf172" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065233v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela C Sinclair" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Travadon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula J Eschen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wallis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Baumgartner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219688v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Etienne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Martinetti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Frank" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnardot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Michel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-01-25-0228-RE" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267294v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Bartlett" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Burlett" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chambard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaf361" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784616v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Gu&#233;rin-Dubrana" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Delmas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8300" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457548v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13058" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784568v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadran Garcia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Figueroa-Balderas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkae189" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04342012v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Dell'Acqua" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J Lamarque" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcad188" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784624v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marguerit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8354" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605192v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecomte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;n&#233;treau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barka Diarra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Meziani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.1.7571" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04768645v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13975" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04676690v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Destrac Irvine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Arcens" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Courchinoux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice This" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.2.8043" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601370v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Torres-Ruiz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boivin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Burlett" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19463" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672656v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soubeyrand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43170-024-00273-8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041570v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gramaje" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpac133" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05351776v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe E. L. Delmas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dewasme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290997v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charrier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-34224-6" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059021v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vacher" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Francioni" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Michel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Faivre d'Arcier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/pbiomes-06-22-0037-a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517992v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276371v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Farolfi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Cochard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erab117" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03474970v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Dayer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2112825118" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936581v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pouzoulet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe E. Rolshausen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Charbois" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinliang Chen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Guillaumie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13848" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620902v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M. Kooyman" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Rossetto" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13065" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473675v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory A. Gambetta" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J. Lamarque" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pouzoulet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00591" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538219v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Domec" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao6969" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604500v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Aubert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607424v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; E. L. Delmas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dussert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deliere" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Couture" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle D. Demeaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14006" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618133v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873315v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Choat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01079" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632077v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas L. C. Fort" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pornon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2280" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633839v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Jolivet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle D. Mazet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Richart Cervera" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12368" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638426v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lens" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Picon-Cochard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constant Signarbieux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buttler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00829" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633317v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Cheptou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Charrier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ruzafa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12200" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-83LVQ7HZ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601723v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12039" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JNLBSW34-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637274v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Delmotte" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2014.10.012" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5F4MVXF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601636v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Cheptou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-014-0243-7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601838v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-012-9831-2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601784v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1000533" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653952v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Gaudnik" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; E.L. Delmas" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gombert-Courvoisier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2011.02463.x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J0JX2F7W-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643409v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Lortie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/ComEc.12.2011.2.4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268565v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carayol" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269700v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Pawula" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Girollet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268511v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Alazet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268496v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lucas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Fr&#233;javille" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04927727v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927917v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Theodore" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927924v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Ouaked-Lecourieux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Hilbert- Masson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04927788v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04927794v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927939v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927947v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04927932v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Cantu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752608v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/phyto-13818" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725429v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larignon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725428v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752744v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dresch" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garc&#237;a de Cort&#225;zar-Atauri" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290298v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290204v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chassaing" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290225v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582553v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A. Gambetta" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03457521v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290383v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290385v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290391v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789206v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamarque" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789113v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789114v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789280v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786275v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693170v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741724v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795471v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752601v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jolivet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752604v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241869v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934162v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810733v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04066884v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>