--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1432,311 +1432,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural investigations of neodymium incorporation in calcium stannate perovskite CaSnO3</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jules Goethals</w:t>
+                <w:t xml:space="preserve">Regeneration of activated carbon fiber by electro-Fenton process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Trellu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nihal Oturan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.K. Keita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Hatert</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics and Chemistry of Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00269-018-0993-7⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 52, pp.7450-7457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.8b01554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01882109v1</w:t>
+                <w:t xml:space="preserve">hal-02056548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal of lead and cadmium from aqueous solutions by using 4-amino-3-hydroxynaphthalene sulfonic acid-doped polypyrrole films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lamine Sall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Karim Diagne Diaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diariatou Gningue-Sall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chevillot-Biraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 25 (9), pp.8581 - 8591. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11356-017-1111-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Cu, Ni and Zn on Fe(II)-driven autotrophic denitrification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyriaki Kiskira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1745,246 +1745,246 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Papirio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Esposito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 218, pp.209 - 219. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.04.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regeneration of activated carbon fiber by electro-Fenton process</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nihal Oturan</w:t>
+                <w:t xml:space="preserve">Structural investigations of neodymium incorporation in calcium stannate perovskite CaSnO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Goethals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Fourdrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Tarrida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Bedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.K. Keita</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yoan Pechaud</w:t>
+                <w:t xml:space="preserve">Frédéric Hatert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 52, pp.7450-7457. </w:t>
+              <w:t xml:space="preserve">Physics and Chemistry of Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.est.8b01554⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00269-018-0993-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02056548v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioalteration of synthetic Fe(III)-, Fe(II)-bearing basaltic glasses and Fe-free glass in the presence of the heterotrophic bacteria strain Pseudomonas aeruginosa: Impact of siderophores</w:t>
               </w:r>
@@ -2512,319 +2512,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01158696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irradiation effects in hydrated zirconium molybdate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radiation-induced defects in clay minerals: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Calas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">L. Venault</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Morichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2012.02.028⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 277, pp.112-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2011.12.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00869866v1</w:t>
+                <w:t xml:space="preserve">hal-01015781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation-induced defects in clay minerals: A review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Th. Allard</w:t>
+                <w:t xml:space="preserve">Irradiation effects in hydrated zirconium molybdate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Fourdrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Esnouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Balan</w:t>
+                <w:t xml:space="preserve">V. Dauvois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Calas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chloé Fourdrin</w:t>
+                <w:t xml:space="preserve">J.-P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Morichon</w:t>
+                <w:t xml:space="preserve">L. Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 277, pp.112-120. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 426 (1-3), pp.9530-9537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2011.12.044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2012.02.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01015781v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00869866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Radiation-Induced Amorphization on Smectite Dissolution</w:t>
               </w:r>
@@ -2957,90 +2957,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induced modifications of kaolinite under ionizing radiation: an infrared spectroscopic study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boukari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Calas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phys Chem Minerals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 36, pp.291-299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3368,77 +3368,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electro-Fenton Regeneration of Activated Carbon Fibers for the Removal of Pharmaceutical Residues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Trellu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Gadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3496,51 +3496,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the browning phenomenon of medieval stained-glass windows. Impact of bacteria and bacterial exudates on the dissolution of a Mn-bearing glass</w:t>
+                <w:t xml:space="preserve">Understanding the browning phenomenon of medieval stained-glass windows: impact of bacterial exudates on the dissolution of a Mn-bearing glass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Valbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Perez</w:t>
@@ -3575,97 +3575,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Conference on Glass ICG2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Boston, United States</w:t>
+              <w:t xml:space="preserve">Joint Meeting DGG-USTV 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03214884v1</w:t>
+                <w:t xml:space="preserve">hal-03214893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the browning phenomenon of medieval stained-glass windows: impact of bacterial exudates on the dissolution of a Mn-bearing glass</w:t>
+                <w:t xml:space="preserve">Understanding the browning phenomenon of medieval stained-glass windows. Impact of bacteria and bacterial exudates on the dissolution of a Mn-bearing glass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Valbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Perez</w:t>
@@ -3700,73 +3700,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Meeting DGG-USTV 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">25th International Conference on Glass ICG2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03214893v1</w:t>
+                <w:t xml:space="preserve">hal-03214884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the browning phenomenon of medieval stained-glass windows: impact of bacterial exudates on the dissolution of a Mn-bearing glass</w:t>
               </w:r>
@@ -4041,51 +4041,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Fourdrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Tarrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hatert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Bedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5177,51 +5177,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285666v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Radtke" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Fourdrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinrich A Horn" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-35-105-2023" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764535v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Valbi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Verney-Carron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boutillez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ranchoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2022.105442" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287297v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tourtelot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste d'Espinose de Lacaillerie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Bourg&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Keita" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/CTA.1.443" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03749613v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loryelle Sessegolo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Valle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ausset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathya Narayanasamy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2021.121020" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03460593v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gatuingt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rossano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mertz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rozenbaum" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-33-687-2021" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402473v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentaz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Saheb" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chabas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-10644-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01949794v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Malavergne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bureau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Raepsaet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaillard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Poncet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.11.027" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359923v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trcera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rommevaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.05.033" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484507v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriaki Kiskira" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Papirio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cristina Mascolo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.06.107" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343343v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Goethals" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bedidi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tarrida" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-019-01058-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882109v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hatert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-018-0993-7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803751v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Sall" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Karim Diagne Diaw" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diariatou Gningue-Sall" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chevillot-Biraud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal Oturan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-1111-y" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803776v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric D. van Hullebusch" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Esposito" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.04.050" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056548v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trellu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.K. Keita" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b01554" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303731v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Huguenot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.05.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294633v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pages-Camagna" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pacheco" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Radepont" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemasson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2015.12.030" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6R0V6NQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407464v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz A. Martin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dauvois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Esnouf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.06.049" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158696v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aarrachi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Latrille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Esnouf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bergaya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es401490t" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869866v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dauvois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Renault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.02.028" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5N0LDNF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015781v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Allard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Calas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morichon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.12.044" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRV6KBLF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481417v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Monnet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menguy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedetti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es903300r" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421571v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boukari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-008-0277-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FVVCZ9NQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441231v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Muller" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441205v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168508v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gadi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-01211266mtgabs" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214884v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214893v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214897v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503789v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Pons" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Grandclerc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Gueguen Minerbe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634054v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339001v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarrachi Hanane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Latrille" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Bergaya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Renault" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393357v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Madon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407493v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450740v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menguy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benedetti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214877v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393487v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lanson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00656014v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009PA066640" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285666v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Radtke" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Fourdrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinrich A Horn" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-35-105-2023" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764535v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Valbi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Verney-Carron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boutillez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ranchoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2022.105442" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287297v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tourtelot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste d'Espinose de Lacaillerie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Bourg&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Keita" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/CTA.1.443" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03749613v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loryelle Sessegolo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Valle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ausset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathya Narayanasamy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2021.121020" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03460593v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gatuingt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rossano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mertz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rozenbaum" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-33-687-2021" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402473v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentaz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Saheb" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chabas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-10644-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01949794v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Malavergne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bureau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Raepsaet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaillard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Poncet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.11.027" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359923v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trcera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rommevaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.05.033" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484507v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriaki Kiskira" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Papirio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cristina Mascolo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.06.107" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343343v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Goethals" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bedidi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tarrida" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-019-01058-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056548v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trellu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal Oturan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.K. Keita" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b01554" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803751v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Sall" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Karim Diagne Diaw" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diariatou Gningue-Sall" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chevillot-Biraud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-1111-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803776v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric D. van Hullebusch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Esposito" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.04.050" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882109v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hatert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-018-0993-7" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303731v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Huguenot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.05.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294633v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pages-Camagna" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pacheco" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Radepont" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemasson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2015.12.030" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6R0V6NQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407464v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz A. Martin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dauvois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Esnouf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.06.049" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158696v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aarrachi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Latrille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Esnouf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bergaya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es401490t" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015781v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Allard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Calas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morichon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.12.044" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRV6KBLF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869866v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dauvois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Renault" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.02.028" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5N0LDNF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481417v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Monnet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menguy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedetti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es903300r" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421571v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boukari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-008-0277-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FVVCZ9NQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441231v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Muller" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441205v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168508v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gadi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-01211266mtgabs" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214893v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214884v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214897v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503789v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Pons" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Grandclerc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Gueguen Minerbe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634054v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339001v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarrachi Hanane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Latrille" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Bergaya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Renault" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393357v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Madon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407493v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450740v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menguy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benedetti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214877v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393487v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lanson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00656014v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009PA066640" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>